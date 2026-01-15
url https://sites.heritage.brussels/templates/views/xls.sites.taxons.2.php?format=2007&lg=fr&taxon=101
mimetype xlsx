--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>