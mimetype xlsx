--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -16,135 +16,138 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
-[...1 lines deleted...]
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+  <si>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
   <si>
     <t>circ.</t>
   </si>
   <si>
     <t>hauteur</t>
   </si>
   <si>
     <t>diamètre de la couronne</t>
   </si>
   <si>
-    <t xml:space="preserve">Carpinus betulus f. fastigiata
-</t>
+    <t>Carpinus betulus 'Fastigiata'
+Charme fastigié</t>
   </si>
   <si>
     <t>Woluwé-Saint-Lambert</t>
   </si>
   <si>
     <t>Rue de l'Athénée Royal 72-74</t>
   </si>
   <si>
     <t>À l'inventaire scientifique</t>
   </si>
   <si>
     <t>Arbre visible de la voirie</t>
   </si>
   <si>
+    <t>Groupe de moins de 5 arbres</t>
+  </si>
+  <si>
+    <t>Uccle</t>
+  </si>
+  <si>
+    <t>Chaussée de Waterloo 771</t>
+  </si>
+  <si>
     <t>Arbre isolé</t>
   </si>
   <si>
-    <t>Uccle</t>
-[...4 lines deleted...]
-  <si>
     <t>Woluwé-Saint-Pierre</t>
   </si>
   <si>
     <t>Rue Louis Thys 32</t>
   </si>
   <si>
     <t>Anderlecht</t>
   </si>
   <si>
     <t>Parc du Busselenberg</t>
   </si>
   <si>
+    <t>Plantation en massif</t>
+  </si>
+  <si>
     <t>Bruxelles</t>
   </si>
   <si>
     <t>Rue Van Eyck 50</t>
   </si>
   <si>
     <t>Arbre invisible de la voirie, en espace privé</t>
-  </si>
-[...1 lines deleted...]
-    <t>Groupe de moins de 5 arbres</t>
   </si>
   <si>
     <t>Ganshoren</t>
   </si>
   <si>
     <t xml:space="preserve">Rue des Clématites </t>
   </si>
   <si>
     <t xml:space="preserve">Place Fontainas </t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Broustin </t>
   </si>
   <si>
     <t>Arbre disparu</t>
   </si>
   <si>
     <t>Evere</t>
   </si>
   <si>
     <t xml:space="preserve">Rue de la Résistance </t>
   </si>
 </sst>
 </file>
 
@@ -633,348 +636,356 @@
         <v>12</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="6"/>
       <c r="E4" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="5">
         <v>274</v>
       </c>
       <c r="J4" s="5">
         <v>10</v>
       </c>
       <c r="K4" s="5">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="5">
         <v>5883</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="6"/>
       <c r="E5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I5" s="5">
         <v>250</v>
       </c>
       <c r="J5" s="5"/>
       <c r="K5" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="5">
         <v>4122</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D6" s="6"/>
       <c r="E6" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I6" s="5">
         <v>215</v>
       </c>
       <c r="J6" s="5">
         <v>10</v>
       </c>
       <c r="K6" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="5">
         <v>8</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E7" s="6"/>
       <c r="F7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G7" s="6"/>
-      <c r="H7" s="6"/>
+      <c r="H7" s="6" t="s">
+        <v>25</v>
+      </c>
       <c r="I7" s="5">
         <v>153</v>
       </c>
       <c r="J7" s="5"/>
       <c r="K7" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="5">
         <v>6968</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D8" s="6"/>
       <c r="E8" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I8" s="5">
         <v>89</v>
       </c>
       <c r="J8" s="5">
         <v>15</v>
       </c>
       <c r="K8" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="5">
         <v>6970</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" s="6"/>
       <c r="E9" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H9" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I9" s="5">
         <v>88</v>
       </c>
       <c r="J9" s="5">
         <v>15</v>
       </c>
       <c r="K9" s="5">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
         <v>6969</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H10" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I10" s="5">
         <v>80</v>
       </c>
       <c r="J10" s="5">
         <v>15</v>
       </c>
       <c r="K10" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5">
         <v>3017</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" s="6"/>
       <c r="E11" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="5">
         <v>59</v>
       </c>
       <c r="J11" s="5"/>
-      <c r="K11" s="5"/>
+      <c r="K11" s="5">
+        <v>0</v>
+      </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
         <v>987</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D12" s="6"/>
       <c r="E12" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I12" s="5">
         <v>58</v>
       </c>
       <c r="J12" s="5">
         <v>4</v>
       </c>
-      <c r="K12" s="5"/>
+      <c r="K12" s="5">
+        <v>0</v>
+      </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
         <v>2954</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D13" s="6"/>
       <c r="E13" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G13" s="6"/>
-      <c r="H13" s="6"/>
+      <c r="H13" s="6" t="s">
+        <v>25</v>
+      </c>
       <c r="I13" s="5">
         <v>56</v>
       </c>
       <c r="J13" s="5"/>
       <c r="K13" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5">
         <v>1098</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" s="6"/>
       <c r="E14" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I14" s="5">
         <v>40</v>
       </c>
       <c r="J14" s="5">
         <v>6</v>
       </c>
       <c r="K14" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="7"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>