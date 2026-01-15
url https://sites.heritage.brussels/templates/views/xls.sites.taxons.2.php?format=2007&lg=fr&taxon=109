--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -5696,438 +5696,438 @@
       <c r="D148" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E148" s="6" t="s">
         <v>149</v>
       </c>
       <c r="F148" s="6"/>
       <c r="G148" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="5">
         <v>283</v>
       </c>
       <c r="J148" s="5">
         <v>18</v>
       </c>
       <c r="K148" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="5">
-        <v>221</v>
+        <v>5140</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C149" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E149" s="6"/>
       <c r="F149" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G149" s="6" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="H149" s="6" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I149" s="5">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="J149" s="5"/>
+        <v>282</v>
+      </c>
+      <c r="J149" s="5">
+        <v>30</v>
+      </c>
       <c r="K149" s="5">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="5">
-        <v>1528</v>
+        <v>221</v>
       </c>
       <c r="B150" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C150" s="6" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D150" s="6"/>
       <c r="E150" s="6" t="s">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="F150" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G150" s="6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I150" s="5">
         <v>280</v>
       </c>
-      <c r="J150" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J150" s="5"/>
       <c r="K150" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="5">
-        <v>4857</v>
+        <v>1528</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C151" s="6" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D151" s="6"/>
+        <v>32</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>79</v>
+      </c>
       <c r="E151" s="6" t="s">
-        <v>151</v>
+        <v>80</v>
       </c>
       <c r="F151" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G151" s="6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H151" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I151" s="5">
         <v>280</v>
       </c>
       <c r="J151" s="5">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K151" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="5">
-        <v>5755</v>
+        <v>4857</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C152" s="6" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="D152" s="6"/>
       <c r="E152" s="6" t="s">
-        <v>83</v>
+        <v>151</v>
       </c>
       <c r="F152" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G152" s="6" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="H152" s="6" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="I152" s="5">
         <v>280</v>
       </c>
       <c r="J152" s="5">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K152" s="5">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="5">
-        <v>6344</v>
+        <v>5755</v>
       </c>
       <c r="B153" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C153" s="6" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D153" s="6"/>
       <c r="E153" s="6" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="F153" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G153" s="6" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H153" s="6" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="I153" s="5">
         <v>280</v>
       </c>
       <c r="J153" s="5">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K153" s="5">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="5">
-        <v>5577</v>
+        <v>6344</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C154" s="6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D154" s="6" t="s">
-        <v>152</v>
+        <v>33</v>
       </c>
       <c r="E154" s="6" t="s">
-        <v>153</v>
+        <v>34</v>
       </c>
       <c r="F154" s="6" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="G154" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H154" s="6" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I154" s="5">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="J154" s="5"/>
+        <v>280</v>
+      </c>
+      <c r="J154" s="5">
+        <v>30</v>
+      </c>
       <c r="K154" s="5">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="5">
-        <v>5806</v>
+        <v>5577</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C155" s="6" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="D155" s="6" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="E155" s="6" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F155" s="6" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="G155" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H155" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I155" s="5">
         <v>277</v>
       </c>
-      <c r="J155" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J155" s="5"/>
       <c r="K155" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="5">
-        <v>1947</v>
+        <v>5806</v>
       </c>
       <c r="B156" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C156" s="6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D156" s="6"/>
+        <v>61</v>
+      </c>
+      <c r="D156" s="6" t="s">
+        <v>154</v>
+      </c>
       <c r="E156" s="6" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F156" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G156" s="6"/>
-      <c r="H156" s="6"/>
+      <c r="G156" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H156" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I156" s="5">
-        <v>275</v>
-[...2 lines deleted...]
-      <c r="K156" s="5"/>
+        <v>277</v>
+      </c>
+      <c r="J156" s="5">
+        <v>18</v>
+      </c>
+      <c r="K156" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" s="5">
-        <v>1136</v>
+        <v>1947</v>
       </c>
       <c r="B157" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C157" s="6" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="E157" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D157" s="6"/>
+      <c r="E157" s="6" t="s">
+        <v>156</v>
+      </c>
       <c r="F157" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G157" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G157" s="6"/>
+      <c r="H157" s="6"/>
       <c r="I157" s="5">
-        <v>274</v>
-[...6 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="J157" s="5"/>
+      <c r="K157" s="5"/>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="5">
-        <v>4193</v>
+        <v>1136</v>
       </c>
       <c r="B158" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C158" s="6" t="s">
-        <v>68</v>
-[...4 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E158" s="6"/>
       <c r="F158" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G158" s="6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H158" s="6" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="I158" s="5">
         <v>274</v>
       </c>
       <c r="J158" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="K158" s="5">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="5">
-        <v>3564</v>
+        <v>4193</v>
       </c>
       <c r="B159" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C159" s="6" t="s">
-        <v>108</v>
+        <v>68</v>
       </c>
       <c r="D159" s="6"/>
       <c r="E159" s="6" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F159" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G159" s="6" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="H159" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I159" s="5">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="J159" s="5">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K159" s="5">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="5">
-        <v>5140</v>
+        <v>3564</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C160" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="E160" s="6"/>
+        <v>108</v>
+      </c>
+      <c r="D160" s="6"/>
+      <c r="E160" s="6" t="s">
+        <v>158</v>
+      </c>
       <c r="F160" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G160" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H160" s="6" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I160" s="5">
         <v>271</v>
       </c>
       <c r="J160" s="5">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K160" s="5">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="5">
         <v>1949</v>
       </c>
       <c r="B161" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C161" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D161" s="6"/>
       <c r="E161" s="6" t="s">
         <v>159</v>
       </c>
       <c r="F161" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G161" s="6"/>
       <c r="H161" s="6"/>
       <c r="I161" s="5">
         <v>270</v>
       </c>
       <c r="J161" s="5"/>