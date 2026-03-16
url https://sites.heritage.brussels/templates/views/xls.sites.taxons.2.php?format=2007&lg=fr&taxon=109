--- v1 (2026-01-15)
+++ v2 (2026-03-16)
@@ -16,53 +16,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
-[...1 lines deleted...]
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+  <si>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -520,81 +520,87 @@
   <si>
     <t>Avenue de Foestraets 30</t>
   </si>
   <si>
     <t>Avenue Jean Van Horenbeeck 145</t>
   </si>
   <si>
     <t>Cauter 5</t>
   </si>
   <si>
     <t>Rue Amélie Gomand 24</t>
   </si>
   <si>
     <t>Propriété Crousse</t>
   </si>
   <si>
     <t>Ganshoren</t>
   </si>
   <si>
     <t>Avenue des Gloires Nationales 101</t>
   </si>
   <si>
     <t>Parc de la Sauvagère</t>
   </si>
   <si>
+    <t>Berensheide 240</t>
+  </si>
+  <si>
     <t>Avenue Hamoir 24</t>
   </si>
   <si>
     <t>Etterbeek</t>
   </si>
   <si>
     <t>Avenue Edmond Mesens 2</t>
   </si>
   <si>
     <t>Avenue des Franciscains 3a</t>
   </si>
   <si>
-    <t>Berensheide 240</t>
-[...1 lines deleted...]
-  <si>
     <t>Petite rue de l'Eglise 2</t>
   </si>
   <si>
     <t xml:space="preserve">Clos Sirius </t>
   </si>
   <si>
     <t>Saint-Gilles</t>
   </si>
   <si>
     <t>Chaussée de Charleroi 116</t>
   </si>
   <si>
     <t>Avenue des Noisetiers 39</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Calypso </t>
+  </si>
+  <si>
+    <t>Parc Albert</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boulevard Edmond Machtens </t>
   </si>
   <si>
     <t>Avenue Montana 17</t>
   </si>
   <si>
     <t>Avenue du Bois de Sapins 58</t>
   </si>
   <si>
     <t>Place Marie-José 9</t>
   </si>
   <si>
     <t>Avenue Dolez 456</t>
   </si>
   <si>
     <t xml:space="preserve">Promenade Pierre Louis Vrijdags </t>
   </si>
   <si>
     <t>Avenue de Foestraets 28d</t>
   </si>
   <si>
     <t>Avenue de la Sapinière 8</t>
   </si>
   <si>
     <t>Rue de Livourne 43</t>
   </si>
@@ -1021,51 +1027,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K216"/>
+  <dimension ref="A1:K217"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="8" max="8" width="11.42578125" customWidth="true" style="0"/>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="9" max="9" width="5" customWidth="true" style="0"/>
     <col min="10" max="10" width="5" customWidth="true" style="0"/>
     <col min="11" max="11" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="23" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="19" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="18.75">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
@@ -6489,358 +6495,358 @@
         <v>68</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E173" s="6"/>
       <c r="F173" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G173" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I173" s="5">
         <v>260</v>
       </c>
       <c r="J173" s="5">
         <v>20</v>
       </c>
       <c r="K173" s="5"/>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="5">
-        <v>1941</v>
+        <v>3876</v>
       </c>
       <c r="B174" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C174" s="6" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D174" s="6"/>
       <c r="E174" s="6" t="s">
         <v>167</v>
       </c>
       <c r="F174" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G174" s="6"/>
-      <c r="H174" s="6"/>
+      <c r="G174" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H174" s="6" t="s">
+        <v>26</v>
+      </c>
       <c r="I174" s="5">
-        <v>257</v>
-[...2 lines deleted...]
-      <c r="K174" s="5"/>
+        <v>260</v>
+      </c>
+      <c r="J174" s="5">
+        <v>15</v>
+      </c>
+      <c r="K174" s="5">
+        <v>18</v>
+      </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="5">
-        <v>1490</v>
+        <v>1941</v>
       </c>
       <c r="B175" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C175" s="6" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D175" s="6"/>
       <c r="E175" s="6" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="F175" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G175" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G175" s="6"/>
+      <c r="H175" s="6"/>
       <c r="I175" s="5">
-        <v>256</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="J175" s="5"/>
       <c r="K175" s="5"/>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="5">
-        <v>4455</v>
+        <v>1490</v>
       </c>
       <c r="B176" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C176" s="6" t="s">
-        <v>168</v>
+        <v>32</v>
       </c>
       <c r="D176" s="6"/>
       <c r="E176" s="6" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="F176" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G176" s="6" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H176" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I176" s="5">
         <v>256</v>
       </c>
       <c r="J176" s="5">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="K176" s="5"/>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="5">
-        <v>5753</v>
+        <v>4455</v>
       </c>
       <c r="B177" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C177" s="6" t="s">
-        <v>22</v>
+        <v>169</v>
       </c>
       <c r="D177" s="6"/>
       <c r="E177" s="6" t="s">
-        <v>83</v>
+        <v>170</v>
       </c>
       <c r="F177" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G177" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H177" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I177" s="5">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J177" s="5">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="K177" s="5">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="5">
-        <v>6156</v>
+        <v>5753</v>
       </c>
       <c r="B178" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C178" s="6" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="D178" s="6"/>
       <c r="E178" s="6" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F178" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G178" s="6" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="H178" s="6" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="I178" s="5">
         <v>255</v>
       </c>
-      <c r="J178" s="5"/>
+      <c r="J178" s="5">
+        <v>20</v>
+      </c>
       <c r="K178" s="5">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="5">
-        <v>6424</v>
+        <v>6156</v>
       </c>
       <c r="B179" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C179" s="6" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="D179" s="6"/>
       <c r="E179" s="6" t="s">
-        <v>160</v>
+        <v>81</v>
       </c>
       <c r="F179" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G179" s="6" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="H179" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I179" s="5">
-        <v>254</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="J179" s="5"/>
       <c r="K179" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="5">
-        <v>4155</v>
+        <v>6424</v>
       </c>
       <c r="B180" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C180" s="6" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="D180" s="6"/>
       <c r="E180" s="6" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="F180" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G180" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H180" s="6" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I180" s="5">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="J180" s="5">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="K180" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="5">
-        <v>1517</v>
+        <v>4155</v>
       </c>
       <c r="B181" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C181" s="6" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="E181" s="6"/>
+        <v>68</v>
+      </c>
+      <c r="D181" s="6"/>
+      <c r="E181" s="6" t="s">
+        <v>171</v>
+      </c>
       <c r="F181" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G181" s="6"/>
-      <c r="H181" s="6"/>
+      <c r="G181" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H181" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I181" s="5">
-        <v>251</v>
-[...2 lines deleted...]
-      <c r="K181" s="5"/>
+        <v>252</v>
+      </c>
+      <c r="J181" s="5">
+        <v>16</v>
+      </c>
+      <c r="K181" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="5">
-        <v>4990</v>
+        <v>1517</v>
       </c>
       <c r="B182" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C182" s="6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D182" s="6" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="E182" s="6"/>
       <c r="F182" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G182" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G182" s="6"/>
+      <c r="H182" s="6"/>
       <c r="I182" s="5">
         <v>251</v>
       </c>
-      <c r="J182" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J182" s="5"/>
+      <c r="K182" s="5"/>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="5">
-        <v>3876</v>
+        <v>4990</v>
       </c>
       <c r="B183" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C183" s="6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D183" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D183" s="6" t="s">
+        <v>92</v>
+      </c>
       <c r="E183" s="6" t="s">
-        <v>171</v>
+        <v>93</v>
       </c>
       <c r="F183" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G183" s="6" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H183" s="6" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="I183" s="5">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J183" s="5">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="K183" s="5">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" s="5">
         <v>4127</v>
       </c>
       <c r="B184" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C184" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D184" s="6"/>
       <c r="E184" s="6" t="s">
         <v>172</v>
       </c>
       <c r="F184" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G184" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H184" s="6" t="s">
         <v>26</v>
       </c>
@@ -7018,819 +7024,852 @@
         <v>3199</v>
       </c>
       <c r="B190" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C190" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D190" s="6"/>
       <c r="E190" s="6" t="s">
         <v>177</v>
       </c>
       <c r="F190" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G190" s="6"/>
       <c r="H190" s="6"/>
       <c r="I190" s="5">
         <v>242</v>
       </c>
       <c r="J190" s="5"/>
       <c r="K190" s="5"/>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" s="5">
-        <v>1940</v>
+        <v>7662</v>
       </c>
       <c r="B191" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C191" s="6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D191" s="6"/>
+        <v>44</v>
+      </c>
+      <c r="D191" s="6" t="s">
+        <v>178</v>
+      </c>
       <c r="E191" s="6" t="s">
-        <v>178</v>
-[...5 lines deleted...]
-      <c r="H191" s="6"/>
+        <v>179</v>
+      </c>
+      <c r="F191" s="6"/>
+      <c r="G191" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H191" s="6" t="s">
+        <v>26</v>
+      </c>
       <c r="I191" s="5">
-        <v>240</v>
-[...2 lines deleted...]
-      <c r="K191" s="5"/>
+        <v>241</v>
+      </c>
+      <c r="J191" s="5">
+        <v>10</v>
+      </c>
+      <c r="K191" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" s="5">
-        <v>511</v>
+        <v>1940</v>
       </c>
       <c r="B192" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C192" s="6" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="E192" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D192" s="6"/>
+      <c r="E192" s="6" t="s">
+        <v>180</v>
+      </c>
       <c r="F192" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G192" s="6"/>
       <c r="H192" s="6"/>
       <c r="I192" s="5">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="J192" s="5"/>
       <c r="K192" s="5"/>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" s="5">
-        <v>3714</v>
+        <v>511</v>
       </c>
       <c r="B193" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C193" s="6" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D193" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E193" s="6"/>
       <c r="F193" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G193" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G193" s="6"/>
+      <c r="H193" s="6"/>
       <c r="I193" s="5">
         <v>237</v>
       </c>
-      <c r="J193" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J193" s="5"/>
+      <c r="K193" s="5"/>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="5">
-        <v>1137</v>
+        <v>3714</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C194" s="6" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="E194" s="6"/>
+        <v>61</v>
+      </c>
+      <c r="D194" s="6"/>
+      <c r="E194" s="6" t="s">
+        <v>181</v>
+      </c>
       <c r="F194" s="6" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="G194" s="6" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H194" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I194" s="5">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="J194" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K194" s="5">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="5">
-        <v>3617</v>
+        <v>1137</v>
       </c>
       <c r="B195" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C195" s="6" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D195" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E195" s="6"/>
       <c r="F195" s="6" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="G195" s="6" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H195" s="6" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="I195" s="5">
         <v>235</v>
       </c>
       <c r="J195" s="5">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="K195" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" s="5">
-        <v>5223</v>
+        <v>3617</v>
       </c>
       <c r="B196" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C196" s="6" t="s">
-        <v>47</v>
+        <v>125</v>
       </c>
       <c r="D196" s="6"/>
       <c r="E196" s="6" t="s">
-        <v>180</v>
+        <v>126</v>
       </c>
       <c r="F196" s="6" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="G196" s="6" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="H196" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I196" s="5">
         <v>235</v>
       </c>
-      <c r="J196" s="5"/>
+      <c r="J196" s="5">
+        <v>17</v>
+      </c>
       <c r="K196" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" s="5">
-        <v>3618</v>
+        <v>5223</v>
       </c>
       <c r="B197" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C197" s="6" t="s">
-        <v>125</v>
+        <v>47</v>
       </c>
       <c r="D197" s="6"/>
       <c r="E197" s="6" t="s">
-        <v>126</v>
+        <v>182</v>
       </c>
       <c r="F197" s="6" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="G197" s="6" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="H197" s="6" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="I197" s="5">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="J197" s="5"/>
       <c r="K197" s="5">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" s="5">
-        <v>1942</v>
+        <v>3618</v>
       </c>
       <c r="B198" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C198" s="6" t="s">
-        <v>27</v>
+        <v>125</v>
       </c>
       <c r="D198" s="6"/>
       <c r="E198" s="6" t="s">
-        <v>181</v>
+        <v>126</v>
       </c>
       <c r="F198" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G198" s="6"/>
-      <c r="H198" s="6"/>
+      <c r="G198" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H198" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I198" s="5">
-        <v>228</v>
-[...2 lines deleted...]
-      <c r="K198" s="5"/>
+        <v>233</v>
+      </c>
+      <c r="J198" s="5">
+        <v>17</v>
+      </c>
+      <c r="K198" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" s="5">
-        <v>4447</v>
+        <v>1942</v>
       </c>
       <c r="B199" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C199" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D199" s="6"/>
       <c r="E199" s="6" t="s">
-        <v>98</v>
+        <v>183</v>
       </c>
       <c r="F199" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G199" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G199" s="6"/>
+      <c r="H199" s="6"/>
       <c r="I199" s="5">
-        <v>222</v>
-[...6 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="J199" s="5"/>
+      <c r="K199" s="5"/>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="5">
-        <v>2627</v>
+        <v>4447</v>
       </c>
       <c r="B200" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C200" s="6" t="s">
-        <v>68</v>
-[...4 lines deleted...]
-      <c r="E200" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D200" s="6"/>
+      <c r="E200" s="6" t="s">
+        <v>98</v>
+      </c>
       <c r="F200" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G200" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H200" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I200" s="5">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J200" s="5">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="K200" s="5"/>
+        <v>25</v>
+      </c>
+      <c r="K200" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="5">
-        <v>1024</v>
+        <v>2627</v>
       </c>
       <c r="B201" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C201" s="6" t="s">
-        <v>168</v>
-[...4 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D201" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="E201" s="6"/>
       <c r="F201" s="6" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="G201" s="6" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H201" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I201" s="5">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J201" s="5">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="K201" s="5"/>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="5">
-        <v>3093</v>
+        <v>1024</v>
       </c>
       <c r="B202" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C202" s="6" t="s">
-        <v>125</v>
+        <v>169</v>
       </c>
       <c r="D202" s="6"/>
       <c r="E202" s="6" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="F202" s="6" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="G202" s="6" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="H202" s="6" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="I202" s="5">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="J202" s="5">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="K202" s="5">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="5">
-        <v>1952</v>
+        <v>3093</v>
       </c>
       <c r="B203" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C203" s="6" t="s">
-        <v>27</v>
+        <v>125</v>
       </c>
       <c r="D203" s="6"/>
       <c r="E203" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F203" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G203" s="6"/>
-      <c r="H203" s="6"/>
+      <c r="G203" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H203" s="6" t="s">
+        <v>75</v>
+      </c>
       <c r="I203" s="5">
-        <v>217</v>
-[...2 lines deleted...]
-      <c r="K203" s="5"/>
+        <v>218</v>
+      </c>
+      <c r="J203" s="5">
+        <v>14</v>
+      </c>
+      <c r="K203" s="5">
+        <v>20</v>
+      </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="5">
-        <v>2766</v>
+        <v>1952</v>
       </c>
       <c r="B204" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C204" s="6" t="s">
-        <v>68</v>
-[...4 lines deleted...]
-      <c r="E204" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D204" s="6"/>
+      <c r="E204" s="6" t="s">
+        <v>185</v>
+      </c>
       <c r="F204" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G204" s="6"/>
       <c r="H204" s="6"/>
       <c r="I204" s="5">
         <v>217</v>
       </c>
       <c r="J204" s="5"/>
       <c r="K204" s="5"/>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" s="5">
-        <v>1953</v>
+        <v>2766</v>
       </c>
       <c r="B205" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C205" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D205" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E205" s="6"/>
       <c r="F205" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G205" s="6"/>
       <c r="H205" s="6"/>
       <c r="I205" s="5">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="J205" s="5"/>
       <c r="K205" s="5"/>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="5">
-        <v>4515</v>
+        <v>1953</v>
       </c>
       <c r="B206" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C206" s="6" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D206" s="6"/>
       <c r="E206" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F206" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G206" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G206" s="6"/>
+      <c r="H206" s="6"/>
       <c r="I206" s="5">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="J206" s="5"/>
-      <c r="K206" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K206" s="5"/>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="5">
-        <v>6846</v>
+        <v>4515</v>
       </c>
       <c r="B207" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C207" s="6" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="E207" s="6"/>
+        <v>47</v>
+      </c>
+      <c r="D207" s="6"/>
+      <c r="E207" s="6" t="s">
+        <v>187</v>
+      </c>
       <c r="F207" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G207" s="6" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="H207" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I207" s="5">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="J207" s="5"/>
       <c r="K207" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" s="5">
-        <v>1532</v>
+        <v>6846</v>
       </c>
       <c r="B208" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C208" s="6" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="D208" s="6" t="s">
-        <v>79</v>
+        <v>188</v>
       </c>
       <c r="E208" s="6"/>
       <c r="F208" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G208" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H208" s="6" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="I208" s="5">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J208" s="5">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="K208" s="5"/>
+        <v>15</v>
+      </c>
+      <c r="K208" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="5">
-        <v>6626</v>
+        <v>1532</v>
       </c>
       <c r="B209" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C209" s="6" t="s">
-        <v>187</v>
+        <v>32</v>
       </c>
       <c r="D209" s="6" t="s">
-        <v>188</v>
+        <v>79</v>
       </c>
       <c r="E209" s="6"/>
       <c r="F209" s="6" t="s">
-        <v>189</v>
+        <v>15</v>
       </c>
       <c r="G209" s="6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H209" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I209" s="5">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="J209" s="5">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="K209" s="5"/>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="5">
-        <v>1837</v>
+        <v>6626</v>
       </c>
       <c r="B210" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C210" s="6" t="s">
-        <v>27</v>
+        <v>189</v>
       </c>
       <c r="D210" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="E210" s="6" t="s">
+      <c r="E210" s="6"/>
+      <c r="F210" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="F210" s="6" t="s">
-[...3 lines deleted...]
-      <c r="H210" s="6"/>
+      <c r="G210" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H210" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I210" s="5">
-        <v>163</v>
-[...2 lines deleted...]
-      <c r="K210" s="5"/>
+        <v>170</v>
+      </c>
+      <c r="J210" s="5">
+        <v>25</v>
+      </c>
+      <c r="K210" s="5">
+        <v>7</v>
+      </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="5">
-        <v>6599</v>
+        <v>1837</v>
       </c>
       <c r="B211" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C211" s="6" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="D211" s="6" t="s">
         <v>192</v>
       </c>
       <c r="E211" s="6" t="s">
         <v>193</v>
       </c>
       <c r="F211" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G211" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G211" s="6"/>
+      <c r="H211" s="6"/>
       <c r="I211" s="5">
-        <v>158</v>
-[...6 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="J211" s="5"/>
+      <c r="K211" s="5"/>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="5">
-        <v>768</v>
+        <v>6599</v>
       </c>
       <c r="B212" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C212" s="6" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="D212" s="6" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="E212" s="6"/>
+        <v>194</v>
+      </c>
+      <c r="E212" s="6" t="s">
+        <v>195</v>
+      </c>
       <c r="F212" s="6" t="s">
-        <v>189</v>
+        <v>15</v>
       </c>
       <c r="G212" s="6" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H212" s="6" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I212" s="5">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="J212" s="5">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="K212" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="5">
-        <v>7526</v>
+        <v>768</v>
       </c>
       <c r="B213" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C213" s="6" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-      <c r="F213" s="6"/>
+        <v>59</v>
+      </c>
+      <c r="D213" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="E213" s="6"/>
+      <c r="F213" s="6" t="s">
+        <v>191</v>
+      </c>
       <c r="G213" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H213" s="6" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="I213" s="5">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="J213" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K213" s="5">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" s="5">
-        <v>1208</v>
+        <v>7526</v>
       </c>
       <c r="B214" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C214" s="6" t="s">
-        <v>164</v>
+        <v>27</v>
       </c>
       <c r="D214" s="6"/>
       <c r="E214" s="6" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="F214" s="6"/>
       <c r="G214" s="6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H214" s="6" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="I214" s="5">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="J214" s="5">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="K214" s="5">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="5">
-        <v>6447</v>
+        <v>1208</v>
       </c>
       <c r="B215" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C215" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="E215" s="6"/>
+        <v>164</v>
+      </c>
+      <c r="D215" s="6"/>
+      <c r="E215" s="6" t="s">
+        <v>196</v>
+      </c>
       <c r="F215" s="6" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="G215" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H215" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="I215" s="5">
+        <v>140</v>
+      </c>
+      <c r="J215" s="5">
+        <v>10</v>
+      </c>
+      <c r="K215" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11">
+      <c r="A216" s="5">
+        <v>6447</v>
+      </c>
+      <c r="B216" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C216" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D216" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E216" s="6"/>
+      <c r="F216" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G216" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H216" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="I215" s="5">
+      <c r="I216" s="5">
         <v>0</v>
       </c>
-      <c r="J215" s="5">
+      <c r="J216" s="5">
         <v>30</v>
       </c>
-      <c r="K215" s="5">
+      <c r="K216" s="5">
         <v>20</v>
       </c>
     </row>
-    <row r="216" spans="1:11">
-[...6 lines deleted...]
-      <c r="H216" s="7"/>
+    <row r="217" spans="1:11">
+      <c r="B217" s="7"/>
+      <c r="C217" s="7"/>
+      <c r="D217" s="7"/>
+      <c r="E217" s="7"/>
+      <c r="F217" s="7"/>
+      <c r="G217" s="7"/>
+      <c r="H217" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">