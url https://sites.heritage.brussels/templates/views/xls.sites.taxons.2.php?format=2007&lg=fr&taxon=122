--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,139 +18,139 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
   <si>
     <t>circ.</t>
   </si>
   <si>
     <t>hauteur</t>
   </si>
   <si>
     <t>diamètre de la couronne</t>
   </si>
   <si>
     <t>Cedrus deodara
 Cèdre de l'Himalaya</t>
   </si>
   <si>
+    <t>Uccle</t>
+  </si>
+  <si>
+    <t>Parc Cherridreux</t>
+  </si>
+  <si>
+    <t>À l'inventaire scientifique</t>
+  </si>
+  <si>
+    <t>Arbre en partie visible de la voirie</t>
+  </si>
+  <si>
+    <t>Plantation en massif</t>
+  </si>
+  <si>
     <t>Watermael-Boitsfort</t>
   </si>
   <si>
     <t>Cités-Jardin Le Logis et Floréal</t>
   </si>
   <si>
     <t>Avenue de l'Arbalète 42</t>
   </si>
   <si>
-    <t>Arbre en partie visible de la voirie</t>
-[...1 lines deleted...]
-  <si>
     <t>Groupe de moins de 5 arbres</t>
   </si>
   <si>
     <t>Berchem-Sainte-Agathe</t>
   </si>
   <si>
     <t>Avenue de la Basilique 14</t>
   </si>
   <si>
     <t>Inscrit à l’inventaire légal le</t>
   </si>
   <si>
     <t>Arbre isolé</t>
   </si>
   <si>
     <t>Anderlecht</t>
   </si>
   <si>
     <t>Parc de Scherdemael</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Camille Vaneukem </t>
   </si>
   <si>
-    <t>À l'inventaire scientifique</t>
-[...1 lines deleted...]
-  <si>
     <t>Arbre invisible de la voirie, en espace (semi)-public</t>
-  </si>
-[...7 lines deleted...]
-    <t>Plantation en massif</t>
   </si>
   <si>
     <t>Ganshoren</t>
   </si>
   <si>
     <t>Rue Openveld 125</t>
   </si>
   <si>
     <t>Woluwé-Saint-Pierre</t>
   </si>
   <si>
     <t>Avenue des Touristes 45</t>
   </si>
   <si>
     <t>Inscrit sur la liste de sauvegarde mais abattu</t>
   </si>
   <si>
     <t xml:space="preserve">Rue des Renoncules </t>
   </si>
   <si>
     <t>Arbre visible de la voirie, occupant une position centrale dans le paysage.</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue des Alezans </t>
   </si>
@@ -770,1584 +770,1584 @@
       </c>
       <c r="E3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="5">
-        <v>7598</v>
+        <v>5131</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="E4" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="6"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="6" t="s">
+        <v>15</v>
+      </c>
       <c r="G4" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="5">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="J4" s="5">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="K4" s="5">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="5">
-        <v>4779</v>
+        <v>7598</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="6"/>
+      <c r="D5" s="6" t="s">
+        <v>19</v>
+      </c>
       <c r="E5" s="6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="F5" s="6" t="s">
         <v>20</v>
       </c>
+      <c r="F5" s="6"/>
       <c r="G5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I5" s="5">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="J5" s="5">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K5" s="5">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="5">
-        <v>5674</v>
+        <v>4779</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D6" s="6" t="s">
+      <c r="D6" s="6"/>
+      <c r="E6" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="E6" s="6" t="s">
+      <c r="F6" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="F6" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H6" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I6" s="5">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="J6" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="K6" s="5">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="5">
-        <v>5131</v>
+        <v>5674</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="D7" s="6" t="s">
+      <c r="E7" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="E7" s="6"/>
       <c r="F7" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H7" s="6" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I7" s="5">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="J7" s="5">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="K7" s="5">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="5">
         <v>7628</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="6"/>
       <c r="E8" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I8" s="5">
         <v>352</v>
       </c>
       <c r="J8" s="5">
         <v>25</v>
       </c>
       <c r="K8" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="5">
         <v>2572</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="6"/>
       <c r="E9" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I9" s="5">
         <v>345</v>
       </c>
       <c r="J9" s="5">
         <v>25</v>
       </c>
       <c r="K9" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
         <v>2332</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H10" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I10" s="5">
         <v>343</v>
       </c>
       <c r="J10" s="5">
         <v>18</v>
       </c>
       <c r="K10" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5">
         <v>4244</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="6"/>
       <c r="E11" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I11" s="5">
         <v>336</v>
       </c>
       <c r="J11" s="5">
         <v>14</v>
       </c>
       <c r="K11" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
         <v>3961</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D12" s="6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G12" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H12" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I12" s="5">
         <v>333</v>
       </c>
       <c r="J12" s="5">
         <v>18</v>
       </c>
       <c r="K12" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
         <v>5903</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D13" s="6"/>
       <c r="E13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I13" s="5">
         <v>333</v>
       </c>
       <c r="J13" s="5"/>
       <c r="K13" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5">
         <v>2331</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>35</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I14" s="5">
         <v>322</v>
       </c>
       <c r="J14" s="5"/>
       <c r="K14" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="5">
         <v>2330</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G15" s="6"/>
       <c r="H15" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I15" s="5">
         <v>315</v>
       </c>
       <c r="J15" s="5"/>
       <c r="K15" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
         <v>3244</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D16" s="6"/>
       <c r="E16" s="6" t="s">
         <v>43</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>44</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I16" s="5">
         <v>310</v>
       </c>
       <c r="J16" s="5">
         <v>25</v>
       </c>
       <c r="K16" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
         <v>1968</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D17" s="6"/>
       <c r="E17" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I17" s="5">
         <v>306</v>
       </c>
       <c r="J17" s="5"/>
       <c r="K17" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
         <v>1829</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>47</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I18" s="5">
         <v>300</v>
       </c>
       <c r="J18" s="5">
         <v>20</v>
       </c>
       <c r="K18" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
         <v>6310</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D19" s="6"/>
       <c r="E19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I19" s="5">
         <v>291</v>
       </c>
       <c r="J19" s="5">
         <v>25</v>
       </c>
       <c r="K19" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
         <v>7297</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I20" s="5">
         <v>289</v>
       </c>
       <c r="J20" s="5">
         <v>20</v>
       </c>
       <c r="K20" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
         <v>6793</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="6"/>
       <c r="E21" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G21" s="6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I21" s="5">
         <v>283</v>
       </c>
       <c r="J21" s="5">
         <v>14</v>
       </c>
       <c r="K21" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
         <v>7627</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D22" s="6"/>
       <c r="E22" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I22" s="5">
         <v>280</v>
       </c>
       <c r="J22" s="5">
         <v>16</v>
       </c>
       <c r="K22" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
         <v>5778</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D23" s="6"/>
       <c r="E23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I23" s="5">
         <v>272</v>
       </c>
       <c r="J23" s="5">
         <v>20</v>
       </c>
       <c r="K23" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
         <v>2574</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D24" s="6"/>
       <c r="E24" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I24" s="5">
         <v>270</v>
       </c>
       <c r="J24" s="5">
         <v>15</v>
       </c>
       <c r="K24" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
         <v>7457</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D25" s="6"/>
       <c r="E25" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="6"/>
       <c r="H25" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I25" s="5">
         <v>270</v>
       </c>
       <c r="J25" s="5">
         <v>25</v>
       </c>
       <c r="K25" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
         <v>7481</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D26" s="6"/>
       <c r="E26" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I26" s="5">
         <v>262</v>
       </c>
       <c r="J26" s="5">
         <v>18</v>
       </c>
       <c r="K26" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
         <v>4275</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I27" s="5">
         <v>260</v>
       </c>
       <c r="J27" s="5">
         <v>16</v>
       </c>
       <c r="K27" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
         <v>4638</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D28" s="6"/>
       <c r="E28" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I28" s="5">
         <v>251</v>
       </c>
       <c r="J28" s="5">
         <v>19</v>
       </c>
       <c r="K28" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
         <v>7050</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D29" s="6"/>
       <c r="E29" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G29" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I29" s="5">
         <v>250</v>
       </c>
       <c r="J29" s="5">
         <v>25</v>
       </c>
       <c r="K29" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
         <v>1966</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D30" s="6"/>
       <c r="E30" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G30" s="6"/>
       <c r="H30" s="6"/>
       <c r="I30" s="5">
         <v>245</v>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="5"/>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
         <v>7129</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D31" s="6"/>
       <c r="E31" s="6" t="s">
         <v>63</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I31" s="5">
         <v>244</v>
       </c>
       <c r="J31" s="5">
         <v>20</v>
       </c>
       <c r="K31" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
         <v>1967</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D32" s="6"/>
       <c r="E32" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I32" s="5">
         <v>239</v>
       </c>
       <c r="J32" s="5"/>
       <c r="K32" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
         <v>4713</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D33" s="6"/>
       <c r="E33" s="6" t="s">
         <v>66</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>67</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I33" s="5">
         <v>230</v>
       </c>
       <c r="J33" s="5">
         <v>20</v>
       </c>
       <c r="K33" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
         <v>4265</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D34" s="6"/>
       <c r="E34" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I34" s="5">
         <v>228</v>
       </c>
       <c r="J34" s="5">
         <v>22</v>
       </c>
       <c r="K34" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
         <v>5122</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I35" s="5">
         <v>224</v>
       </c>
       <c r="J35" s="5">
         <v>23</v>
       </c>
       <c r="K35" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
         <v>6166</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G36" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I36" s="5">
         <v>223</v>
       </c>
       <c r="J36" s="5"/>
       <c r="K36" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="5">
         <v>1031</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D37" s="6"/>
       <c r="E37" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G37" s="6"/>
       <c r="H37" s="6" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I37" s="5">
         <v>220</v>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="5">
         <v>4688</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D38" s="6"/>
       <c r="E38" s="6" t="s">
         <v>75</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G38" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I38" s="5">
         <v>220</v>
       </c>
       <c r="J38" s="5">
         <v>16</v>
       </c>
       <c r="K38" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
         <v>4865</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D39" s="6"/>
       <c r="E39" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I39" s="5">
         <v>215</v>
       </c>
       <c r="J39" s="5"/>
       <c r="K39" s="5">
         <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="5">
         <v>6748</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>49</v>
       </c>
       <c r="D40" s="6"/>
       <c r="E40" s="6" t="s">
         <v>77</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G40" s="6" t="s">
         <v>64</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I40" s="5">
         <v>213</v>
       </c>
       <c r="J40" s="5">
         <v>24</v>
       </c>
       <c r="K40" s="5">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="5">
         <v>7458</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D41" s="6"/>
       <c r="E41" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F41" s="6"/>
       <c r="G41" s="6"/>
       <c r="H41" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I41" s="5">
         <v>213</v>
       </c>
       <c r="J41" s="5">
         <v>15</v>
       </c>
       <c r="K41" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
         <v>2576</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D42" s="6"/>
       <c r="E42" s="6" t="s">
         <v>78</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G42" s="6"/>
       <c r="H42" s="6"/>
       <c r="I42" s="5">
         <v>212</v>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="5"/>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
         <v>4235</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D43" s="6"/>
       <c r="E43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I43" s="5">
         <v>210</v>
       </c>
       <c r="J43" s="5">
         <v>17</v>
       </c>
       <c r="K43" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="5">
         <v>5972</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D44" s="6"/>
       <c r="E44" s="6" t="s">
         <v>81</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I44" s="5">
         <v>201</v>
       </c>
       <c r="J44" s="5"/>
       <c r="K44" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
         <v>6324</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D45" s="6"/>
       <c r="E45" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I45" s="5">
         <v>195</v>
       </c>
       <c r="J45" s="5"/>
       <c r="K45" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
         <v>2575</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D46" s="6"/>
       <c r="E46" s="6" t="s">
         <v>83</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G46" s="6"/>
       <c r="H46" s="6"/>
       <c r="I46" s="5">
         <v>189</v>
       </c>
       <c r="J46" s="5"/>
       <c r="K46" s="5"/>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
         <v>6831</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D47" s="6"/>
       <c r="E47" s="6" t="s">
         <v>85</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I47" s="5">
         <v>188</v>
       </c>
       <c r="J47" s="5">
         <v>25</v>
       </c>
       <c r="K47" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
         <v>223</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D48" s="6"/>
       <c r="E48" s="6" t="s">
         <v>86</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="5">
         <v>185</v>
       </c>
       <c r="J48" s="5"/>
       <c r="K48" s="5"/>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="5">
         <v>2573</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D49" s="6"/>
       <c r="E49" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F49" s="6" t="s">
         <v>67</v>
       </c>
       <c r="G49" s="6"/>
       <c r="H49" s="6" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I49" s="5">
         <v>185</v>
       </c>
       <c r="J49" s="5"/>
       <c r="K49" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
         <v>7130</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D50" s="6"/>
       <c r="E50" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F50" s="6"/>
       <c r="G50" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I50" s="5">
         <v>180</v>
       </c>
       <c r="J50" s="5">
         <v>17</v>
       </c>
       <c r="K50" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
         <v>4668</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D51" s="6"/>
       <c r="E51" s="6" t="s">
         <v>88</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>67</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I51" s="5">
         <v>154</v>
       </c>
       <c r="J51" s="5">
         <v>16</v>
       </c>
       <c r="K51" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
         <v>405</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D52" s="6"/>
       <c r="E52" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="5">
         <v>143</v>
       </c>
       <c r="J52" s="5"/>
       <c r="K52" s="5"/>
     </row>
     <row r="53" spans="1:11">
       <c r="B53" s="7"/>
       <c r="C53" s="7"/>
       <c r="D53" s="7"/>
       <c r="E53" s="7"/>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>