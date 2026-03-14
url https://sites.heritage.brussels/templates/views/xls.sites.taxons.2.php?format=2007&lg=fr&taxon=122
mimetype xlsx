--- v1 (2026-01-15)
+++ v2 (2026-03-14)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-14</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>