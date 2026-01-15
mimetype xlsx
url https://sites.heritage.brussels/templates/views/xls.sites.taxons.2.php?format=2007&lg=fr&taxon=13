--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -136,54 +136,54 @@
   <si>
     <t>Arbre invisible de la voirie, en espace privé</t>
   </si>
   <si>
     <t>Bruxelles</t>
   </si>
   <si>
     <t>Parc Solvay Sports</t>
   </si>
   <si>
     <t>Avenue du Pérou 80</t>
   </si>
   <si>
     <t>Uccle</t>
   </si>
   <si>
     <t>Parc Montjoie</t>
   </si>
   <si>
     <t>Avenue Montjoie 118</t>
   </si>
   <si>
     <t>Bois du Laerbeek</t>
   </si>
   <si>
+    <t>Parc Cherridreux</t>
+  </si>
+  <si>
     <t xml:space="preserve">Clos Jecta </t>
-  </si>
-[...1 lines deleted...]
-    <t>Parc Cherridreux</t>
   </si>
   <si>
     <t>Rue de Heembeek 180</t>
   </si>
   <si>
     <t>Watermael-Boitsfort</t>
   </si>
   <si>
     <t>Rue du Loutrier 63</t>
   </si>
   <si>
     <t>Auderghem</t>
   </si>
   <si>
     <t>Parc Tenreuken</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue du Grand Forestier </t>
   </si>
   <si>
     <t>Parc de Scherdemael</t>
   </si>
   <si>
     <t>Site de l'avenue de Madrid</t>
   </si>
@@ -926,143 +926,141 @@
         <v>28</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="5">
         <v>232</v>
       </c>
       <c r="J10" s="5">
         <v>15</v>
       </c>
       <c r="K10" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5">
-        <v>5107</v>
+        <v>5159</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-      <c r="E11" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>39</v>
       </c>
+      <c r="E11" s="6"/>
       <c r="F11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>27</v>
       </c>
       <c r="I11" s="5">
-        <v>215</v>
+        <v>230</v>
       </c>
       <c r="J11" s="5">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K11" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
-        <v>5159</v>
+        <v>5107</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D12" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="E12" s="6"/>
       <c r="F12" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G12" s="6" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="5">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="J12" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K12" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
-        <v>5158</v>
+        <v>5156</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="E13" s="6"/>
       <c r="F13" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I13" s="5">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="J13" s="5"/>
       <c r="K13" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5">
         <v>6049</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="6"/>
       <c r="E14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H14" s="6" t="s">
@@ -1091,375 +1089,377 @@
       <c r="D15" s="6"/>
       <c r="E15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="5">
         <v>189</v>
       </c>
       <c r="J15" s="5">
         <v>17</v>
       </c>
       <c r="K15" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
-        <v>5156</v>
+        <v>362</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="E16" s="6"/>
+        <v>45</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>46</v>
+      </c>
       <c r="F16" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G16" s="6" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I16" s="5">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="J16" s="5"/>
+        <v>176</v>
+      </c>
+      <c r="J16" s="5">
+        <v>18</v>
+      </c>
       <c r="K16" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
-        <v>362</v>
+        <v>149</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="E17" s="6"/>
       <c r="F17" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G17" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G17" s="6"/>
+      <c r="H17" s="6"/>
       <c r="I17" s="5">
-        <v>176</v>
-[...6 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="5"/>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
-        <v>149</v>
+        <v>811</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="E18" s="6"/>
+        <v>48</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>49</v>
+      </c>
       <c r="F18" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G18" s="6"/>
-      <c r="H18" s="6"/>
+      <c r="G18" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I18" s="5">
-        <v>170</v>
-[...2 lines deleted...]
-      <c r="K18" s="5"/>
+        <v>169</v>
+      </c>
+      <c r="J18" s="5">
+        <v>15</v>
+      </c>
+      <c r="K18" s="5">
+        <v>8</v>
+      </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
-        <v>811</v>
+        <v>1764</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="E19" s="6"/>
       <c r="F19" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G19" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G19" s="6"/>
+      <c r="H19" s="6"/>
       <c r="I19" s="5">
-        <v>169</v>
-[...6 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="5"/>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
-        <v>1764</v>
+        <v>3579</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="E20" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="D20" s="6"/>
+      <c r="E20" s="6" t="s">
+        <v>53</v>
+      </c>
       <c r="F20" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G20" s="6"/>
-      <c r="H20" s="6"/>
+      <c r="G20" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I20" s="5">
-        <v>168</v>
-[...2 lines deleted...]
-      <c r="K20" s="5"/>
+        <v>159</v>
+      </c>
+      <c r="J20" s="5">
+        <v>15</v>
+      </c>
+      <c r="K20" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
-        <v>3579</v>
+        <v>6915</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" s="6"/>
       <c r="F21" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="I21" s="5">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="J21" s="5"/>
       <c r="K21" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
-        <v>6915</v>
+        <v>101</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="E22" s="6"/>
       <c r="F22" s="6" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
       <c r="I22" s="5">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="J22" s="5"/>
-      <c r="K22" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K22" s="5"/>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
-        <v>101</v>
+        <v>2917</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="E23" s="6"/>
+        <v>44</v>
+      </c>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6" t="s">
+        <v>57</v>
+      </c>
       <c r="F23" s="6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G23" s="6"/>
       <c r="H23" s="6"/>
       <c r="I23" s="5">
         <v>140</v>
       </c>
       <c r="J23" s="5"/>
       <c r="K23" s="5"/>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
-        <v>2917</v>
+        <v>3893</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="D24" s="6"/>
       <c r="E24" s="6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="H24" s="6"/>
+        <v>20</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>27</v>
+      </c>
       <c r="I24" s="5">
         <v>140</v>
       </c>
-      <c r="J24" s="5"/>
-      <c r="K24" s="5"/>
+      <c r="J24" s="5">
+        <v>12</v>
+      </c>
+      <c r="K24" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
-        <v>3893</v>
+        <v>7624</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>59</v>
-[...7 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
       <c r="G25" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="I25" s="5">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="J25" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K25" s="5">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
-        <v>7624</v>
+        <v>5158</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="E26" s="6"/>
-      <c r="F26" s="6"/>
+      <c r="F26" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G26" s="6" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I26" s="5">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J26" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="K26" s="5">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
         <v>3894</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>27</v>
       </c>