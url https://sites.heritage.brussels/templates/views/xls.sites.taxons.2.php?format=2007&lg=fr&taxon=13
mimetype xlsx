--- v1 (2026-01-15)
+++ v2 (2026-03-16)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>