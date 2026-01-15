--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -16,53 +16,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
-[...1 lines deleted...]
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+  <si>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -533,50 +533,56 @@
     <t>Parc de Woluwe</t>
   </si>
   <si>
     <t>Corniche Verte 17</t>
   </si>
   <si>
     <t>Parc du château Sainte Anne</t>
   </si>
   <si>
     <t>Rue du Vieux Moulin 103</t>
   </si>
   <si>
     <t>Avenue Grandchamp 156</t>
   </si>
   <si>
     <t>Avenue Hamoir 47</t>
   </si>
   <si>
     <t>Parc de la Sauvagère</t>
   </si>
   <si>
     <t>Chaussée de Charleroi 116</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Léopold Florent Lambin </t>
+  </si>
+  <si>
+    <t>Jardin de l'ancienne propriété Bosman</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue Gérard </t>
   </si>
   <si>
     <t>Propriété Fond'Roy</t>
   </si>
   <si>
     <t>Avenue du Prince d'Orange 49-51</t>
   </si>
   <si>
     <t>Clos des Acacias 9</t>
   </si>
   <si>
     <t>Avenue du Général de Gaulle 51</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue du Général de Gaulle </t>
   </si>
   <si>
     <t>Parc de Bruxelles</t>
   </si>
   <si>
     <t>Rue Henri Van Zuylen 78</t>
   </si>
   <si>
     <t>Avenue Wolvendael 99</t>
   </si>
@@ -1051,51 +1057,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K379"/>
+  <dimension ref="A1:K380"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="8" max="8" width="11.42578125" customWidth="true" style="0"/>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="9" max="9" width="5" customWidth="true" style="0"/>
     <col min="10" max="10" width="5" customWidth="true" style="0"/>
     <col min="11" max="11" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="23" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="19" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="18.75">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
@@ -10436,2080 +10442,2113 @@
       <c r="D312" s="6"/>
       <c r="E312" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F312" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G312" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H312" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I312" s="5">
         <v>296</v>
       </c>
       <c r="J312" s="5">
         <v>20</v>
       </c>
       <c r="K312" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" s="5">
-        <v>1503</v>
+        <v>7666</v>
       </c>
       <c r="B313" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C313" s="6" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="D313" s="6" t="s">
-        <v>45</v>
-[...6 lines deleted...]
-      <c r="H313" s="6"/>
+        <v>172</v>
+      </c>
+      <c r="E313" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="F313" s="6"/>
+      <c r="G313" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H313" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I313" s="5">
-        <v>292</v>
-[...2 lines deleted...]
-      <c r="K313" s="5"/>
+        <v>293</v>
+      </c>
+      <c r="J313" s="5">
+        <v>13</v>
+      </c>
+      <c r="K313" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" s="5">
-        <v>3745</v>
+        <v>1503</v>
       </c>
       <c r="B314" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C314" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D314" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E314" s="6"/>
       <c r="F314" s="6" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="G314" s="6"/>
+      <c r="H314" s="6"/>
       <c r="I314" s="5">
-        <v>290</v>
-[...6 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="J314" s="5"/>
+      <c r="K314" s="5"/>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" s="5">
-        <v>4988</v>
+        <v>3745</v>
       </c>
       <c r="B315" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C315" s="6" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D315" s="6"/>
       <c r="E315" s="6" t="s">
-        <v>173</v>
+        <v>108</v>
       </c>
       <c r="F315" s="6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G315" s="6" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="H315" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I315" s="5">
         <v>290</v>
       </c>
       <c r="J315" s="5">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K315" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" s="5">
-        <v>4167</v>
+        <v>4988</v>
       </c>
       <c r="B316" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C316" s="6" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D316" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D316" s="6" t="s">
+        <v>174</v>
+      </c>
       <c r="E316" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F316" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G316" s="6" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="H316" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I316" s="5">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="J316" s="5">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="K316" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" s="5">
-        <v>6492</v>
+        <v>4167</v>
       </c>
       <c r="B317" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C317" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="E317" s="6"/>
+        <v>69</v>
+      </c>
+      <c r="D317" s="6"/>
+      <c r="E317" s="6" t="s">
+        <v>176</v>
+      </c>
       <c r="F317" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G317" s="6" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H317" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I317" s="5">
         <v>289</v>
       </c>
       <c r="J317" s="5">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="K317" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" s="5">
-        <v>1264</v>
+        <v>6492</v>
       </c>
       <c r="B318" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C318" s="6" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="D318" s="6" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E318" s="6"/>
       <c r="F318" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="H318" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="G318" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H318" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I318" s="5">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="J318" s="5"/>
+        <v>289</v>
+      </c>
+      <c r="J318" s="5">
+        <v>40</v>
+      </c>
       <c r="K318" s="5">
-        <v>0</v>
+        <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" s="5">
-        <v>6332</v>
+        <v>1264</v>
       </c>
       <c r="B319" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C319" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D319" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E319" s="6" t="s">
-        <v>176</v>
-[...7 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="F319" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G319" s="6"/>
+      <c r="H319" s="6"/>
       <c r="I319" s="5">
         <v>288</v>
       </c>
-      <c r="J319" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J319" s="5"/>
       <c r="K319" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:11">
       <c r="A320" s="5">
-        <v>5098</v>
+        <v>6332</v>
       </c>
       <c r="B320" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C320" s="6" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="D320" s="6" t="s">
-        <v>161</v>
+        <v>103</v>
       </c>
       <c r="E320" s="6" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="F320" s="6"/>
       <c r="G320" s="6" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H320" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I320" s="5">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J320" s="5">
         <v>27</v>
       </c>
       <c r="K320" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" s="5">
-        <v>6359</v>
+        <v>5098</v>
       </c>
       <c r="B321" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C321" s="6" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="D321" s="6" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="E321" s="6"/>
+        <v>161</v>
+      </c>
+      <c r="E321" s="6" t="s">
+        <v>171</v>
+      </c>
       <c r="F321" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G321" s="6" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="H321" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I321" s="5">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="J321" s="5"/>
+        <v>287</v>
+      </c>
+      <c r="J321" s="5">
+        <v>27</v>
+      </c>
       <c r="K321" s="5">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" s="5">
-        <v>2293</v>
+        <v>6359</v>
       </c>
       <c r="B322" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C322" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D322" s="6" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="E322" s="6"/>
       <c r="F322" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G322" s="6"/>
-      <c r="H322" s="6"/>
+      <c r="G322" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H322" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I322" s="5">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J322" s="5"/>
-      <c r="K322" s="5"/>
+      <c r="K322" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" s="5">
-        <v>491</v>
+        <v>2293</v>
       </c>
       <c r="B323" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C323" s="6" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D323" s="6" t="s">
-        <v>177</v>
+        <v>124</v>
       </c>
       <c r="E323" s="6"/>
       <c r="F323" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G323" s="6"/>
       <c r="H323" s="6"/>
       <c r="I323" s="5">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J323" s="5"/>
       <c r="K323" s="5"/>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" s="5">
-        <v>1983</v>
+        <v>491</v>
       </c>
       <c r="B324" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C324" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D324" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="E324" s="6"/>
       <c r="F324" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G324" s="6"/>
       <c r="H324" s="6"/>
       <c r="I324" s="5">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="J324" s="5"/>
       <c r="K324" s="5"/>
     </row>
     <row r="325" spans="1:11">
       <c r="A325" s="5">
-        <v>5653</v>
+        <v>1983</v>
       </c>
       <c r="B325" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C325" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D325" s="6"/>
       <c r="E325" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F325" s="6" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="G325" s="6"/>
+      <c r="H325" s="6"/>
       <c r="I325" s="5">
         <v>280</v>
       </c>
-      <c r="J325" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J325" s="5"/>
+      <c r="K325" s="5"/>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" s="5">
-        <v>7206</v>
+        <v>5653</v>
       </c>
       <c r="B326" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C326" s="6" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D326" s="6"/>
       <c r="E326" s="6" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-      <c r="G326" s="6"/>
+        <v>181</v>
+      </c>
+      <c r="F326" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G326" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="H326" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I326" s="5">
         <v>280</v>
       </c>
       <c r="J326" s="5">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="K326" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" s="5">
-        <v>4229</v>
+        <v>7206</v>
       </c>
       <c r="B327" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C327" s="6" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D327" s="6"/>
+        <v>23</v>
+      </c>
+      <c r="D327" s="6" t="s">
+        <v>94</v>
+      </c>
       <c r="E327" s="6" t="s">
-        <v>180</v>
-[...6 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="F327" s="6"/>
+      <c r="G327" s="6"/>
       <c r="H327" s="6" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="I327" s="5">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J327" s="5">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K327" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" s="5">
-        <v>5203</v>
+        <v>4229</v>
       </c>
       <c r="B328" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C328" s="6" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D328" s="6"/>
       <c r="E328" s="6" t="s">
-        <v>166</v>
+        <v>182</v>
       </c>
       <c r="F328" s="6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G328" s="6" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="H328" s="6" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I328" s="5">
         <v>279</v>
       </c>
-      <c r="J328" s="5"/>
+      <c r="J328" s="5">
+        <v>19</v>
+      </c>
       <c r="K328" s="5">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" s="5">
-        <v>634</v>
+        <v>5203</v>
       </c>
       <c r="B329" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C329" s="6" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="D329" s="6" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="E329" s="6"/>
+        <v>165</v>
+      </c>
+      <c r="E329" s="6" t="s">
+        <v>166</v>
+      </c>
       <c r="F329" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G329" s="6" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="H329" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I329" s="5">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="J329" s="5"/>
       <c r="K329" s="5">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" s="5">
-        <v>7100</v>
+        <v>634</v>
       </c>
       <c r="B330" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C330" s="6" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="D330" s="6" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="E330" s="6"/>
       <c r="F330" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G330" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H330" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I330" s="5">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="J330" s="5"/>
       <c r="K330" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" s="5">
-        <v>2314</v>
+        <v>7100</v>
       </c>
       <c r="B331" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C331" s="6" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="D331" s="6" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E331" s="6"/>
+        <v>183</v>
+      </c>
+      <c r="E331" s="6" t="s">
+        <v>184</v>
+      </c>
       <c r="F331" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G331" s="6"/>
-      <c r="H331" s="6"/>
+      <c r="G331" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H331" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I331" s="5">
-        <v>274</v>
-[...2 lines deleted...]
-      <c r="K331" s="5"/>
+        <v>275</v>
+      </c>
+      <c r="J331" s="5">
+        <v>20</v>
+      </c>
+      <c r="K331" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" s="5">
-        <v>949</v>
+        <v>2314</v>
       </c>
       <c r="B332" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C332" s="6" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D332" s="6" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="E332" s="6"/>
       <c r="F332" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G332" s="6"/>
       <c r="H332" s="6"/>
       <c r="I332" s="5">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="J332" s="5"/>
       <c r="K332" s="5"/>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" s="5">
-        <v>5779</v>
+        <v>949</v>
       </c>
       <c r="B333" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C333" s="6" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D333" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E333" s="6"/>
       <c r="F333" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G333" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G333" s="6"/>
+      <c r="H333" s="6"/>
       <c r="I333" s="5">
         <v>273</v>
       </c>
-      <c r="J333" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J333" s="5"/>
+      <c r="K333" s="5"/>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" s="5">
-        <v>7205</v>
+        <v>5779</v>
       </c>
       <c r="B334" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C334" s="6" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="D334" s="6"/>
       <c r="E334" s="6" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-      <c r="G334" s="6"/>
+        <v>185</v>
+      </c>
+      <c r="F334" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G334" s="6" t="s">
+        <v>42</v>
+      </c>
       <c r="H334" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I334" s="5">
         <v>273</v>
       </c>
       <c r="J334" s="5">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K334" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" s="5">
+        <v>7205</v>
+      </c>
+      <c r="B335" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C335" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D335" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E335" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="B335" s="6" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="F335" s="6"/>
       <c r="G335" s="6"/>
-      <c r="H335" s="6"/>
+      <c r="H335" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I335" s="5">
-        <v>272</v>
-[...2 lines deleted...]
-      <c r="K335" s="5"/>
+        <v>273</v>
+      </c>
+      <c r="J335" s="5">
+        <v>21</v>
+      </c>
+      <c r="K335" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" s="5">
-        <v>5797</v>
+        <v>116</v>
       </c>
       <c r="B336" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C336" s="6" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D336" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E336" s="6"/>
       <c r="F336" s="6" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="G336" s="6"/>
+      <c r="H336" s="6"/>
       <c r="I336" s="5">
         <v>272</v>
       </c>
-      <c r="J336" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J336" s="5"/>
+      <c r="K336" s="5"/>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" s="5">
-        <v>6358</v>
+        <v>5797</v>
       </c>
       <c r="B337" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C337" s="6" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="E337" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="D337" s="6"/>
+      <c r="E337" s="6" t="s">
+        <v>186</v>
+      </c>
       <c r="F337" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G337" s="6" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="H337" s="6" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I337" s="5">
         <v>272</v>
       </c>
-      <c r="J337" s="5"/>
+      <c r="J337" s="5">
+        <v>25</v>
+      </c>
       <c r="K337" s="5">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="338" spans="1:11">
       <c r="A338" s="5">
-        <v>4115</v>
+        <v>6358</v>
       </c>
       <c r="B338" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C338" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D338" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E338" s="6"/>
       <c r="F338" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G338" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H338" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I338" s="5">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="J338" s="5"/>
       <c r="K338" s="5">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="339" spans="1:11">
       <c r="A339" s="5">
-        <v>3389</v>
+        <v>4115</v>
       </c>
       <c r="B339" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C339" s="6" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D339" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D339" s="6"/>
+      <c r="E339" s="6" t="s">
         <v>187</v>
       </c>
-      <c r="E339" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F339" s="6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G339" s="6" t="s">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="H339" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I339" s="5">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="J339" s="5">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K339" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" s="5">
-        <v>2533</v>
+        <v>3389</v>
       </c>
       <c r="B340" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C340" s="6" t="s">
-        <v>69</v>
+        <v>188</v>
       </c>
       <c r="D340" s="6" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E340" s="6"/>
+        <v>189</v>
+      </c>
+      <c r="E340" s="6" t="s">
+        <v>190</v>
+      </c>
       <c r="F340" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="H340" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="G340" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="H340" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I340" s="5">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="J340" s="5"/>
+        <v>268</v>
+      </c>
+      <c r="J340" s="5">
+        <v>19</v>
+      </c>
       <c r="K340" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="341" spans="1:11">
       <c r="A341" s="5">
-        <v>4567</v>
+        <v>2533</v>
       </c>
       <c r="B341" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C341" s="6" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D341" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E341" s="6"/>
       <c r="F341" s="6" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G341" s="6"/>
+      <c r="H341" s="6"/>
       <c r="I341" s="5">
         <v>265</v>
       </c>
-      <c r="J341" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J341" s="5"/>
       <c r="K341" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:11">
       <c r="A342" s="5">
-        <v>6477</v>
+        <v>4567</v>
       </c>
       <c r="B342" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C342" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="E342" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="D342" s="6"/>
+      <c r="E342" s="6" t="s">
+        <v>192</v>
+      </c>
       <c r="F342" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G342" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H342" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I342" s="5">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="J342" s="5"/>
+        <v>265</v>
+      </c>
+      <c r="J342" s="5">
+        <v>30</v>
+      </c>
       <c r="K342" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="343" spans="1:11">
       <c r="A343" s="5">
-        <v>6540</v>
+        <v>6477</v>
       </c>
       <c r="B343" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C343" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D343" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E343" s="6"/>
       <c r="F343" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G343" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H343" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I343" s="5">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="J343" s="5"/>
       <c r="K343" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="344" spans="1:11">
       <c r="A344" s="5">
-        <v>635</v>
+        <v>6540</v>
       </c>
       <c r="B344" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C344" s="6" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D344" s="6" t="s">
-        <v>114</v>
+        <v>28</v>
       </c>
       <c r="E344" s="6"/>
       <c r="F344" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G344" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H344" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I344" s="5">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="J344" s="5"/>
       <c r="K344" s="5">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="345" spans="1:11">
       <c r="A345" s="5">
-        <v>884</v>
+        <v>635</v>
       </c>
       <c r="B345" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C345" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D345" s="6" t="s">
-        <v>191</v>
+        <v>114</v>
       </c>
       <c r="E345" s="6"/>
       <c r="F345" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G345" s="6"/>
-      <c r="H345" s="6"/>
+      <c r="G345" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H345" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I345" s="5">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="J345" s="5"/>
-      <c r="K345" s="5"/>
+      <c r="K345" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="346" spans="1:11">
       <c r="A346" s="5">
-        <v>860</v>
+        <v>884</v>
       </c>
       <c r="B346" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C346" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D346" s="6" t="s">
-        <v>71</v>
+        <v>193</v>
       </c>
       <c r="E346" s="6"/>
       <c r="F346" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G346" s="6"/>
       <c r="H346" s="6"/>
       <c r="I346" s="5">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="J346" s="5"/>
       <c r="K346" s="5"/>
     </row>
     <row r="347" spans="1:11">
       <c r="A347" s="5">
-        <v>2315</v>
+        <v>860</v>
       </c>
       <c r="B347" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C347" s="6" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D347" s="6" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="E347" s="6"/>
       <c r="F347" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G347" s="6"/>
       <c r="H347" s="6"/>
       <c r="I347" s="5">
         <v>252</v>
       </c>
       <c r="J347" s="5"/>
       <c r="K347" s="5"/>
     </row>
     <row r="348" spans="1:11">
       <c r="A348" s="5">
-        <v>5512</v>
+        <v>2315</v>
       </c>
       <c r="B348" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C348" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D348" s="6" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="E348" s="6"/>
       <c r="F348" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G348" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G348" s="6"/>
+      <c r="H348" s="6"/>
       <c r="I348" s="5">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J348" s="5"/>
-      <c r="K348" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K348" s="5"/>
     </row>
     <row r="349" spans="1:11">
       <c r="A349" s="5">
-        <v>2926</v>
+        <v>5512</v>
       </c>
       <c r="B349" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C349" s="6" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D349" s="6"/>
+        <v>23</v>
+      </c>
+      <c r="D349" s="6" t="s">
+        <v>94</v>
+      </c>
       <c r="E349" s="6" t="s">
-        <v>192</v>
+        <v>95</v>
       </c>
       <c r="F349" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="H349" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="G349" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H349" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I349" s="5">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J349" s="5"/>
       <c r="K349" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:11">
       <c r="A350" s="5">
-        <v>4682</v>
+        <v>2926</v>
       </c>
       <c r="B350" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C350" s="6" t="s">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="D350" s="6"/>
       <c r="E350" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F350" s="6" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G350" s="6"/>
+      <c r="H350" s="6"/>
       <c r="I350" s="5">
         <v>250</v>
       </c>
       <c r="J350" s="5"/>
       <c r="K350" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:11">
       <c r="A351" s="5">
-        <v>4116</v>
+        <v>4682</v>
       </c>
       <c r="B351" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C351" s="6" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="D351" s="6"/>
       <c r="E351" s="6" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="F351" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G351" s="6" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H351" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I351" s="5">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="J351" s="5"/>
       <c r="K351" s="5">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352" s="5">
-        <v>4114</v>
+        <v>4116</v>
       </c>
       <c r="B352" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C352" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D352" s="6"/>
       <c r="E352" s="6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F352" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G352" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H352" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I352" s="5">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J352" s="5">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K352" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" s="5">
-        <v>6775</v>
+        <v>4114</v>
       </c>
       <c r="B353" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C353" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="E353" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D353" s="6"/>
+      <c r="E353" s="6" t="s">
+        <v>187</v>
+      </c>
       <c r="F353" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G353" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H353" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I353" s="5">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="J353" s="5">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="K353" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" s="5">
-        <v>2169</v>
+        <v>6775</v>
       </c>
       <c r="B354" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C354" s="6" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D354" s="6" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="E354" s="6"/>
       <c r="F354" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G354" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H354" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I354" s="5">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="J354" s="5"/>
+        <v>246</v>
+      </c>
+      <c r="J354" s="5">
+        <v>8</v>
+      </c>
       <c r="K354" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" s="5">
-        <v>7449</v>
+        <v>2169</v>
       </c>
       <c r="B355" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C355" s="6" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="D355" s="6" t="s">
-        <v>194</v>
-[...4 lines deleted...]
-      <c r="F355" s="6"/>
+        <v>68</v>
+      </c>
+      <c r="E355" s="6"/>
+      <c r="F355" s="6" t="s">
+        <v>22</v>
+      </c>
       <c r="G355" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H355" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I355" s="5">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="J355" s="5"/>
       <c r="K355" s="5">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="356" spans="1:11">
       <c r="A356" s="5">
-        <v>6360</v>
+        <v>7449</v>
       </c>
       <c r="B356" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C356" s="6" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="D356" s="6" t="s">
-        <v>114</v>
-[...4 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="E356" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="F356" s="6"/>
       <c r="G356" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H356" s="6" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I356" s="5">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="J356" s="5"/>
+        <v>241</v>
+      </c>
+      <c r="J356" s="5">
+        <v>20</v>
+      </c>
       <c r="K356" s="5">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="357" spans="1:11">
       <c r="A357" s="5">
-        <v>6521</v>
+        <v>6360</v>
       </c>
       <c r="B357" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C357" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D357" s="6" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="E357" s="6"/>
       <c r="F357" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G357" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H357" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I357" s="5">
         <v>239</v>
       </c>
       <c r="J357" s="5"/>
       <c r="K357" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="358" spans="1:11">
       <c r="A358" s="5">
-        <v>6100</v>
+        <v>6521</v>
       </c>
       <c r="B358" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C358" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="D358" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D358" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E358" s="6"/>
       <c r="F358" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G358" s="6" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="H358" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I358" s="5">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="J358" s="5"/>
       <c r="K358" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="359" spans="1:11">
       <c r="A359" s="5">
-        <v>6781</v>
+        <v>6100</v>
       </c>
       <c r="B359" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C359" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="E359" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D359" s="6"/>
+      <c r="E359" s="6" t="s">
+        <v>198</v>
+      </c>
       <c r="F359" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G359" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H359" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I359" s="5">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="J359" s="5"/>
+        <v>236</v>
+      </c>
+      <c r="J359" s="5">
+        <v>20</v>
+      </c>
       <c r="K359" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="360" spans="1:11">
       <c r="A360" s="5">
-        <v>4060</v>
+        <v>6781</v>
       </c>
       <c r="B360" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C360" s="6" t="s">
-        <v>140</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D360" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E360" s="6"/>
       <c r="F360" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G360" s="6" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H360" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I360" s="5">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="J360" s="5"/>
       <c r="K360" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361" s="5">
-        <v>4168</v>
+        <v>4060</v>
       </c>
       <c r="B361" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C361" s="6" t="s">
-        <v>69</v>
+        <v>140</v>
       </c>
       <c r="D361" s="6"/>
       <c r="E361" s="6" t="s">
-        <v>174</v>
+        <v>199</v>
       </c>
       <c r="F361" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G361" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H361" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I361" s="5">
         <v>226</v>
       </c>
       <c r="J361" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K361" s="5">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="362" spans="1:11">
       <c r="A362" s="5">
-        <v>421</v>
+        <v>4168</v>
       </c>
       <c r="B362" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C362" s="6" t="s">
-        <v>80</v>
-[...4 lines deleted...]
-      <c r="E362" s="6"/>
+        <v>69</v>
+      </c>
+      <c r="D362" s="6"/>
+      <c r="E362" s="6" t="s">
+        <v>176</v>
+      </c>
       <c r="F362" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G362" s="6"/>
-      <c r="H362" s="6"/>
+      <c r="G362" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H362" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I362" s="5">
-        <v>210</v>
-[...2 lines deleted...]
-      <c r="K362" s="5"/>
+        <v>226</v>
+      </c>
+      <c r="J362" s="5">
+        <v>22</v>
+      </c>
+      <c r="K362" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363" s="5">
-        <v>6499</v>
+        <v>421</v>
       </c>
       <c r="B363" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C363" s="6" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="D363" s="6" t="s">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="E363" s="6"/>
       <c r="F363" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G363" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G363" s="6"/>
+      <c r="H363" s="6"/>
       <c r="I363" s="5">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J363" s="5"/>
-      <c r="K363" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K363" s="5"/>
     </row>
     <row r="364" spans="1:11">
       <c r="A364" s="5">
-        <v>6361</v>
+        <v>6499</v>
       </c>
       <c r="B364" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C364" s="6" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D364" s="6" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E364" s="6"/>
       <c r="F364" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G364" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H364" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I364" s="5">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="J364" s="5"/>
       <c r="K364" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" s="5">
-        <v>6541</v>
+        <v>6361</v>
       </c>
       <c r="B365" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C365" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D365" s="6" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E365" s="6"/>
+        <v>114</v>
+      </c>
+      <c r="E365" s="6" t="s">
+        <v>184</v>
+      </c>
       <c r="F365" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G365" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H365" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I365" s="5">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="J365" s="5"/>
+        <v>204</v>
+      </c>
+      <c r="J365" s="5">
+        <v>20</v>
+      </c>
       <c r="K365" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" s="5">
-        <v>3979</v>
+        <v>6541</v>
       </c>
       <c r="B366" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C366" s="6" t="s">
-        <v>140</v>
-[...4 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D366" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E366" s="6"/>
       <c r="F366" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G366" s="6" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="H366" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I366" s="5">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="J366" s="5"/>
       <c r="K366" s="5">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367" s="5">
-        <v>1223</v>
+        <v>3979</v>
       </c>
       <c r="B367" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C367" s="6" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="E367" s="6"/>
+        <v>140</v>
+      </c>
+      <c r="D367" s="6"/>
+      <c r="E367" s="6" t="s">
+        <v>201</v>
+      </c>
       <c r="F367" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G367" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H367" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I367" s="5">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="J367" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="K367" s="5">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368" s="5">
-        <v>6469</v>
+        <v>1223</v>
       </c>
       <c r="B368" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C368" s="6" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="D368" s="6" t="s">
-        <v>28</v>
+        <v>202</v>
       </c>
       <c r="E368" s="6"/>
       <c r="F368" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G368" s="6" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H368" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I368" s="5">
         <v>174</v>
       </c>
       <c r="J368" s="5">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="K368" s="5">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="369" spans="1:11">
       <c r="A369" s="5">
-        <v>6473</v>
+        <v>6469</v>
       </c>
       <c r="B369" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C369" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D369" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E369" s="6"/>
       <c r="F369" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G369" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H369" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I369" s="5">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="J369" s="5">
         <v>30</v>
       </c>
       <c r="K369" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370" s="5">
-        <v>292</v>
+        <v>6473</v>
       </c>
       <c r="B370" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C370" s="6" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D370" s="6" t="s">
-        <v>201</v>
+        <v>28</v>
       </c>
       <c r="E370" s="6"/>
       <c r="F370" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G370" s="6"/>
-      <c r="H370" s="6"/>
+      <c r="G370" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H370" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I370" s="5">
-        <v>163</v>
-[...2 lines deleted...]
-      <c r="K370" s="5"/>
+        <v>170</v>
+      </c>
+      <c r="J370" s="5">
+        <v>30</v>
+      </c>
+      <c r="K370" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371" s="5">
-        <v>6527</v>
+        <v>292</v>
       </c>
       <c r="B371" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C371" s="6" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D371" s="6" t="s">
-        <v>28</v>
+        <v>203</v>
       </c>
       <c r="E371" s="6"/>
       <c r="F371" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G371" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G371" s="6"/>
+      <c r="H371" s="6"/>
       <c r="I371" s="5">
-        <v>123</v>
+        <v>163</v>
       </c>
       <c r="J371" s="5"/>
-      <c r="K371" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K371" s="5"/>
     </row>
     <row r="372" spans="1:11">
       <c r="A372" s="5">
-        <v>6136</v>
+        <v>6527</v>
       </c>
       <c r="B372" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C372" s="6" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D372" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E372" s="6"/>
       <c r="F372" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G372" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H372" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I372" s="5">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="J372" s="5"/>
       <c r="K372" s="5">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="373" spans="1:11">
       <c r="A373" s="5">
-        <v>112</v>
+        <v>6136</v>
       </c>
       <c r="B373" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C373" s="6" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="E373" s="6"/>
+        <v>44</v>
+      </c>
+      <c r="D373" s="6"/>
+      <c r="E373" s="6" t="s">
+        <v>204</v>
+      </c>
       <c r="F373" s="6" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="H373" s="6"/>
+        <v>25</v>
+      </c>
+      <c r="G373" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H373" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I373" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="K373" s="5"/>
+        <v>122</v>
+      </c>
+      <c r="J373" s="5">
+        <v>8</v>
+      </c>
+      <c r="K373" s="5">
+        <v>3</v>
+      </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374" s="5">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B374" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C374" s="6" t="s">
         <v>57</v>
       </c>
       <c r="D374" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E374" s="6"/>
       <c r="F374" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G374" s="6"/>
       <c r="H374" s="6"/>
       <c r="I374" s="5">
         <v>0</v>
       </c>
       <c r="J374" s="5"/>
       <c r="K374" s="5"/>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" s="5">
-        <v>5622</v>
+        <v>114</v>
       </c>
       <c r="B375" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C375" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D375" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E375" s="6"/>
       <c r="F375" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G375" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G375" s="6"/>
+      <c r="H375" s="6"/>
       <c r="I375" s="5">
         <v>0</v>
       </c>
       <c r="J375" s="5"/>
-      <c r="K375" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K375" s="5"/>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" s="5">
-        <v>5916</v>
+        <v>5622</v>
       </c>
       <c r="B376" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C376" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D376" s="6"/>
       <c r="E376" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F376" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G376" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H376" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I376" s="5">
         <v>0</v>
       </c>
       <c r="J376" s="5"/>
       <c r="K376" s="5">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:11">
       <c r="A377" s="5">
-        <v>6466</v>
+        <v>5916</v>
       </c>
       <c r="B377" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C377" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="E377" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D377" s="6"/>
+      <c r="E377" s="6" t="s">
+        <v>206</v>
+      </c>
       <c r="F377" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G377" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H377" s="6" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I377" s="5">
         <v>0</v>
       </c>
-      <c r="J377" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J377" s="5"/>
       <c r="K377" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378" s="5">
-        <v>6472</v>
+        <v>6466</v>
       </c>
       <c r="B378" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C378" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D378" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E378" s="6"/>
       <c r="F378" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G378" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H378" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I378" s="5">
         <v>0</v>
       </c>
       <c r="J378" s="5">
         <v>30</v>
       </c>
       <c r="K378" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="379" spans="1:11">
-      <c r="B379" s="7"/>
-[...5 lines deleted...]
-      <c r="H379" s="7"/>
+      <c r="A379" s="5">
+        <v>6472</v>
+      </c>
+      <c r="B379" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C379" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D379" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E379" s="6"/>
+      <c r="F379" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G379" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H379" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I379" s="5">
+        <v>0</v>
+      </c>
+      <c r="J379" s="5">
+        <v>30</v>
+      </c>
+      <c r="K379" s="5">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11">
+      <c r="B380" s="7"/>
+      <c r="C380" s="7"/>
+      <c r="D380" s="7"/>
+      <c r="E380" s="7"/>
+      <c r="F380" s="7"/>
+      <c r="G380" s="7"/>
+      <c r="H380" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">