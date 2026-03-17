--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -16,53 +16,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
-[...1 lines deleted...]
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
+  <si>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -226,59 +226,59 @@
   <si>
     <t>Chemin des Chablis 4</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Van Praet </t>
   </si>
   <si>
     <t>Drève de la Louve 6</t>
   </si>
   <si>
     <t>Parc Astrid</t>
   </si>
   <si>
     <t>Domaine du Neckersgat</t>
   </si>
   <si>
     <t>Avenue Achille Reisdorff 36</t>
   </si>
   <si>
     <t>Parc Josaphat</t>
   </si>
   <si>
     <t>Parc Raspail</t>
   </si>
   <si>
+    <t>Parc d'Osseghem</t>
+  </si>
+  <si>
     <t>Woluwé-Saint-Pierre</t>
   </si>
   <si>
     <t>Avenue Roger Vandendriessche 30</t>
   </si>
   <si>
-    <t>Parc d'Osseghem</t>
-[...1 lines deleted...]
-  <si>
     <t>Abords du Papenkasteel</t>
   </si>
   <si>
     <t>Rue Papenkasteel 99</t>
   </si>
   <si>
     <t>Avenue Charles Schaller 56</t>
   </si>
   <si>
     <t>Parties pavées de la drève de Bonne Odeur et de la rue du Grand Veneur</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Nisard </t>
   </si>
   <si>
     <t>Propriété Crousse</t>
   </si>
   <si>
     <t>Parc Léopold</t>
   </si>
   <si>
     <t>Bois de Dieleghem</t>
   </si>
   <si>
     <t>Berchem-Sainte-Agathe</t>
@@ -533,50 +533,56 @@
     <t>Parc de Woluwe</t>
   </si>
   <si>
     <t>Corniche Verte 17</t>
   </si>
   <si>
     <t>Parc du château Sainte Anne</t>
   </si>
   <si>
     <t>Rue du Vieux Moulin 103</t>
   </si>
   <si>
     <t>Avenue Grandchamp 156</t>
   </si>
   <si>
     <t>Avenue Hamoir 47</t>
   </si>
   <si>
     <t>Parc de la Sauvagère</t>
   </si>
   <si>
     <t>Chaussée de Charleroi 116</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Léopold Florent Lambin </t>
+  </si>
+  <si>
+    <t>Parc du Bempt</t>
+  </si>
+  <si>
+    <t>Chaussée de Neerstalle 323</t>
   </si>
   <si>
     <t>Jardin de l'ancienne propriété Bosman</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Gérard </t>
   </si>
   <si>
     <t>Propriété Fond'Roy</t>
   </si>
   <si>
     <t>Avenue du Prince d'Orange 49-51</t>
   </si>
   <si>
     <t>Clos des Acacias 9</t>
   </si>
   <si>
     <t>Avenue du Général de Gaulle 51</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue du Général de Gaulle </t>
   </si>
   <si>
     <t>Parc de Bruxelles</t>
   </si>
@@ -1057,51 +1063,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K380"/>
+  <dimension ref="A1:K381"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="8" max="8" width="11.42578125" customWidth="true" style="0"/>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="9" max="9" width="5" customWidth="true" style="0"/>
     <col min="10" max="10" width="5" customWidth="true" style="0"/>
     <col min="11" max="11" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="23" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="19" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="18.75">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
@@ -3307,525 +3313,525 @@
       <c r="D75" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E75" s="6"/>
       <c r="F75" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G75" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="5">
         <v>420</v>
       </c>
       <c r="J75" s="5">
         <v>25</v>
       </c>
       <c r="K75" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
-        <v>4159</v>
+        <v>6979</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D76" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="D76" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E76" s="6"/>
       <c r="F76" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I76" s="5">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="J76" s="5">
         <v>30</v>
       </c>
       <c r="K76" s="5">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
-        <v>6476</v>
+        <v>4159</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="E77" s="6"/>
+        <v>70</v>
+      </c>
+      <c r="D77" s="6"/>
+      <c r="E77" s="6" t="s">
+        <v>71</v>
+      </c>
       <c r="F77" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G77" s="6" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I77" s="5">
-        <v>418</v>
-[...1 lines deleted...]
-      <c r="J77" s="5"/>
+        <v>419</v>
+      </c>
+      <c r="J77" s="5">
+        <v>30</v>
+      </c>
       <c r="K77" s="5">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="5">
-        <v>6975</v>
+        <v>6476</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="E78" s="6"/>
       <c r="F78" s="6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G78" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="5">
-        <v>417</v>
-[...3 lines deleted...]
-      </c>
+        <v>418</v>
+      </c>
+      <c r="J78" s="5"/>
       <c r="K78" s="5">
-        <v>22</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
-        <v>2160</v>
+        <v>6975</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="E79" s="6"/>
       <c r="F79" s="6" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="H79" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="G79" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I79" s="5">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="J79" s="5"/>
+        <v>417</v>
+      </c>
+      <c r="J79" s="5">
+        <v>30</v>
+      </c>
       <c r="K79" s="5">
-        <v>0</v>
+        <v>22</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
-        <v>5215</v>
+        <v>2160</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D80" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>72</v>
+      </c>
       <c r="E80" s="6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="G80" s="6"/>
+      <c r="H80" s="6"/>
       <c r="I80" s="5">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J80" s="5"/>
       <c r="K80" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
-        <v>6443</v>
+        <v>5215</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="E81" s="6"/>
+        <v>36</v>
+      </c>
+      <c r="D81" s="6"/>
+      <c r="E81" s="6" t="s">
+        <v>74</v>
+      </c>
       <c r="F81" s="6" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G81" s="6" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="5">
         <v>415</v>
       </c>
-      <c r="J81" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J81" s="5"/>
       <c r="K81" s="5">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="5">
-        <v>6538</v>
+        <v>6443</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E82" s="6"/>
       <c r="F82" s="6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="5">
         <v>415</v>
       </c>
-      <c r="J82" s="5"/>
+      <c r="J82" s="5">
+        <v>30</v>
+      </c>
       <c r="K82" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="5">
-        <v>6544</v>
+        <v>6538</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="E83" s="6"/>
       <c r="F83" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G83" s="6" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="5">
         <v>415</v>
       </c>
-      <c r="J83" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J83" s="5"/>
       <c r="K83" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="5">
-        <v>6478</v>
+        <v>6544</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="E84" s="6"/>
       <c r="F84" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G84" s="6" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="5">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="J84" s="5">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="K84" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="5">
-        <v>6511</v>
+        <v>6478</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E85" s="6"/>
       <c r="F85" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G85" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="5">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J85" s="5">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K85" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="5">
-        <v>2318</v>
+        <v>6511</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>75</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E86" s="6"/>
       <c r="F86" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G86" s="6"/>
-      <c r="H86" s="6"/>
+      <c r="G86" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I86" s="5">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="J86" s="5"/>
+        <v>411</v>
+      </c>
+      <c r="J86" s="5">
+        <v>25</v>
+      </c>
       <c r="K86" s="5">
-        <v>0</v>
+        <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="5">
-        <v>2531</v>
+        <v>2318</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E87" s="6"/>
+        <v>75</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>76</v>
+      </c>
       <c r="F87" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G87" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G87" s="6"/>
+      <c r="H87" s="6"/>
       <c r="I87" s="5">
         <v>410</v>
       </c>
-      <c r="J87" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J87" s="5"/>
       <c r="K87" s="5">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="5">
-        <v>774</v>
+        <v>2531</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E88" s="6"/>
       <c r="F88" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G88" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I88" s="5">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="J88" s="5">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K88" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="5">
-        <v>6495</v>
+        <v>774</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="E89" s="6"/>
       <c r="F89" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G89" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I89" s="5">
         <v>409</v>
       </c>
-      <c r="J89" s="5"/>
+      <c r="J89" s="5">
+        <v>34</v>
+      </c>
       <c r="K89" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="5">
-        <v>6979</v>
+        <v>6495</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="E90" s="6"/>
       <c r="F90" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G90" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="5">
-        <v>408</v>
-[...3 lines deleted...]
-      </c>
+        <v>409</v>
+      </c>
+      <c r="J90" s="5"/>
       <c r="K90" s="5">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="5">
         <v>7036</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>44</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E91" s="6"/>
       <c r="F91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G91" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>16</v>
       </c>
@@ -4390,51 +4396,51 @@
         <v>17</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E110" s="6"/>
       <c r="F110" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G110" s="6"/>
       <c r="H110" s="6"/>
       <c r="I110" s="5">
         <v>396</v>
       </c>
       <c r="J110" s="5"/>
       <c r="K110" s="5"/>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="5">
         <v>2532</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E111" s="6"/>
       <c r="F111" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I111" s="5">
         <v>395</v>
       </c>
       <c r="J111" s="5">
         <v>27</v>
       </c>
       <c r="K111" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="112" spans="1:11">
@@ -4512,51 +4518,51 @@
         <v>17</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E114" s="6"/>
       <c r="F114" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G114" s="6"/>
       <c r="H114" s="6"/>
       <c r="I114" s="5">
         <v>394</v>
       </c>
       <c r="J114" s="5"/>
       <c r="K114" s="5"/>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="5">
         <v>4263</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C115" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D115" s="6"/>
       <c r="E115" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F115" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G115" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H115" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I115" s="5">
         <v>394</v>
       </c>
       <c r="J115" s="5">
         <v>18</v>
       </c>
       <c r="K115" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:11">
@@ -4694,51 +4700,51 @@
       <c r="F120" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G120" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H120" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="5">
         <v>392</v>
       </c>
       <c r="J120" s="5"/>
       <c r="K120" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="5">
         <v>6113</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>96</v>
       </c>
       <c r="E121" s="6"/>
       <c r="F121" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G121" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H121" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="5">
         <v>390</v>
       </c>
       <c r="J121" s="5">
         <v>10</v>
       </c>
       <c r="K121" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:11">
@@ -5514,51 +5520,51 @@
       <c r="G147" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="5">
         <v>377</v>
       </c>
       <c r="J147" s="5"/>
       <c r="K147" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="5">
         <v>7460</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C148" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D148" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E148" s="6"/>
       <c r="F148" s="6"/>
       <c r="G148" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I148" s="5">
         <v>377</v>
       </c>
       <c r="J148" s="5">
         <v>17</v>
       </c>
       <c r="K148" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="5">
         <v>1511</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>12</v>
@@ -6486,51 +6492,51 @@
       </c>
       <c r="H179" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I179" s="5">
         <v>361</v>
       </c>
       <c r="J179" s="5">
         <v>27</v>
       </c>
       <c r="K179" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="5">
         <v>6976</v>
       </c>
       <c r="B180" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C180" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D180" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E180" s="6"/>
       <c r="F180" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G180" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H180" s="6" t="s">
         <v>87</v>
       </c>
       <c r="I180" s="5">
         <v>361</v>
       </c>
       <c r="J180" s="5">
         <v>30</v>
       </c>
       <c r="K180" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="5">
         <v>1123</v>
       </c>
@@ -6674,51 +6680,51 @@
       </c>
       <c r="G186" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H186" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I186" s="5">
         <v>358</v>
       </c>
       <c r="J186" s="5">
         <v>22</v>
       </c>
       <c r="K186" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" s="5">
         <v>4143</v>
       </c>
       <c r="B187" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C187" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D187" s="6"/>
       <c r="E187" s="6" t="s">
         <v>113</v>
       </c>
       <c r="F187" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G187" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H187" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I187" s="5">
         <v>357</v>
       </c>
       <c r="J187" s="5">
         <v>26</v>
       </c>
       <c r="K187" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="188" spans="1:11">
@@ -7174,51 +7180,51 @@
       <c r="F202" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G202" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H202" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I202" s="5">
         <v>352</v>
       </c>
       <c r="J202" s="5"/>
       <c r="K202" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="5">
         <v>2678</v>
       </c>
       <c r="B203" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C203" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D203" s="6" t="s">
         <v>119</v>
       </c>
       <c r="E203" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F203" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G203" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H203" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I203" s="5">
         <v>351</v>
       </c>
       <c r="J203" s="5">
         <v>23</v>
       </c>
       <c r="K203" s="5">
         <v>16</v>
       </c>
@@ -7294,51 +7300,51 @@
       <c r="D206" s="6" t="s">
         <v>121</v>
       </c>
       <c r="E206" s="6" t="s">
         <v>122</v>
       </c>
       <c r="F206" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G206" s="6"/>
       <c r="H206" s="6"/>
       <c r="I206" s="5">
         <v>350</v>
       </c>
       <c r="J206" s="5"/>
       <c r="K206" s="5"/>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="5">
         <v>4282</v>
       </c>
       <c r="B207" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C207" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D207" s="6"/>
       <c r="E207" s="6" t="s">
         <v>123</v>
       </c>
       <c r="F207" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G207" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H207" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I207" s="5">
         <v>350</v>
       </c>
       <c r="J207" s="5">
         <v>23</v>
       </c>
       <c r="K207" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="208" spans="1:11">
@@ -7842,51 +7848,51 @@
       </c>
       <c r="G224" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H224" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I224" s="5">
         <v>343</v>
       </c>
       <c r="J224" s="5">
         <v>30</v>
       </c>
       <c r="K224" s="5">
         <v>24</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" s="5">
         <v>7087</v>
       </c>
       <c r="B225" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C225" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D225" s="6"/>
       <c r="E225" s="6" t="s">
         <v>131</v>
       </c>
       <c r="F225" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G225" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H225" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I225" s="5">
         <v>343</v>
       </c>
       <c r="J225" s="5">
         <v>25</v>
       </c>
       <c r="K225" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="226" spans="1:11">
@@ -9186,51 +9192,51 @@
       <c r="F270" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G270" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H270" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I270" s="5">
         <v>324</v>
       </c>
       <c r="J270" s="5"/>
       <c r="K270" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" s="5">
         <v>4267</v>
       </c>
       <c r="B271" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C271" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D271" s="6"/>
       <c r="E271" s="6" t="s">
         <v>154</v>
       </c>
       <c r="F271" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G271" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H271" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I271" s="5">
         <v>323</v>
       </c>
       <c r="J271" s="5">
         <v>23</v>
       </c>
       <c r="K271" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:11">
@@ -9356,51 +9362,51 @@
         <v>27</v>
       </c>
       <c r="D276" s="6" t="s">
         <v>157</v>
       </c>
       <c r="E276" s="6"/>
       <c r="F276" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G276" s="6"/>
       <c r="H276" s="6"/>
       <c r="I276" s="5">
         <v>319</v>
       </c>
       <c r="J276" s="5"/>
       <c r="K276" s="5"/>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" s="5">
         <v>4254</v>
       </c>
       <c r="B277" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C277" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D277" s="6"/>
       <c r="E277" s="6" t="s">
         <v>158</v>
       </c>
       <c r="F277" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G277" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H277" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I277" s="5">
         <v>319</v>
       </c>
       <c r="J277" s="5">
         <v>18</v>
       </c>
       <c r="K277" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="278" spans="1:11">
@@ -9595,51 +9601,51 @@
       </c>
       <c r="H284" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I284" s="5">
         <v>313</v>
       </c>
       <c r="J284" s="5">
         <v>30</v>
       </c>
       <c r="K284" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" s="5">
         <v>6977</v>
       </c>
       <c r="B285" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C285" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D285" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E285" s="6"/>
       <c r="F285" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G285" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H285" s="6" t="s">
         <v>87</v>
       </c>
       <c r="I285" s="5">
         <v>313</v>
       </c>
       <c r="J285" s="5">
         <v>30</v>
       </c>
       <c r="K285" s="5">
         <v>13</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" s="5">
         <v>2222</v>
       </c>
@@ -9650,51 +9656,51 @@
         <v>27</v>
       </c>
       <c r="D286" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E286" s="6"/>
       <c r="F286" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G286" s="6"/>
       <c r="H286" s="6"/>
       <c r="I286" s="5">
         <v>312</v>
       </c>
       <c r="J286" s="5"/>
       <c r="K286" s="5"/>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" s="5">
         <v>2778</v>
       </c>
       <c r="B287" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C287" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D287" s="6" t="s">
         <v>163</v>
       </c>
       <c r="E287" s="6"/>
       <c r="F287" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G287" s="6"/>
       <c r="H287" s="6"/>
       <c r="I287" s="5">
         <v>310</v>
       </c>
       <c r="J287" s="5"/>
       <c r="K287" s="5"/>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" s="5">
         <v>5059</v>
       </c>
       <c r="B288" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C288" s="6" t="s">
         <v>44</v>
@@ -9708,51 +9714,51 @@
       </c>
       <c r="G288" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H288" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I288" s="5">
         <v>310</v>
       </c>
       <c r="J288" s="5">
         <v>34</v>
       </c>
       <c r="K288" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" s="5">
         <v>2582</v>
       </c>
       <c r="B289" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C289" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D289" s="6"/>
       <c r="E289" s="6" t="s">
         <v>164</v>
       </c>
       <c r="F289" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G289" s="6"/>
       <c r="H289" s="6"/>
       <c r="I289" s="5">
         <v>309</v>
       </c>
       <c r="J289" s="5"/>
       <c r="K289" s="5"/>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" s="5">
         <v>5204</v>
       </c>
       <c r="B290" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C290" s="6" t="s">
         <v>36</v>
@@ -9799,51 +9805,51 @@
       </c>
       <c r="G291" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H291" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I291" s="5">
         <v>309</v>
       </c>
       <c r="J291" s="5">
         <v>18</v>
       </c>
       <c r="K291" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" s="5">
         <v>4205</v>
       </c>
       <c r="B292" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C292" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D292" s="6"/>
       <c r="E292" s="6" t="s">
         <v>167</v>
       </c>
       <c r="F292" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G292" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H292" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I292" s="5">
         <v>308</v>
       </c>
       <c r="J292" s="5">
         <v>24</v>
       </c>
       <c r="K292" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="293" spans="1:11">
@@ -10070,51 +10076,51 @@
       <c r="F300" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G300" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H300" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I300" s="5">
         <v>305</v>
       </c>
       <c r="J300" s="5"/>
       <c r="K300" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" s="5">
         <v>4204</v>
       </c>
       <c r="B301" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C301" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D301" s="6"/>
       <c r="E301" s="6" t="s">
         <v>167</v>
       </c>
       <c r="F301" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G301" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H301" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I301" s="5">
         <v>303</v>
       </c>
       <c r="J301" s="5">
         <v>24</v>
       </c>
       <c r="K301" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="302" spans="1:11">
@@ -10293,2262 +10299,2295 @@
       </c>
       <c r="E307" s="6" t="s">
         <v>86</v>
       </c>
       <c r="F307" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G307" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H307" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I307" s="5">
         <v>300</v>
       </c>
       <c r="J307" s="5">
         <v>30</v>
       </c>
       <c r="K307" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" s="5">
-        <v>115</v>
+        <v>7676</v>
       </c>
       <c r="B308" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C308" s="6" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="D308" s="6" t="s">
-        <v>64</v>
-[...6 lines deleted...]
-      <c r="H308" s="6"/>
+        <v>172</v>
+      </c>
+      <c r="E308" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="F308" s="6"/>
+      <c r="G308" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H308" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I308" s="5">
-        <v>299</v>
-[...2 lines deleted...]
-      <c r="K308" s="5"/>
+        <v>300</v>
+      </c>
+      <c r="J308" s="5">
+        <v>25</v>
+      </c>
+      <c r="K308" s="5">
+        <v>9</v>
+      </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309" s="5">
-        <v>6785</v>
+        <v>115</v>
       </c>
       <c r="B309" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C309" s="6" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="D309" s="6" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="E309" s="6"/>
       <c r="F309" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G309" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G309" s="6"/>
+      <c r="H309" s="6"/>
       <c r="I309" s="5">
         <v>299</v>
       </c>
-      <c r="J309" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J309" s="5"/>
+      <c r="K309" s="5"/>
     </row>
     <row r="310" spans="1:11">
       <c r="A310" s="5">
-        <v>2779</v>
+        <v>6785</v>
       </c>
       <c r="B310" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C310" s="6" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="D310" s="6" t="s">
-        <v>163</v>
+        <v>28</v>
       </c>
       <c r="E310" s="6"/>
       <c r="F310" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G310" s="6"/>
-      <c r="H310" s="6"/>
+      <c r="G310" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H310" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I310" s="5">
-        <v>297</v>
-[...2 lines deleted...]
-      <c r="K310" s="5"/>
+        <v>299</v>
+      </c>
+      <c r="J310" s="5">
+        <v>14</v>
+      </c>
+      <c r="K310" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" s="5">
-        <v>6452</v>
+        <v>2779</v>
       </c>
       <c r="B311" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C311" s="6" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="D311" s="6" t="s">
-        <v>28</v>
+        <v>163</v>
       </c>
       <c r="E311" s="6"/>
       <c r="F311" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G311" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G311" s="6"/>
+      <c r="H311" s="6"/>
       <c r="I311" s="5">
         <v>297</v>
       </c>
-      <c r="J311" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J311" s="5"/>
+      <c r="K311" s="5"/>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" s="5">
-        <v>5948</v>
+        <v>6452</v>
       </c>
       <c r="B312" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C312" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="D312" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D312" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E312" s="6"/>
       <c r="F312" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G312" s="6" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H312" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I312" s="5">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J312" s="5">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K312" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" s="5">
-        <v>7666</v>
+        <v>5948</v>
       </c>
       <c r="B313" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C313" s="6" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D313" s="6"/>
       <c r="E313" s="6" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="F313" s="6"/>
+        <v>99</v>
+      </c>
+      <c r="F313" s="6" t="s">
+        <v>22</v>
+      </c>
       <c r="G313" s="6" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="H313" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I313" s="5">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="J313" s="5">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="K313" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" s="5">
-        <v>1503</v>
+        <v>7666</v>
       </c>
       <c r="B314" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C314" s="6" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="D314" s="6" t="s">
-        <v>45</v>
-[...6 lines deleted...]
-      <c r="H314" s="6"/>
+        <v>174</v>
+      </c>
+      <c r="E314" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="F314" s="6"/>
+      <c r="G314" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H314" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I314" s="5">
-        <v>292</v>
-[...2 lines deleted...]
-      <c r="K314" s="5"/>
+        <v>293</v>
+      </c>
+      <c r="J314" s="5">
+        <v>13</v>
+      </c>
+      <c r="K314" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" s="5">
-        <v>3745</v>
+        <v>1503</v>
       </c>
       <c r="B315" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C315" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D315" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E315" s="6"/>
       <c r="F315" s="6" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="G315" s="6"/>
+      <c r="H315" s="6"/>
       <c r="I315" s="5">
-        <v>290</v>
-[...6 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="J315" s="5"/>
+      <c r="K315" s="5"/>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" s="5">
-        <v>4988</v>
+        <v>3745</v>
       </c>
       <c r="B316" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C316" s="6" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D316" s="6"/>
       <c r="E316" s="6" t="s">
-        <v>175</v>
+        <v>108</v>
       </c>
       <c r="F316" s="6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G316" s="6" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="H316" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I316" s="5">
         <v>290</v>
       </c>
       <c r="J316" s="5">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K316" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" s="5">
-        <v>4167</v>
+        <v>4988</v>
       </c>
       <c r="B317" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C317" s="6" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D317" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D317" s="6" t="s">
+        <v>176</v>
+      </c>
       <c r="E317" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F317" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G317" s="6" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="H317" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I317" s="5">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="J317" s="5">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="K317" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" s="5">
-        <v>6492</v>
+        <v>4167</v>
       </c>
       <c r="B318" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C318" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="E318" s="6"/>
+        <v>70</v>
+      </c>
+      <c r="D318" s="6"/>
+      <c r="E318" s="6" t="s">
+        <v>178</v>
+      </c>
       <c r="F318" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G318" s="6" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H318" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I318" s="5">
         <v>289</v>
       </c>
       <c r="J318" s="5">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="K318" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" s="5">
-        <v>1264</v>
+        <v>6492</v>
       </c>
       <c r="B319" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C319" s="6" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="D319" s="6" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E319" s="6"/>
       <c r="F319" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="H319" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="G319" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H319" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I319" s="5">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="J319" s="5"/>
+        <v>289</v>
+      </c>
+      <c r="J319" s="5">
+        <v>40</v>
+      </c>
       <c r="K319" s="5">
-        <v>0</v>
+        <v>16</v>
       </c>
     </row>
     <row r="320" spans="1:11">
       <c r="A320" s="5">
-        <v>6332</v>
+        <v>1264</v>
       </c>
       <c r="B320" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C320" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D320" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E320" s="6" t="s">
-        <v>178</v>
-[...7 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="F320" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G320" s="6"/>
+      <c r="H320" s="6"/>
       <c r="I320" s="5">
         <v>288</v>
       </c>
-      <c r="J320" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J320" s="5"/>
       <c r="K320" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" s="5">
-        <v>5098</v>
+        <v>6332</v>
       </c>
       <c r="B321" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C321" s="6" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="D321" s="6" t="s">
-        <v>161</v>
+        <v>103</v>
       </c>
       <c r="E321" s="6" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="F321" s="6"/>
       <c r="G321" s="6" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H321" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I321" s="5">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J321" s="5">
         <v>27</v>
       </c>
       <c r="K321" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" s="5">
-        <v>6359</v>
+        <v>5098</v>
       </c>
       <c r="B322" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C322" s="6" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="D322" s="6" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="E322" s="6"/>
+        <v>161</v>
+      </c>
+      <c r="E322" s="6" t="s">
+        <v>171</v>
+      </c>
       <c r="F322" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G322" s="6" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="H322" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I322" s="5">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="J322" s="5"/>
+        <v>287</v>
+      </c>
+      <c r="J322" s="5">
+        <v>27</v>
+      </c>
       <c r="K322" s="5">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" s="5">
-        <v>2293</v>
+        <v>6359</v>
       </c>
       <c r="B323" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C323" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D323" s="6" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="E323" s="6"/>
       <c r="F323" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G323" s="6"/>
-      <c r="H323" s="6"/>
+      <c r="G323" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H323" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I323" s="5">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J323" s="5"/>
-      <c r="K323" s="5"/>
+      <c r="K323" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" s="5">
-        <v>491</v>
+        <v>2293</v>
       </c>
       <c r="B324" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C324" s="6" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D324" s="6" t="s">
-        <v>179</v>
+        <v>124</v>
       </c>
       <c r="E324" s="6"/>
       <c r="F324" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G324" s="6"/>
       <c r="H324" s="6"/>
       <c r="I324" s="5">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J324" s="5"/>
       <c r="K324" s="5"/>
     </row>
     <row r="325" spans="1:11">
       <c r="A325" s="5">
-        <v>1983</v>
+        <v>491</v>
       </c>
       <c r="B325" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C325" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D325" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E325" s="6"/>
       <c r="F325" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G325" s="6"/>
       <c r="H325" s="6"/>
       <c r="I325" s="5">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="J325" s="5"/>
       <c r="K325" s="5"/>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" s="5">
-        <v>5653</v>
+        <v>1983</v>
       </c>
       <c r="B326" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C326" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D326" s="6"/>
       <c r="E326" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F326" s="6" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="G326" s="6"/>
+      <c r="H326" s="6"/>
       <c r="I326" s="5">
         <v>280</v>
       </c>
-      <c r="J326" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J326" s="5"/>
+      <c r="K326" s="5"/>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" s="5">
-        <v>7206</v>
+        <v>5653</v>
       </c>
       <c r="B327" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C327" s="6" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D327" s="6"/>
       <c r="E327" s="6" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-      <c r="G327" s="6"/>
+        <v>183</v>
+      </c>
+      <c r="F327" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G327" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="H327" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I327" s="5">
         <v>280</v>
       </c>
       <c r="J327" s="5">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="K327" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" s="5">
-        <v>4229</v>
+        <v>7206</v>
       </c>
       <c r="B328" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C328" s="6" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D328" s="6"/>
+        <v>23</v>
+      </c>
+      <c r="D328" s="6" t="s">
+        <v>94</v>
+      </c>
       <c r="E328" s="6" t="s">
-        <v>182</v>
-[...6 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="F328" s="6"/>
+      <c r="G328" s="6"/>
       <c r="H328" s="6" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="I328" s="5">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J328" s="5">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K328" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" s="5">
-        <v>5203</v>
+        <v>4229</v>
       </c>
       <c r="B329" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C329" s="6" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D329" s="6"/>
       <c r="E329" s="6" t="s">
-        <v>166</v>
+        <v>184</v>
       </c>
       <c r="F329" s="6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G329" s="6" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="H329" s="6" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I329" s="5">
         <v>279</v>
       </c>
-      <c r="J329" s="5"/>
+      <c r="J329" s="5">
+        <v>19</v>
+      </c>
       <c r="K329" s="5">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" s="5">
-        <v>634</v>
+        <v>5203</v>
       </c>
       <c r="B330" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C330" s="6" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="D330" s="6" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="E330" s="6"/>
+        <v>165</v>
+      </c>
+      <c r="E330" s="6" t="s">
+        <v>166</v>
+      </c>
       <c r="F330" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G330" s="6" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="H330" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I330" s="5">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="J330" s="5"/>
       <c r="K330" s="5">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" s="5">
-        <v>7100</v>
+        <v>634</v>
       </c>
       <c r="B331" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C331" s="6" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="D331" s="6" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="E331" s="6"/>
       <c r="F331" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G331" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H331" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I331" s="5">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="J331" s="5"/>
       <c r="K331" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" s="5">
-        <v>2314</v>
+        <v>7100</v>
       </c>
       <c r="B332" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C332" s="6" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="D332" s="6" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E332" s="6"/>
+        <v>185</v>
+      </c>
+      <c r="E332" s="6" t="s">
+        <v>186</v>
+      </c>
       <c r="F332" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G332" s="6"/>
-      <c r="H332" s="6"/>
+      <c r="G332" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H332" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I332" s="5">
-        <v>274</v>
-[...2 lines deleted...]
-      <c r="K332" s="5"/>
+        <v>275</v>
+      </c>
+      <c r="J332" s="5">
+        <v>20</v>
+      </c>
+      <c r="K332" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" s="5">
-        <v>949</v>
+        <v>2314</v>
       </c>
       <c r="B333" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C333" s="6" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D333" s="6" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="E333" s="6"/>
       <c r="F333" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G333" s="6"/>
       <c r="H333" s="6"/>
       <c r="I333" s="5">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="J333" s="5"/>
       <c r="K333" s="5"/>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" s="5">
-        <v>5779</v>
+        <v>949</v>
       </c>
       <c r="B334" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C334" s="6" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D334" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E334" s="6"/>
       <c r="F334" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G334" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G334" s="6"/>
+      <c r="H334" s="6"/>
       <c r="I334" s="5">
         <v>273</v>
       </c>
-      <c r="J334" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J334" s="5"/>
+      <c r="K334" s="5"/>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" s="5">
-        <v>7205</v>
+        <v>5779</v>
       </c>
       <c r="B335" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C335" s="6" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="D335" s="6"/>
       <c r="E335" s="6" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-      <c r="G335" s="6"/>
+        <v>187</v>
+      </c>
+      <c r="F335" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G335" s="6" t="s">
+        <v>42</v>
+      </c>
       <c r="H335" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I335" s="5">
         <v>273</v>
       </c>
       <c r="J335" s="5">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K335" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" s="5">
+        <v>7205</v>
+      </c>
+      <c r="B336" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C336" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D336" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E336" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="B336" s="6" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="F336" s="6"/>
       <c r="G336" s="6"/>
-      <c r="H336" s="6"/>
+      <c r="H336" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I336" s="5">
-        <v>272</v>
-[...2 lines deleted...]
-      <c r="K336" s="5"/>
+        <v>273</v>
+      </c>
+      <c r="J336" s="5">
+        <v>21</v>
+      </c>
+      <c r="K336" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" s="5">
-        <v>5797</v>
+        <v>116</v>
       </c>
       <c r="B337" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C337" s="6" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D337" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E337" s="6"/>
       <c r="F337" s="6" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="G337" s="6"/>
+      <c r="H337" s="6"/>
       <c r="I337" s="5">
         <v>272</v>
       </c>
-      <c r="J337" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J337" s="5"/>
+      <c r="K337" s="5"/>
     </row>
     <row r="338" spans="1:11">
       <c r="A338" s="5">
-        <v>6358</v>
+        <v>5797</v>
       </c>
       <c r="B338" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C338" s="6" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="E338" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="D338" s="6"/>
+      <c r="E338" s="6" t="s">
+        <v>188</v>
+      </c>
       <c r="F338" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G338" s="6" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="H338" s="6" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I338" s="5">
         <v>272</v>
       </c>
-      <c r="J338" s="5"/>
+      <c r="J338" s="5">
+        <v>25</v>
+      </c>
       <c r="K338" s="5">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="339" spans="1:11">
       <c r="A339" s="5">
-        <v>4115</v>
+        <v>6358</v>
       </c>
       <c r="B339" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C339" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D339" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E339" s="6"/>
       <c r="F339" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G339" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H339" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I339" s="5">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="J339" s="5"/>
       <c r="K339" s="5">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" s="5">
-        <v>3389</v>
+        <v>4115</v>
       </c>
       <c r="B340" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C340" s="6" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="D340" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D340" s="6"/>
+      <c r="E340" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="E340" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F340" s="6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G340" s="6" t="s">
-        <v>191</v>
+        <v>20</v>
       </c>
       <c r="H340" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I340" s="5">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="J340" s="5">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K340" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="341" spans="1:11">
       <c r="A341" s="5">
-        <v>2533</v>
+        <v>3389</v>
       </c>
       <c r="B341" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C341" s="6" t="s">
-        <v>69</v>
+        <v>190</v>
       </c>
       <c r="D341" s="6" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="E341" s="6"/>
+        <v>191</v>
+      </c>
+      <c r="E341" s="6" t="s">
+        <v>192</v>
+      </c>
       <c r="F341" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="H341" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="G341" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="H341" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I341" s="5">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="J341" s="5"/>
+        <v>268</v>
+      </c>
+      <c r="J341" s="5">
+        <v>19</v>
+      </c>
       <c r="K341" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="342" spans="1:11">
       <c r="A342" s="5">
-        <v>4567</v>
+        <v>2533</v>
       </c>
       <c r="B342" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C342" s="6" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D342" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E342" s="6"/>
       <c r="F342" s="6" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G342" s="6"/>
+      <c r="H342" s="6"/>
       <c r="I342" s="5">
         <v>265</v>
       </c>
-      <c r="J342" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J342" s="5"/>
       <c r="K342" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:11">
       <c r="A343" s="5">
-        <v>6477</v>
+        <v>4567</v>
       </c>
       <c r="B343" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C343" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="E343" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="D343" s="6"/>
+      <c r="E343" s="6" t="s">
+        <v>194</v>
+      </c>
       <c r="F343" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G343" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H343" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I343" s="5">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="J343" s="5"/>
+        <v>265</v>
+      </c>
+      <c r="J343" s="5">
+        <v>30</v>
+      </c>
       <c r="K343" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="344" spans="1:11">
       <c r="A344" s="5">
-        <v>6540</v>
+        <v>6477</v>
       </c>
       <c r="B344" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C344" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D344" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E344" s="6"/>
       <c r="F344" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G344" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H344" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I344" s="5">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="J344" s="5"/>
       <c r="K344" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="345" spans="1:11">
       <c r="A345" s="5">
-        <v>635</v>
+        <v>6540</v>
       </c>
       <c r="B345" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C345" s="6" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D345" s="6" t="s">
-        <v>114</v>
+        <v>28</v>
       </c>
       <c r="E345" s="6"/>
       <c r="F345" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G345" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H345" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I345" s="5">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="J345" s="5"/>
       <c r="K345" s="5">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="346" spans="1:11">
       <c r="A346" s="5">
-        <v>884</v>
+        <v>635</v>
       </c>
       <c r="B346" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C346" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D346" s="6" t="s">
-        <v>193</v>
+        <v>114</v>
       </c>
       <c r="E346" s="6"/>
       <c r="F346" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G346" s="6"/>
-      <c r="H346" s="6"/>
+      <c r="G346" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H346" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I346" s="5">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="J346" s="5"/>
-      <c r="K346" s="5"/>
+      <c r="K346" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="347" spans="1:11">
       <c r="A347" s="5">
-        <v>860</v>
+        <v>884</v>
       </c>
       <c r="B347" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C347" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D347" s="6" t="s">
-        <v>71</v>
+        <v>195</v>
       </c>
       <c r="E347" s="6"/>
       <c r="F347" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G347" s="6"/>
       <c r="H347" s="6"/>
       <c r="I347" s="5">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="J347" s="5"/>
       <c r="K347" s="5"/>
     </row>
     <row r="348" spans="1:11">
       <c r="A348" s="5">
-        <v>2315</v>
+        <v>860</v>
       </c>
       <c r="B348" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C348" s="6" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D348" s="6" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="E348" s="6"/>
       <c r="F348" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G348" s="6"/>
       <c r="H348" s="6"/>
       <c r="I348" s="5">
         <v>252</v>
       </c>
       <c r="J348" s="5"/>
       <c r="K348" s="5"/>
     </row>
     <row r="349" spans="1:11">
       <c r="A349" s="5">
-        <v>5512</v>
+        <v>2315</v>
       </c>
       <c r="B349" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C349" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D349" s="6" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="E349" s="6"/>
       <c r="F349" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G349" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G349" s="6"/>
+      <c r="H349" s="6"/>
       <c r="I349" s="5">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J349" s="5"/>
-      <c r="K349" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K349" s="5"/>
     </row>
     <row r="350" spans="1:11">
       <c r="A350" s="5">
-        <v>2926</v>
+        <v>5512</v>
       </c>
       <c r="B350" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C350" s="6" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D350" s="6"/>
+        <v>23</v>
+      </c>
+      <c r="D350" s="6" t="s">
+        <v>94</v>
+      </c>
       <c r="E350" s="6" t="s">
-        <v>194</v>
+        <v>95</v>
       </c>
       <c r="F350" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="H350" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="G350" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H350" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I350" s="5">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J350" s="5"/>
       <c r="K350" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:11">
       <c r="A351" s="5">
-        <v>4682</v>
+        <v>2926</v>
       </c>
       <c r="B351" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C351" s="6" t="s">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="D351" s="6"/>
       <c r="E351" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F351" s="6" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G351" s="6"/>
+      <c r="H351" s="6"/>
       <c r="I351" s="5">
         <v>250</v>
       </c>
       <c r="J351" s="5"/>
       <c r="K351" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352" s="5">
-        <v>4116</v>
+        <v>4682</v>
       </c>
       <c r="B352" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C352" s="6" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="D352" s="6"/>
       <c r="E352" s="6" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="F352" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G352" s="6" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H352" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I352" s="5">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="J352" s="5"/>
       <c r="K352" s="5">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" s="5">
-        <v>4114</v>
+        <v>4116</v>
       </c>
       <c r="B353" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C353" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D353" s="6"/>
       <c r="E353" s="6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F353" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G353" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H353" s="6" t="s">
         <v>48</v>
       </c>
       <c r="I353" s="5">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J353" s="5">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K353" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" s="5">
-        <v>6775</v>
+        <v>4114</v>
       </c>
       <c r="B354" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C354" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="E354" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D354" s="6"/>
+      <c r="E354" s="6" t="s">
+        <v>189</v>
+      </c>
       <c r="F354" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G354" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H354" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I354" s="5">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="J354" s="5">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="K354" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" s="5">
-        <v>2169</v>
+        <v>6775</v>
       </c>
       <c r="B355" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C355" s="6" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D355" s="6" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="E355" s="6"/>
       <c r="F355" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G355" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H355" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I355" s="5">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="J355" s="5"/>
+        <v>246</v>
+      </c>
+      <c r="J355" s="5">
+        <v>8</v>
+      </c>
       <c r="K355" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="356" spans="1:11">
       <c r="A356" s="5">
-        <v>7449</v>
+        <v>2169</v>
       </c>
       <c r="B356" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C356" s="6" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="D356" s="6" t="s">
-        <v>196</v>
-[...4 lines deleted...]
-      <c r="F356" s="6"/>
+        <v>68</v>
+      </c>
+      <c r="E356" s="6"/>
+      <c r="F356" s="6" t="s">
+        <v>22</v>
+      </c>
       <c r="G356" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H356" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I356" s="5">
-        <v>241</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="J356" s="5"/>
       <c r="K356" s="5">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="357" spans="1:11">
       <c r="A357" s="5">
-        <v>6360</v>
+        <v>7449</v>
       </c>
       <c r="B357" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C357" s="6" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="D357" s="6" t="s">
-        <v>114</v>
-[...4 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="E357" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="F357" s="6"/>
       <c r="G357" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H357" s="6" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I357" s="5">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="J357" s="5"/>
+        <v>241</v>
+      </c>
+      <c r="J357" s="5">
+        <v>20</v>
+      </c>
       <c r="K357" s="5">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="358" spans="1:11">
       <c r="A358" s="5">
-        <v>6521</v>
+        <v>6360</v>
       </c>
       <c r="B358" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C358" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D358" s="6" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="E358" s="6"/>
       <c r="F358" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G358" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H358" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I358" s="5">
         <v>239</v>
       </c>
       <c r="J358" s="5"/>
       <c r="K358" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="359" spans="1:11">
       <c r="A359" s="5">
-        <v>6100</v>
+        <v>6521</v>
       </c>
       <c r="B359" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C359" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="D359" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D359" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E359" s="6"/>
       <c r="F359" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G359" s="6" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="H359" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I359" s="5">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="J359" s="5"/>
       <c r="K359" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="360" spans="1:11">
       <c r="A360" s="5">
-        <v>6781</v>
+        <v>6100</v>
       </c>
       <c r="B360" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C360" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="E360" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D360" s="6"/>
+      <c r="E360" s="6" t="s">
+        <v>200</v>
+      </c>
       <c r="F360" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G360" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H360" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I360" s="5">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="J360" s="5"/>
+        <v>236</v>
+      </c>
+      <c r="J360" s="5">
+        <v>20</v>
+      </c>
       <c r="K360" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361" s="5">
-        <v>4060</v>
+        <v>6781</v>
       </c>
       <c r="B361" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C361" s="6" t="s">
-        <v>140</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D361" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E361" s="6"/>
       <c r="F361" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G361" s="6" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H361" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I361" s="5">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="J361" s="5"/>
       <c r="K361" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="362" spans="1:11">
       <c r="A362" s="5">
-        <v>4168</v>
+        <v>4060</v>
       </c>
       <c r="B362" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C362" s="6" t="s">
-        <v>69</v>
+        <v>140</v>
       </c>
       <c r="D362" s="6"/>
       <c r="E362" s="6" t="s">
-        <v>176</v>
+        <v>201</v>
       </c>
       <c r="F362" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G362" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H362" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I362" s="5">
         <v>226</v>
       </c>
       <c r="J362" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K362" s="5">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363" s="5">
-        <v>421</v>
+        <v>4168</v>
       </c>
       <c r="B363" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C363" s="6" t="s">
-        <v>80</v>
-[...4 lines deleted...]
-      <c r="E363" s="6"/>
+        <v>70</v>
+      </c>
+      <c r="D363" s="6"/>
+      <c r="E363" s="6" t="s">
+        <v>178</v>
+      </c>
       <c r="F363" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G363" s="6"/>
-      <c r="H363" s="6"/>
+      <c r="G363" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H363" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="I363" s="5">
-        <v>210</v>
-[...2 lines deleted...]
-      <c r="K363" s="5"/>
+        <v>226</v>
+      </c>
+      <c r="J363" s="5">
+        <v>22</v>
+      </c>
+      <c r="K363" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="364" spans="1:11">
       <c r="A364" s="5">
-        <v>6499</v>
+        <v>421</v>
       </c>
       <c r="B364" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C364" s="6" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
       <c r="D364" s="6" t="s">
-        <v>28</v>
+        <v>202</v>
       </c>
       <c r="E364" s="6"/>
       <c r="F364" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G364" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G364" s="6"/>
+      <c r="H364" s="6"/>
       <c r="I364" s="5">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J364" s="5"/>
-      <c r="K364" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K364" s="5"/>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" s="5">
-        <v>6361</v>
+        <v>6499</v>
       </c>
       <c r="B365" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C365" s="6" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D365" s="6" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="E365" s="6"/>
       <c r="F365" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G365" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H365" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I365" s="5">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="J365" s="5"/>
       <c r="K365" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" s="5">
-        <v>6541</v>
+        <v>6361</v>
       </c>
       <c r="B366" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C366" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D366" s="6" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E366" s="6"/>
+        <v>114</v>
+      </c>
+      <c r="E366" s="6" t="s">
+        <v>186</v>
+      </c>
       <c r="F366" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G366" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H366" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I366" s="5">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="J366" s="5"/>
+        <v>204</v>
+      </c>
+      <c r="J366" s="5">
+        <v>20</v>
+      </c>
       <c r="K366" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367" s="5">
-        <v>3979</v>
+        <v>6541</v>
       </c>
       <c r="B367" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C367" s="6" t="s">
-        <v>140</v>
-[...4 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D367" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E367" s="6"/>
       <c r="F367" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G367" s="6" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="H367" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I367" s="5">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="J367" s="5"/>
       <c r="K367" s="5">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368" s="5">
-        <v>1223</v>
+        <v>3979</v>
       </c>
       <c r="B368" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C368" s="6" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="E368" s="6"/>
+        <v>140</v>
+      </c>
+      <c r="D368" s="6"/>
+      <c r="E368" s="6" t="s">
+        <v>203</v>
+      </c>
       <c r="F368" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G368" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H368" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I368" s="5">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="J368" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="K368" s="5">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="369" spans="1:11">
       <c r="A369" s="5">
-        <v>6469</v>
+        <v>1223</v>
       </c>
       <c r="B369" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C369" s="6" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="D369" s="6" t="s">
-        <v>28</v>
+        <v>204</v>
       </c>
       <c r="E369" s="6"/>
       <c r="F369" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G369" s="6" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H369" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I369" s="5">
         <v>174</v>
       </c>
       <c r="J369" s="5">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="K369" s="5">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370" s="5">
-        <v>6473</v>
+        <v>6469</v>
       </c>
       <c r="B370" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C370" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D370" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E370" s="6"/>
       <c r="F370" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G370" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H370" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I370" s="5">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="J370" s="5">
         <v>30</v>
       </c>
       <c r="K370" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371" s="5">
-        <v>292</v>
+        <v>6473</v>
       </c>
       <c r="B371" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C371" s="6" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D371" s="6" t="s">
-        <v>203</v>
+        <v>28</v>
       </c>
       <c r="E371" s="6"/>
       <c r="F371" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G371" s="6"/>
-      <c r="H371" s="6"/>
+      <c r="G371" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H371" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I371" s="5">
-        <v>163</v>
-[...2 lines deleted...]
-      <c r="K371" s="5"/>
+        <v>170</v>
+      </c>
+      <c r="J371" s="5">
+        <v>30</v>
+      </c>
+      <c r="K371" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="372" spans="1:11">
       <c r="A372" s="5">
-        <v>6527</v>
+        <v>292</v>
       </c>
       <c r="B372" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C372" s="6" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D372" s="6" t="s">
-        <v>28</v>
+        <v>205</v>
       </c>
       <c r="E372" s="6"/>
       <c r="F372" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G372" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G372" s="6"/>
+      <c r="H372" s="6"/>
       <c r="I372" s="5">
-        <v>123</v>
+        <v>163</v>
       </c>
       <c r="J372" s="5"/>
-      <c r="K372" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K372" s="5"/>
     </row>
     <row r="373" spans="1:11">
       <c r="A373" s="5">
-        <v>6136</v>
+        <v>6527</v>
       </c>
       <c r="B373" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C373" s="6" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D373" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E373" s="6"/>
       <c r="F373" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G373" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H373" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I373" s="5">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="J373" s="5"/>
       <c r="K373" s="5">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374" s="5">
-        <v>112</v>
+        <v>6136</v>
       </c>
       <c r="B374" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C374" s="6" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="E374" s="6"/>
+        <v>44</v>
+      </c>
+      <c r="D374" s="6"/>
+      <c r="E374" s="6" t="s">
+        <v>206</v>
+      </c>
       <c r="F374" s="6" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="H374" s="6"/>
+        <v>25</v>
+      </c>
+      <c r="G374" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H374" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I374" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="K374" s="5"/>
+        <v>122</v>
+      </c>
+      <c r="J374" s="5">
+        <v>8</v>
+      </c>
+      <c r="K374" s="5">
+        <v>3</v>
+      </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" s="5">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B375" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C375" s="6" t="s">
         <v>57</v>
       </c>
       <c r="D375" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E375" s="6"/>
       <c r="F375" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G375" s="6"/>
       <c r="H375" s="6"/>
       <c r="I375" s="5">
         <v>0</v>
       </c>
       <c r="J375" s="5"/>
       <c r="K375" s="5"/>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" s="5">
-        <v>5622</v>
+        <v>114</v>
       </c>
       <c r="B376" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C376" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D376" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E376" s="6"/>
       <c r="F376" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G376" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G376" s="6"/>
+      <c r="H376" s="6"/>
       <c r="I376" s="5">
         <v>0</v>
       </c>
       <c r="J376" s="5"/>
-      <c r="K376" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K376" s="5"/>
     </row>
     <row r="377" spans="1:11">
       <c r="A377" s="5">
-        <v>5916</v>
+        <v>5622</v>
       </c>
       <c r="B377" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C377" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D377" s="6"/>
       <c r="E377" s="6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F377" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G377" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H377" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I377" s="5">
         <v>0</v>
       </c>
       <c r="J377" s="5"/>
       <c r="K377" s="5">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378" s="5">
-        <v>6466</v>
+        <v>5916</v>
       </c>
       <c r="B378" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C378" s="6" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      <c r="E378" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D378" s="6"/>
+      <c r="E378" s="6" t="s">
+        <v>208</v>
+      </c>
       <c r="F378" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G378" s="6" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H378" s="6" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="I378" s="5">
         <v>0</v>
       </c>
-      <c r="J378" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J378" s="5"/>
       <c r="K378" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="379" spans="1:11">
       <c r="A379" s="5">
-        <v>6472</v>
+        <v>6466</v>
       </c>
       <c r="B379" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C379" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D379" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E379" s="6"/>
       <c r="F379" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G379" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H379" s="6" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I379" s="5">
         <v>0</v>
       </c>
       <c r="J379" s="5">
         <v>30</v>
       </c>
       <c r="K379" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="380" spans="1:11">
-      <c r="B380" s="7"/>
-[...5 lines deleted...]
-      <c r="H380" s="7"/>
+      <c r="A380" s="5">
+        <v>6472</v>
+      </c>
+      <c r="B380" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C380" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D380" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E380" s="6"/>
+      <c r="F380" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G380" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H380" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I380" s="5">
+        <v>0</v>
+      </c>
+      <c r="J380" s="5">
+        <v>30</v>
+      </c>
+      <c r="K380" s="5">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11">
+      <c r="B381" s="7"/>
+      <c r="C381" s="7"/>
+      <c r="D381" s="7"/>
+      <c r="E381" s="7"/>
+      <c r="F381" s="7"/>
+      <c r="G381" s="7"/>
+      <c r="H381" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">