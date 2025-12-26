--- v0 (2025-10-23)
+++ v1 (2025-12-26)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-10-23</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-12-26</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -301,50 +301,53 @@
   <si>
     <t>Rue du Trône 206</t>
   </si>
   <si>
     <t>Anderlecht</t>
   </si>
   <si>
     <t>Propriété rue de la Laiterie</t>
   </si>
   <si>
     <t>Rue de la Laiterie 57</t>
   </si>
   <si>
     <t>Avenue Cardinal Micara 68</t>
   </si>
   <si>
     <t>Champ du Vert Chasseur 38</t>
   </si>
   <si>
     <t>Université Libre de Bruxelles - Solbosch</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Adolphe Buyl </t>
   </si>
   <si>
+    <t>Parc Cherridreux</t>
+  </si>
+  <si>
     <t>Avenue Adolphe Wansart 20</t>
   </si>
   <si>
     <t>Molenbeek-Saint-Jean</t>
   </si>
   <si>
     <t>Boulevard Léopold II 161</t>
   </si>
   <si>
     <t>Avenue Winston Churchill 161-163</t>
   </si>
   <si>
     <t>Avenue du Val Fleuri 16</t>
   </si>
   <si>
     <t>Drève des Agaves 1b</t>
   </si>
   <si>
     <t xml:space="preserve">Place Jean Gabin </t>
   </si>
   <si>
     <t>Avenue Léopold Wiener 66</t>
   </si>
   <si>
     <t>En cours de procédure d'inscription sur la liste de sauvegarde mais abattu</t>
@@ -394,53 +397,50 @@
   <si>
     <t>Rue Gérard 21</t>
   </si>
   <si>
     <t>Avenue Jules César 77</t>
   </si>
   <si>
     <t>Domaine de la Magnanerie</t>
   </si>
   <si>
     <t>Avenue Minerve 39</t>
   </si>
   <si>
     <t>Domaine du Mont Saint-Alban</t>
   </si>
   <si>
     <t>Avenue Jean Sobieski 17-15-13</t>
   </si>
   <si>
     <t>Rue de Stalle 96</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue du Laerbeek </t>
   </si>
   <si>
-    <t>Parc Cherridreux</t>
-[...1 lines deleted...]
-  <si>
     <t>Drève de Dieleghem 79</t>
   </si>
   <si>
     <t>Avenue de Meysse 7</t>
   </si>
   <si>
     <t>Rue de la Sonatine 83</t>
   </si>
   <si>
     <t>Ancienne propriété Floralies</t>
   </si>
   <si>
     <t>Rue des Floralies 17</t>
   </si>
   <si>
     <t>Parc Tenreuken</t>
   </si>
   <si>
     <t xml:space="preserve">Tenreuken </t>
   </si>
   <si>
     <t>Rue François Stroobant 8</t>
   </si>
   <si>
     <t>Rue de la Réforme 17</t>
@@ -889,50 +889,53 @@
   <si>
     <t>Avenue Marie-Clotilde 2</t>
   </si>
   <si>
     <t xml:space="preserve">Rue François Delcoigne </t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Henri Liebrecht </t>
   </si>
   <si>
     <t>Avenue du Fort-Jaco 74</t>
   </si>
   <si>
     <t>Avenue Huart Hamoir et Square Riga</t>
   </si>
   <si>
     <t xml:space="preserve">Square François Riga </t>
   </si>
   <si>
     <t>Avenue de Tervueren 262</t>
   </si>
   <si>
     <t>Rue d'Oultremont 19</t>
   </si>
   <si>
+    <t>Avenue De Fré 231</t>
+  </si>
+  <si>
     <t>Drève de la Louve 6</t>
   </si>
   <si>
     <t>Rue de Livourne 37</t>
   </si>
   <si>
     <t>Rue Pierre Géruzet 23</t>
   </si>
   <si>
     <t xml:space="preserve">Site de l'Hôpital Brugmann </t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Ernest Masoin </t>
   </si>
   <si>
     <t>Square Jules Lorge</t>
   </si>
   <si>
     <t xml:space="preserve">Square Jules Lorge </t>
   </si>
   <si>
     <t>Avenue Jean Van Horenbeeck 149a</t>
   </si>
   <si>
     <t>Rue des Cultivateurs 25</t>
@@ -941,53 +944,50 @@
     <t>Avenue Blücher 150</t>
   </si>
   <si>
     <t>Boulevard Saint-Michel 24-26</t>
   </si>
   <si>
     <t>Avenue des Sorbiers 1</t>
   </si>
   <si>
     <t>Parc d'Egmont</t>
   </si>
   <si>
     <t>Rue Openveld 90-92</t>
   </si>
   <si>
     <t>Rue de la Croix 40</t>
   </si>
   <si>
     <t>Rue Joseph Stallaert 8</t>
   </si>
   <si>
     <t>Parc de l'Institut des Dames de Marie à Saint-Josse</t>
   </si>
   <si>
     <t>Chaussée de Haecht 70</t>
-  </si>
-[...1 lines deleted...]
-    <t>Avenue De Fré 231</t>
   </si>
   <si>
     <t>Avenue Van Bever 21</t>
   </si>
   <si>
     <t>Rue du Duc 133</t>
   </si>
   <si>
     <t>Parc Crickx</t>
   </si>
   <si>
     <t>Parc de l'IRSA</t>
   </si>
   <si>
     <t>Chaussée de Waterloo 1504</t>
   </si>
   <si>
     <t>Avenue du Sacré-Coeur 4</t>
   </si>
   <si>
     <t>Avenue Beau-Séjour 73</t>
   </si>
   <si>
     <t>Avenue Hamoir 45</t>
   </si>
@@ -3399,1090 +3399,1090 @@
       </c>
       <c r="E52" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G52" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="5">
         <v>446</v>
       </c>
       <c r="J52" s="5">
         <v>30</v>
       </c>
       <c r="K52" s="5">
         <v>26</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="5">
-        <v>6685</v>
+        <v>5164</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="E53" s="6"/>
       <c r="F53" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G53" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I53" s="5">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="J53" s="5"/>
+        <v>445</v>
+      </c>
+      <c r="J53" s="5">
+        <v>32</v>
+      </c>
       <c r="K53" s="5">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="5">
-        <v>7072</v>
+        <v>6685</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D54" s="6"/>
+        <v>17</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="E54" s="6" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="F54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G54" s="6" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I54" s="5">
-        <v>443</v>
-[...3 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="J54" s="5"/>
       <c r="K54" s="5">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
-        <v>7549</v>
+        <v>7072</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="D55" s="6"/>
       <c r="E55" s="6" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F55" s="6"/>
+        <v>95</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G55" s="6" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I55" s="5">
         <v>443</v>
       </c>
       <c r="J55" s="5">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="K55" s="5">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
-        <v>2781</v>
+        <v>7549</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-      <c r="F56" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D56" s="6"/>
+      <c r="E56" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="F56" s="6"/>
+      <c r="G56" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I56" s="5">
+        <v>443</v>
+      </c>
+      <c r="J56" s="5">
+        <v>22</v>
+      </c>
+      <c r="K56" s="5">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
-        <v>5920</v>
+        <v>2781</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E57" s="6"/>
       <c r="F57" s="6" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="G57" s="6"/>
+      <c r="H57" s="6"/>
       <c r="I57" s="5">
-        <v>439</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="J57" s="5"/>
       <c r="K57" s="5">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="5">
-        <v>1993</v>
+        <v>5920</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D58" s="6"/>
       <c r="E58" s="6" t="s">
         <v>98</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G58" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="5">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J58" s="5">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K58" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="5">
-        <v>5698</v>
+        <v>1993</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D59" s="6"/>
       <c r="E59" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I59" s="5">
         <v>438</v>
       </c>
       <c r="J59" s="5">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="K59" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="5">
-        <v>1540</v>
+        <v>5698</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="D60" s="6"/>
       <c r="E60" s="6" t="s">
         <v>100</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G60" s="6" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I60" s="5">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="J60" s="5">
         <v>20</v>
       </c>
       <c r="K60" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="5">
-        <v>3193</v>
+        <v>1540</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D61" s="6"/>
       <c r="E61" s="6" t="s">
         <v>101</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>102</v>
+        <v>32</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="5">
         <v>437</v>
       </c>
       <c r="J61" s="5">
+        <v>20</v>
+      </c>
+      <c r="K61" s="5">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="5">
-        <v>5425</v>
+        <v>3193</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D62" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D62" s="6"/>
+      <c r="E62" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="F62" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="E62" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F62" s="6"/>
       <c r="G62" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I62" s="5">
         <v>437</v>
       </c>
       <c r="J62" s="5">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="K62" s="5">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
-        <v>1872</v>
+        <v>5425</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D63" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>104</v>
+      </c>
       <c r="E63" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="F63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F63" s="6"/>
       <c r="G63" s="6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="5">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J63" s="5">
         <v>25</v>
       </c>
       <c r="K63" s="5">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
-        <v>4333</v>
+        <v>1872</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D64" s="6"/>
       <c r="E64" s="6" t="s">
-        <v>19</v>
+        <v>106</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I64" s="5">
         <v>436</v>
       </c>
-      <c r="J64" s="5"/>
+      <c r="J64" s="5">
+        <v>25</v>
+      </c>
       <c r="K64" s="5">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
-        <v>1996</v>
+        <v>4333</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D65" s="6"/>
+        <v>17</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="E65" s="6" t="s">
-        <v>106</v>
+        <v>19</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G65" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="5">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="J65" s="5"/>
       <c r="K65" s="5">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D66" s="6"/>
       <c r="E66" s="6" t="s">
         <v>107</v>
       </c>
       <c r="F66" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G66" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="5">
         <v>435</v>
       </c>
-      <c r="J66" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J66" s="5"/>
       <c r="K66" s="5">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="5">
-        <v>7428</v>
+        <v>2006</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D67" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" s="6"/>
+      <c r="E67" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="E67" s="6"/>
-      <c r="F67" s="6"/>
+      <c r="F67" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G67" s="6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I67" s="5">
         <v>435</v>
       </c>
       <c r="J67" s="5">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K67" s="5">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="5">
-        <v>1998</v>
+        <v>7428</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-      <c r="E68" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="D68" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="F68" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E68" s="6"/>
+      <c r="F68" s="6"/>
       <c r="G68" s="6" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I68" s="5">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="J68" s="5">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="K68" s="5">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="5">
-        <v>7308</v>
+        <v>1998</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="D69" s="6" t="s">
-[...3 lines deleted...]
-      <c r="F69" s="6"/>
+      <c r="D69" s="6"/>
+      <c r="E69" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>24</v>
+      </c>
       <c r="G69" s="6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I69" s="5">
         <v>433</v>
       </c>
       <c r="J69" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K69" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="5">
-        <v>2296</v>
+        <v>7308</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E70" s="6"/>
-      <c r="F70" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F70" s="6"/>
       <c r="G70" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="5">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="J70" s="5">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="K70" s="5">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="5">
-        <v>2485</v>
+        <v>2296</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="E71" s="6"/>
       <c r="F71" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G71" s="6" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="5">
         <v>432</v>
       </c>
       <c r="J71" s="5">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="K71" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="5">
-        <v>4144</v>
+        <v>2485</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D72" s="6"/>
+        <v>36</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>111</v>
+      </c>
       <c r="E72" s="6" t="s">
         <v>112</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G72" s="6" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I72" s="5">
         <v>432</v>
       </c>
       <c r="J72" s="5">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K72" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="5">
-        <v>1995</v>
+        <v>4144</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="D73" s="6"/>
       <c r="E73" s="6" t="s">
         <v>113</v>
       </c>
       <c r="F73" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G73" s="6" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="H73" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="5">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="J73" s="5">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="K73" s="5">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="5">
-        <v>7629</v>
+        <v>1995</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D74" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" s="6"/>
+      <c r="E74" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="E74" s="6"/>
-      <c r="F74" s="6"/>
+      <c r="F74" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G74" s="6" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I74" s="5">
         <v>431</v>
       </c>
       <c r="J74" s="5">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="K74" s="5">
         <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="5">
-        <v>4352</v>
+        <v>7629</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="E75" s="6"/>
-      <c r="F75" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F75" s="6"/>
       <c r="G75" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I75" s="5">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J75" s="5">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="K75" s="5">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
-        <v>5327</v>
+        <v>4352</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="E76" s="6"/>
       <c r="F76" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G76" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I76" s="5">
         <v>430</v>
       </c>
       <c r="J76" s="5">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K76" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
-        <v>5843</v>
+        <v>5327</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-      <c r="E77" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D77" s="6" t="s">
         <v>116</v>
       </c>
+      <c r="E77" s="6"/>
       <c r="F77" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G77" s="6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I77" s="5">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="J77" s="5">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="K77" s="5">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="5">
-        <v>1033</v>
+        <v>5843</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="D78" s="6"/>
       <c r="E78" s="6" t="s">
         <v>117</v>
       </c>
       <c r="F78" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="I78" s="5">
+        <v>429</v>
+      </c>
+      <c r="J78" s="5">
+        <v>28</v>
+      </c>
+      <c r="K78" s="5">
         <v>24</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
-        <v>2579</v>
+        <v>1033</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D79" s="6"/>
       <c r="E79" s="6" t="s">
         <v>118</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G79" s="6" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I79" s="5">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="J79" s="5">
         <v>22</v>
       </c>
       <c r="K79" s="5">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
-        <v>2934</v>
+        <v>2579</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D80" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D80" s="6"/>
+      <c r="E80" s="6" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F80" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G80" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I80" s="5">
         <v>425</v>
       </c>
       <c r="J80" s="5">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="K80" s="5">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
-        <v>698</v>
+        <v>2934</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D81" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="E81" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="E81" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G81" s="6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="5">
-        <v>421</v>
-[...1 lines deleted...]
-      <c r="J81" s="5"/>
+        <v>425</v>
+      </c>
+      <c r="J81" s="5">
+        <v>30</v>
+      </c>
       <c r="K81" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="5">
-        <v>2001</v>
+        <v>698</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D82" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>122</v>
+      </c>
       <c r="E82" s="6" t="s">
         <v>123</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G82" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I82" s="5">
         <v>421</v>
       </c>
-      <c r="J82" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J82" s="5"/>
       <c r="K82" s="5">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="5">
-        <v>5186</v>
+        <v>2001</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D83" s="6"/>
       <c r="E83" s="6" t="s">
         <v>124</v>
       </c>
       <c r="F83" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G83" s="6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I83" s="5">
         <v>421</v>
       </c>
       <c r="J83" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K83" s="5">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="5">
-        <v>5164</v>
+        <v>5186</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D84" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D84" s="6"/>
+      <c r="E84" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="E84" s="6"/>
       <c r="F84" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G84" s="6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I84" s="5">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="J84" s="5">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="K84" s="5">
-        <v>26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="5">
         <v>5612</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E85" s="6" t="s">
         <v>126</v>
       </c>
       <c r="F85" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G85" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H85" s="6" t="s">
@@ -4517,51 +4517,51 @@
       </c>
       <c r="G86" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="5">
         <v>420</v>
       </c>
       <c r="J86" s="5">
         <v>30</v>
       </c>
       <c r="K86" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="5">
         <v>6074</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D87" s="6"/>
       <c r="E87" s="6" t="s">
         <v>128</v>
       </c>
       <c r="F87" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G87" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="5">
         <v>420</v>
       </c>
       <c r="J87" s="5">
         <v>16</v>
       </c>
       <c r="K87" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="88" spans="1:11">
@@ -4915,465 +4915,465 @@
       <c r="D98" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E98" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F98" s="6" t="s">
         <v>24</v>
       </c>
       <c r="G98" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="5">
         <v>414</v>
       </c>
       <c r="J98" s="5"/>
       <c r="K98" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
-        <v>3650</v>
+        <v>6073</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>78</v>
+        <v>50</v>
       </c>
       <c r="D99" s="6"/>
       <c r="E99" s="6" t="s">
-        <v>141</v>
+        <v>91</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="G99" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="5">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="J99" s="5">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="K99" s="5">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="5">
-        <v>5914</v>
+        <v>3650</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="D100" s="6"/>
       <c r="E100" s="6" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F100" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G100" s="6" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="H100" s="6" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I100" s="5">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J100" s="5">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="K100" s="5">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="5">
-        <v>113</v>
+        <v>5914</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      <c r="E101" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D101" s="6"/>
+      <c r="E101" s="6" t="s">
+        <v>142</v>
+      </c>
       <c r="F101" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G101" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="5">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="J101" s="5">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K101" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="5">
-        <v>1860</v>
+        <v>113</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>143</v>
+        <v>109</v>
       </c>
       <c r="E102" s="6"/>
       <c r="F102" s="6" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="G102" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="5">
         <v>410</v>
       </c>
-      <c r="J102" s="5"/>
+      <c r="J102" s="5">
+        <v>28</v>
+      </c>
       <c r="K102" s="5">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="5">
-        <v>3677</v>
+        <v>1860</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="E103" s="6"/>
       <c r="F103" s="6" t="s">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="G103" s="6" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
       <c r="I103" s="5">
         <v>410</v>
       </c>
-      <c r="J103" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J103" s="5"/>
       <c r="K103" s="5">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="5">
-        <v>4576</v>
+        <v>3677</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D104" s="6"/>
+        <v>36</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>129</v>
+      </c>
       <c r="E104" s="6" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F104" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="I104" s="5">
+        <v>410</v>
+      </c>
+      <c r="J104" s="5">
         <v>24</v>
       </c>
-      <c r="G104" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K104" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="5">
-        <v>2783</v>
+        <v>4576</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="E105" s="6"/>
+        <v>17</v>
+      </c>
+      <c r="D105" s="6"/>
+      <c r="E105" s="6" t="s">
+        <v>147</v>
+      </c>
       <c r="F105" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G105" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="5">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="J105" s="5">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K105" s="5">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="5">
-        <v>2501</v>
+        <v>2783</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E106" s="6"/>
       <c r="F106" s="6" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="G106" s="6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="5">
-        <v>406</v>
-[...2 lines deleted...]
-      <c r="K106" s="5"/>
+        <v>408</v>
+      </c>
+      <c r="J106" s="5">
+        <v>25</v>
+      </c>
+      <c r="K106" s="5">
+        <v>28</v>
+      </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="5">
-        <v>5506</v>
+        <v>2501</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D107" s="6"/>
       <c r="E107" s="6" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="F107" s="6" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="G107" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I107" s="5">
         <v>406</v>
       </c>
       <c r="J107" s="5"/>
-      <c r="K107" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K107" s="5"/>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="5">
-        <v>875</v>
+        <v>5506</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E108" s="6" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="G108" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I108" s="5">
-        <v>405</v>
-[...3 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="J108" s="5"/>
       <c r="K108" s="5">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="5">
-        <v>2000</v>
+        <v>875</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D109" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>151</v>
+      </c>
       <c r="E109" s="6" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="H109" s="6"/>
+        <v>75</v>
+      </c>
+      <c r="G109" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H109" s="6" t="s">
+        <v>30</v>
+      </c>
       <c r="I109" s="5">
         <v>405</v>
       </c>
-      <c r="J109" s="5"/>
-      <c r="K109" s="5"/>
+      <c r="J109" s="5">
+        <v>15</v>
+      </c>
+      <c r="K109" s="5">
+        <v>11</v>
+      </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="5">
-        <v>6388</v>
+        <v>2000</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="E110" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D110" s="6"/>
+      <c r="E110" s="6" t="s">
+        <v>153</v>
+      </c>
       <c r="F110" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G110" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G110" s="6"/>
+      <c r="H110" s="6"/>
       <c r="I110" s="5">
         <v>405</v>
       </c>
-      <c r="J110" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J110" s="5"/>
+      <c r="K110" s="5"/>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="5">
-        <v>6073</v>
+        <v>6388</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E111" s="6"/>
       <c r="F111" s="6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G111" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="5">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="J111" s="5">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K111" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="5">
         <v>5219</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D112" s="6"/>
       <c r="E112" s="6" t="s">
         <v>155</v>
       </c>
       <c r="F112" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G112" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>16</v>
       </c>
@@ -6236,51 +6236,51 @@
       </c>
       <c r="H138" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="5">
         <v>386</v>
       </c>
       <c r="J138" s="5">
         <v>24</v>
       </c>
       <c r="K138" s="5">
         <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="5">
         <v>2909</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C139" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D139" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E139" s="6" t="s">
         <v>178</v>
       </c>
       <c r="F139" s="6" t="s">
         <v>32</v>
       </c>
       <c r="G139" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="5">
         <v>385</v>
       </c>
       <c r="J139" s="5"/>
       <c r="K139" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="5">
         <v>5096</v>
       </c>
@@ -7115,54 +7115,54 @@
       </c>
       <c r="H165" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="5">
         <v>376</v>
       </c>
       <c r="J165" s="5">
         <v>32</v>
       </c>
       <c r="K165" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="5">
         <v>2482</v>
       </c>
       <c r="B166" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C166" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D166" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E166" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F166" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G166" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H166" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="5">
         <v>376</v>
       </c>
       <c r="J166" s="5"/>
       <c r="K166" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="5">
         <v>5520</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>12</v>
       </c>
@@ -7280,54 +7280,54 @@
       </c>
       <c r="H170" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I170" s="5">
         <v>375</v>
       </c>
       <c r="J170" s="5">
         <v>22</v>
       </c>
       <c r="K170" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="5">
         <v>5430</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C171" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D171" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E171" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F171" s="6"/>
       <c r="G171" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I171" s="5">
         <v>375</v>
       </c>
       <c r="J171" s="5">
         <v>25</v>
       </c>
       <c r="K171" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="5">
         <v>2298</v>
       </c>
       <c r="B172" s="6" t="s">
         <v>12</v>
       </c>
@@ -7507,54 +7507,54 @@
       </c>
       <c r="H177" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I177" s="5">
         <v>370</v>
       </c>
       <c r="J177" s="5">
         <v>20</v>
       </c>
       <c r="K177" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="5">
         <v>2486</v>
       </c>
       <c r="B178" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C178" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D178" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E178" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F178" s="6" t="s">
         <v>24</v>
       </c>
       <c r="G178" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H178" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="5">
         <v>368</v>
       </c>
       <c r="J178" s="5">
         <v>30</v>
       </c>
       <c r="K178" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="5">
         <v>2784</v>
       </c>
       <c r="B179" s="6" t="s">
@@ -7610,54 +7610,54 @@
       </c>
       <c r="H180" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I180" s="5">
         <v>367</v>
       </c>
       <c r="J180" s="5">
         <v>20</v>
       </c>
       <c r="K180" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="5">
         <v>2908</v>
       </c>
       <c r="B181" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C181" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D181" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E181" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F181" s="6"/>
       <c r="G181" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H181" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I181" s="5">
         <v>366</v>
       </c>
       <c r="J181" s="5">
         <v>20</v>
       </c>
       <c r="K181" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="5">
         <v>3226</v>
       </c>
       <c r="B182" s="6" t="s">
         <v>12</v>
       </c>
@@ -8164,51 +8164,51 @@
       <c r="H197" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I197" s="5">
         <v>360</v>
       </c>
       <c r="J197" s="5">
         <v>24</v>
       </c>
       <c r="K197" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" s="5">
         <v>4091</v>
       </c>
       <c r="B198" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C198" s="6" t="s">
         <v>54</v>
       </c>
       <c r="D198" s="6"/>
       <c r="E198" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F198" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G198" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H198" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I198" s="5">
         <v>360</v>
       </c>
       <c r="J198" s="5">
         <v>16</v>
       </c>
       <c r="K198" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" s="5">
         <v>4711</v>
       </c>
       <c r="B199" s="6" t="s">
@@ -8220,1725 +8220,1725 @@
       <c r="D199" s="6"/>
       <c r="E199" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F199" s="6" t="s">
         <v>144</v>
       </c>
       <c r="G199" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H199" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I199" s="5">
         <v>360</v>
       </c>
       <c r="J199" s="5">
         <v>20</v>
       </c>
       <c r="K199" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="5">
-        <v>5556</v>
+        <v>5150</v>
       </c>
       <c r="B200" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C200" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="D200" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D200" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E200" s="6"/>
       <c r="F200" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G200" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H200" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I200" s="5">
         <v>360</v>
       </c>
-      <c r="J200" s="5"/>
+      <c r="J200" s="5">
+        <v>30</v>
+      </c>
       <c r="K200" s="5">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="5">
-        <v>7198</v>
+        <v>5556</v>
       </c>
       <c r="B201" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C201" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="D201" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D201" s="6"/>
       <c r="E201" s="6" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="F201" s="6"/>
+        <v>222</v>
+      </c>
+      <c r="F201" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G201" s="6" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="H201" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I201" s="5">
         <v>360</v>
       </c>
-      <c r="J201" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J201" s="5"/>
       <c r="K201" s="5">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="5">
-        <v>2002</v>
+        <v>7198</v>
       </c>
       <c r="B202" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C202" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="D202" s="6"/>
+      <c r="D202" s="6" t="s">
+        <v>223</v>
+      </c>
       <c r="E202" s="6" t="s">
-        <v>225</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="F202" s="6"/>
       <c r="G202" s="6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="H202" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I202" s="5">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="J202" s="5">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="K202" s="5">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="5">
-        <v>3947</v>
+        <v>2002</v>
       </c>
       <c r="B203" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C203" s="6" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D203" s="6"/>
       <c r="E203" s="6" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="F203" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G203" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H203" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I203" s="5">
         <v>359</v>
       </c>
       <c r="J203" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K203" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="5">
-        <v>4176</v>
+        <v>3947</v>
       </c>
       <c r="B204" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C204" s="6" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D204" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="D204" s="6" t="s">
+        <v>226</v>
+      </c>
       <c r="E204" s="6" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="F204" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G204" s="6" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H204" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I204" s="5">
         <v>359</v>
       </c>
       <c r="J204" s="5">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K204" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" s="5">
-        <v>5600</v>
+        <v>4176</v>
       </c>
       <c r="B205" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C205" s="6" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D205" s="6"/>
       <c r="E205" s="6" t="s">
-        <v>66</v>
+        <v>228</v>
       </c>
       <c r="F205" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G205" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H205" s="6" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I205" s="5">
         <v>359</v>
       </c>
       <c r="J205" s="5">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="K205" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="5">
-        <v>3589</v>
+        <v>5600</v>
       </c>
       <c r="B206" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C206" s="6" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D206" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D206" s="6" t="s">
+        <v>229</v>
+      </c>
       <c r="E206" s="6" t="s">
-        <v>230</v>
+        <v>66</v>
       </c>
       <c r="F206" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G206" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H206" s="6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I206" s="5">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J206" s="5">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K206" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="5">
-        <v>5287</v>
+        <v>3589</v>
       </c>
       <c r="B207" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C207" s="6" t="s">
-        <v>45</v>
+        <v>168</v>
       </c>
       <c r="D207" s="6"/>
       <c r="E207" s="6" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="F207" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G207" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H207" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I207" s="5">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J207" s="5">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K207" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" s="5">
-        <v>6687</v>
+        <v>5287</v>
       </c>
       <c r="B208" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C208" s="6" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D208" s="6"/>
       <c r="E208" s="6" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="F208" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G208" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H208" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I208" s="5">
         <v>357</v>
       </c>
       <c r="J208" s="5">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="K208" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="5">
-        <v>6993</v>
+        <v>6687</v>
       </c>
       <c r="B209" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C209" s="6" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="D209" s="6" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="E209" s="6"/>
+        <v>232</v>
+      </c>
+      <c r="E209" s="6" t="s">
+        <v>233</v>
+      </c>
       <c r="F209" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G209" s="6" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="H209" s="6" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I209" s="5">
         <v>357</v>
       </c>
       <c r="J209" s="5">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="K209" s="5">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="5">
-        <v>4483</v>
+        <v>6993</v>
       </c>
       <c r="B210" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C210" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D210" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E210" s="6"/>
+      <c r="F210" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G210" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H210" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="I210" s="5">
+        <v>357</v>
+      </c>
+      <c r="J210" s="5">
+        <v>25</v>
+      </c>
+      <c r="K210" s="5">
         <v>17</v>
-      </c>
-[...20 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="5">
-        <v>4484</v>
+        <v>4483</v>
       </c>
       <c r="B211" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C211" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D211" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D211" s="6"/>
       <c r="E211" s="6" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F211" s="6" t="s">
         <v>24</v>
       </c>
       <c r="G211" s="6" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="H211" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I211" s="5">
         <v>356</v>
       </c>
       <c r="J211" s="5">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K211" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="5">
-        <v>4863</v>
+        <v>4484</v>
       </c>
       <c r="B212" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C212" s="6" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D212" s="6"/>
+        <v>17</v>
+      </c>
+      <c r="D212" s="6" t="s">
+        <v>235</v>
+      </c>
       <c r="E212" s="6" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="F212" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G212" s="6" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H212" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I212" s="5">
         <v>356</v>
       </c>
       <c r="J212" s="5">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="K212" s="5">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="5">
-        <v>5482</v>
+        <v>4863</v>
       </c>
       <c r="B213" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C213" s="6" t="s">
-        <v>214</v>
+        <v>87</v>
       </c>
       <c r="D213" s="6"/>
       <c r="E213" s="6" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="F213" s="6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G213" s="6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H213" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I213" s="5">
         <v>356</v>
       </c>
       <c r="J213" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K213" s="5">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" s="5">
-        <v>5700</v>
+        <v>5482</v>
       </c>
       <c r="B214" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C214" s="6" t="s">
-        <v>87</v>
+        <v>214</v>
       </c>
       <c r="D214" s="6"/>
       <c r="E214" s="6" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="F214" s="6" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="G214" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H214" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I214" s="5">
         <v>356</v>
       </c>
       <c r="J214" s="5">
         <v>20</v>
       </c>
       <c r="K214" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="5">
-        <v>3857</v>
+        <v>5700</v>
       </c>
       <c r="B215" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C215" s="6" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="D215" s="6"/>
       <c r="E215" s="6" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F215" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G215" s="6" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="H215" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I215" s="5">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="J215" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K215" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="5">
-        <v>5390</v>
+        <v>3857</v>
       </c>
       <c r="B216" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C216" s="6" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D216" s="6"/>
       <c r="E216" s="6" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F216" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G216" s="6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H216" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I216" s="5">
         <v>355</v>
       </c>
-      <c r="J216" s="5"/>
+      <c r="J216" s="5">
+        <v>18</v>
+      </c>
       <c r="K216" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="5">
-        <v>6608</v>
+        <v>5151</v>
       </c>
       <c r="B217" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C217" s="6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="D217" s="6" t="s">
-        <v>242</v>
+        <v>94</v>
       </c>
       <c r="E217" s="6"/>
       <c r="F217" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G217" s="6" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="H217" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I217" s="5">
         <v>355</v>
       </c>
-      <c r="J217" s="5"/>
+      <c r="J217" s="5">
+        <v>30</v>
+      </c>
       <c r="K217" s="5">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" s="5">
-        <v>6705</v>
+        <v>5390</v>
       </c>
       <c r="B218" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C218" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="E218" s="6"/>
+        <v>17</v>
+      </c>
+      <c r="D218" s="6"/>
+      <c r="E218" s="6" t="s">
+        <v>241</v>
+      </c>
       <c r="F218" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G218" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H218" s="6" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I218" s="5">
         <v>355</v>
       </c>
-      <c r="J218" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J218" s="5"/>
       <c r="K218" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" s="5">
-        <v>4137</v>
+        <v>6608</v>
       </c>
       <c r="B219" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C219" s="6" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D219" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="E219" s="6"/>
       <c r="F219" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G219" s="6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="H219" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I219" s="5">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="J219" s="5"/>
       <c r="K219" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" s="5">
-        <v>3923</v>
+        <v>6705</v>
       </c>
       <c r="B220" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C220" s="6" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D220" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="E220" s="6"/>
       <c r="F220" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G220" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H220" s="6" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I220" s="5">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="J220" s="5">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K220" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" s="5">
-        <v>6629</v>
+        <v>4137</v>
       </c>
       <c r="B221" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C221" s="6" t="s">
-        <v>246</v>
-[...4 lines deleted...]
-      <c r="E221" s="6"/>
+        <v>54</v>
+      </c>
+      <c r="D221" s="6"/>
+      <c r="E221" s="6" t="s">
+        <v>244</v>
+      </c>
       <c r="F221" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G221" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H221" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I221" s="5">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="J221" s="5">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K221" s="5">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" s="5">
-        <v>5819</v>
+        <v>3923</v>
       </c>
       <c r="B222" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C222" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D222" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D222" s="6"/>
       <c r="E222" s="6" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="F222" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G222" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H222" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I222" s="5">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="J222" s="5"/>
+        <v>353</v>
+      </c>
+      <c r="J222" s="5">
+        <v>25</v>
+      </c>
       <c r="K222" s="5">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" s="5">
-        <v>7411</v>
+        <v>6629</v>
       </c>
       <c r="B223" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C223" s="6" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="D223" s="6" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="E223" s="6"/>
-      <c r="F223" s="6"/>
+      <c r="F223" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G223" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H223" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I223" s="5">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="J223" s="5">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K223" s="5">
         <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" s="5">
-        <v>4337</v>
+        <v>5819</v>
       </c>
       <c r="B224" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C224" s="6" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D224" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="D224" s="6" t="s">
+        <v>248</v>
+      </c>
       <c r="E224" s="6" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="F224" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G224" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H224" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I224" s="5">
-        <v>351</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="J224" s="5"/>
       <c r="K224" s="5">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" s="5">
-        <v>6195</v>
+        <v>7411</v>
       </c>
       <c r="B225" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C225" s="6" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D225" s="6" t="s">
-        <v>189</v>
+        <v>250</v>
       </c>
       <c r="E225" s="6"/>
-      <c r="F225" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F225" s="6"/>
       <c r="G225" s="6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H225" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I225" s="5">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="J225" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K225" s="5">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" s="5">
-        <v>6508</v>
+        <v>4337</v>
       </c>
       <c r="B226" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C226" s="6" t="s">
-        <v>168</v>
-[...4 lines deleted...]
-      <c r="E226" s="6"/>
+        <v>54</v>
+      </c>
+      <c r="D226" s="6"/>
+      <c r="E226" s="6" t="s">
+        <v>251</v>
+      </c>
       <c r="F226" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G226" s="6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H226" s="6" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I226" s="5">
         <v>351</v>
       </c>
       <c r="J226" s="5">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="K226" s="5">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" s="5">
-        <v>7429</v>
+        <v>6195</v>
       </c>
       <c r="B227" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C227" s="6" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D227" s="6" t="s">
-        <v>108</v>
+        <v>189</v>
       </c>
       <c r="E227" s="6"/>
-      <c r="F227" s="6"/>
+      <c r="F227" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G227" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H227" s="6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I227" s="5">
         <v>351</v>
       </c>
       <c r="J227" s="5">
         <v>25</v>
       </c>
       <c r="K227" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" s="5">
-        <v>2907</v>
+        <v>6508</v>
       </c>
       <c r="B228" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C228" s="6" t="s">
-        <v>50</v>
+        <v>168</v>
       </c>
       <c r="D228" s="6" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="E228" s="6"/>
       <c r="F228" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G228" s="6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="H228" s="6" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I228" s="5">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="J228" s="5">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="K228" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" s="5">
-        <v>3567</v>
+        <v>7429</v>
       </c>
       <c r="B229" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C229" s="6" t="s">
-        <v>168</v>
-[...8 lines deleted...]
-      <c r="G229" s="6"/>
+        <v>87</v>
+      </c>
+      <c r="D229" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E229" s="6"/>
+      <c r="F229" s="6"/>
+      <c r="G229" s="6" t="s">
+        <v>35</v>
+      </c>
       <c r="H229" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I229" s="5">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="J229" s="5">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="K229" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" s="5">
-        <v>4027</v>
+        <v>2907</v>
       </c>
       <c r="B230" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C230" s="6" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D230" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D230" s="6" t="s">
+        <v>122</v>
+      </c>
       <c r="E230" s="6" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F230" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G230" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H230" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I230" s="5">
         <v>350</v>
       </c>
       <c r="J230" s="5">
         <v>20</v>
       </c>
       <c r="K230" s="5">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" s="5">
-        <v>4392</v>
+        <v>3567</v>
       </c>
       <c r="B231" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C231" s="6" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D231" s="6"/>
       <c r="E231" s="6" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="F231" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G231" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G231" s="6"/>
       <c r="H231" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I231" s="5">
         <v>350</v>
       </c>
       <c r="J231" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="K231" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" s="5">
-        <v>5196</v>
+        <v>4027</v>
       </c>
       <c r="B232" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C232" s="6" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="D232" s="6"/>
       <c r="E232" s="6" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="F232" s="6" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="G232" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H232" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I232" s="5">
         <v>350</v>
       </c>
-      <c r="J232" s="5"/>
+      <c r="J232" s="5">
+        <v>20</v>
+      </c>
       <c r="K232" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" s="5">
-        <v>5834</v>
+        <v>4392</v>
       </c>
       <c r="B233" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C233" s="6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D233" s="6"/>
+        <v>45</v>
+      </c>
+      <c r="D233" s="6" t="s">
+        <v>256</v>
+      </c>
       <c r="E233" s="6" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="F233" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G233" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H233" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I233" s="5">
         <v>350</v>
       </c>
-      <c r="J233" s="5"/>
+      <c r="J233" s="5">
+        <v>20</v>
+      </c>
       <c r="K233" s="5">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" s="5">
-        <v>6296</v>
+        <v>5196</v>
       </c>
       <c r="B234" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C234" s="6" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D234" s="6"/>
       <c r="E234" s="6" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="F234" s="6"/>
+        <v>258</v>
+      </c>
+      <c r="F234" s="6" t="s">
+        <v>144</v>
+      </c>
       <c r="G234" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H234" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I234" s="5">
         <v>350</v>
       </c>
-      <c r="J234" s="5">
+      <c r="J234" s="5"/>
+      <c r="K234" s="5">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" s="5">
-        <v>7512</v>
+        <v>5834</v>
       </c>
       <c r="B235" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C235" s="6" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="D235" s="6"/>
       <c r="E235" s="6" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="F235" s="6"/>
+        <v>259</v>
+      </c>
+      <c r="F235" s="6" t="s">
+        <v>24</v>
+      </c>
       <c r="G235" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H235" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I235" s="5">
         <v>350</v>
       </c>
-      <c r="J235" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J235" s="5"/>
       <c r="K235" s="5">
-        <v>26</v>
+        <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" s="5">
-        <v>4363</v>
+        <v>6296</v>
       </c>
       <c r="B236" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C236" s="6" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D236" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D236" s="6" t="s">
+        <v>104</v>
+      </c>
       <c r="E236" s="6" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="F236" s="6"/>
       <c r="G236" s="6" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="H236" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I236" s="5">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J236" s="5">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K236" s="5">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" s="5">
-        <v>5297</v>
+        <v>7512</v>
       </c>
       <c r="B237" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C237" s="6" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D237" s="6"/>
       <c r="E237" s="6" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="F237" s="6"/>
       <c r="G237" s="6" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="H237" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I237" s="5">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J237" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K237" s="5">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" s="5">
-        <v>5699</v>
+        <v>4363</v>
       </c>
       <c r="B238" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C238" s="6" t="s">
-        <v>87</v>
+        <v>36</v>
       </c>
       <c r="D238" s="6"/>
       <c r="E238" s="6" t="s">
-        <v>99</v>
+        <v>261</v>
       </c>
       <c r="F238" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G238" s="6" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H238" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I238" s="5">
         <v>349</v>
       </c>
       <c r="J238" s="5">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K238" s="5">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" s="5">
-        <v>3383</v>
+        <v>5297</v>
       </c>
       <c r="B239" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C239" s="6" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="D239" s="6"/>
+        <v>168</v>
+      </c>
+      <c r="D239" s="6" t="s">
+        <v>216</v>
+      </c>
       <c r="E239" s="6" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="F239" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G239" s="6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="H239" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I239" s="5">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="J239" s="5">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K239" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" s="5">
-        <v>4869</v>
+        <v>5699</v>
       </c>
       <c r="B240" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C240" s="6" t="s">
-        <v>214</v>
+        <v>87</v>
       </c>
       <c r="D240" s="6"/>
       <c r="E240" s="6" t="s">
-        <v>265</v>
+        <v>100</v>
       </c>
       <c r="F240" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G240" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H240" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I240" s="5">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="J240" s="5">
         <v>20</v>
       </c>
       <c r="K240" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" s="5">
-        <v>5449</v>
+        <v>3383</v>
       </c>
       <c r="B241" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C241" s="6" t="s">
-        <v>50</v>
+        <v>263</v>
       </c>
       <c r="D241" s="6"/>
       <c r="E241" s="6" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="F241" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G241" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H241" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I241" s="5">
         <v>348</v>
       </c>
-      <c r="J241" s="5"/>
+      <c r="J241" s="5">
+        <v>18</v>
+      </c>
       <c r="K241" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" s="5">
-        <v>6822</v>
+        <v>4869</v>
       </c>
       <c r="B242" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C242" s="6" t="s">
-        <v>13</v>
+        <v>214</v>
       </c>
       <c r="D242" s="6"/>
       <c r="E242" s="6" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="F242" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G242" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H242" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I242" s="5">
         <v>348</v>
       </c>
       <c r="J242" s="5">
         <v>20</v>
       </c>
       <c r="K242" s="5">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" s="5">
-        <v>3554</v>
+        <v>5449</v>
       </c>
       <c r="B243" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C243" s="6" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="D243" s="6"/>
       <c r="E243" s="6" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="F243" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G243" s="6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H243" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I243" s="5">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="J243" s="5"/>
       <c r="K243" s="5">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" s="5">
-        <v>5009</v>
+        <v>6822</v>
       </c>
       <c r="B244" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C244" s="6" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="D244" s="6"/>
       <c r="E244" s="6" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F244" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G244" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H244" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I244" s="5">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="J244" s="5">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K244" s="5">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" s="5">
-        <v>7063</v>
+        <v>3554</v>
       </c>
       <c r="B245" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C245" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="E245" s="6"/>
+        <v>168</v>
+      </c>
+      <c r="D245" s="6"/>
+      <c r="E245" s="6" t="s">
+        <v>268</v>
+      </c>
       <c r="F245" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G245" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H245" s="6" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I245" s="5">
         <v>346</v>
       </c>
       <c r="J245" s="5">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K245" s="5">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" s="5">
-        <v>3699</v>
+        <v>5009</v>
       </c>
       <c r="B246" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C246" s="6" t="s">
-        <v>78</v>
+        <v>168</v>
       </c>
       <c r="D246" s="6"/>
       <c r="E246" s="6" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="F246" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G246" s="6" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="H246" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I246" s="5">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="J246" s="5">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="K246" s="5">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" s="5">
-        <v>4770</v>
+        <v>7063</v>
       </c>
       <c r="B247" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C247" s="6" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D247" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="E247" s="6"/>
       <c r="F247" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G247" s="6" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="H247" s="6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I247" s="5">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="J247" s="5">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="K247" s="5">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" s="5">
-        <v>5603</v>
+        <v>3699</v>
       </c>
       <c r="B248" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C248" s="6" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="D248" s="6"/>
       <c r="E248" s="6" t="s">
-        <v>66</v>
+        <v>270</v>
       </c>
       <c r="F248" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G248" s="6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H248" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I248" s="5">
         <v>345</v>
       </c>
       <c r="J248" s="5">
+        <v>12</v>
+      </c>
+      <c r="K248" s="5">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" s="5">
-        <v>5150</v>
+        <v>4770</v>
       </c>
       <c r="B249" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C249" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="E249" s="6"/>
+        <v>73</v>
+      </c>
+      <c r="D249" s="6"/>
+      <c r="E249" s="6" t="s">
+        <v>271</v>
+      </c>
       <c r="F249" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G249" s="6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H249" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I249" s="5">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="J249" s="5">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="K249" s="5">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" s="5">
-        <v>5151</v>
+        <v>5603</v>
       </c>
       <c r="B250" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C250" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D250" s="6" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="E250" s="6"/>
+        <v>229</v>
+      </c>
+      <c r="E250" s="6" t="s">
+        <v>66</v>
+      </c>
       <c r="F250" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G250" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H250" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I250" s="5">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="J250" s="5">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="K250" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" s="5">
         <v>6285</v>
       </c>
       <c r="B251" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C251" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D251" s="6" t="s">
         <v>242</v>
       </c>
       <c r="E251" s="6" t="s">
         <v>272</v>
       </c>
       <c r="F251" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G251" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H251" s="6" t="s">
@@ -10241,51 +10241,51 @@
       <c r="H260" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I260" s="5">
         <v>340</v>
       </c>
       <c r="J260" s="5">
         <v>20</v>
       </c>
       <c r="K260" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" s="5">
         <v>5188</v>
       </c>
       <c r="B261" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C261" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D261" s="6"/>
       <c r="E261" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F261" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G261" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H261" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I261" s="5">
         <v>340</v>
       </c>
       <c r="J261" s="5">
         <v>25</v>
       </c>
       <c r="K261" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" s="5">
         <v>5261</v>
       </c>
       <c r="B262" s="6" t="s">
@@ -10305,51 +10305,51 @@
         <v>21</v>
       </c>
       <c r="H262" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I262" s="5">
         <v>340</v>
       </c>
       <c r="J262" s="5"/>
       <c r="K262" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" s="5">
         <v>1994</v>
       </c>
       <c r="B263" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C263" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D263" s="6"/>
       <c r="E263" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F263" s="6" t="s">
         <v>32</v>
       </c>
       <c r="G263" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H263" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I263" s="5">
         <v>339</v>
       </c>
       <c r="J263" s="5">
         <v>25</v>
       </c>
       <c r="K263" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" s="5">
         <v>2003</v>
       </c>
       <c r="B264" s="6" t="s">
@@ -10656,1197 +10656,1197 @@
       <c r="D273" s="6"/>
       <c r="E273" s="6" t="s">
         <v>289</v>
       </c>
       <c r="F273" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G273" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H273" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I273" s="5">
         <v>337</v>
       </c>
       <c r="J273" s="5">
         <v>16</v>
       </c>
       <c r="K273" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" s="5">
-        <v>2580</v>
+        <v>5557</v>
       </c>
       <c r="B274" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C274" s="6" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="D274" s="6"/>
       <c r="E274" s="6" t="s">
-        <v>118</v>
+        <v>290</v>
       </c>
       <c r="F274" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G274" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H274" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I274" s="5">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J274" s="5">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="K274" s="5">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" s="5">
-        <v>4735</v>
+        <v>2580</v>
       </c>
       <c r="B275" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C275" s="6" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="D275" s="6"/>
       <c r="E275" s="6" t="s">
-        <v>290</v>
+        <v>119</v>
       </c>
       <c r="F275" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G275" s="6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H275" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I275" s="5">
         <v>336</v>
       </c>
-      <c r="J275" s="5"/>
+      <c r="J275" s="5">
+        <v>22</v>
+      </c>
       <c r="K275" s="5">
-        <v>0</v>
+        <v>16</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" s="5">
-        <v>4517</v>
+        <v>4735</v>
       </c>
       <c r="B276" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C276" s="6" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D276" s="6"/>
       <c r="E276" s="6" t="s">
         <v>291</v>
       </c>
       <c r="F276" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G276" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H276" s="6" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I276" s="5">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="J276" s="5"/>
       <c r="K276" s="5">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" s="5">
-        <v>4862</v>
+        <v>4517</v>
       </c>
       <c r="B277" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C277" s="6" t="s">
-        <v>87</v>
+        <v>17</v>
       </c>
       <c r="D277" s="6"/>
       <c r="E277" s="6" t="s">
-        <v>237</v>
+        <v>292</v>
       </c>
       <c r="F277" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G277" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H277" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I277" s="5">
         <v>335</v>
       </c>
       <c r="J277" s="5">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K277" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" s="5">
-        <v>4967</v>
+        <v>4862</v>
       </c>
       <c r="B278" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C278" s="6" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="D278" s="6"/>
       <c r="E278" s="6" t="s">
-        <v>212</v>
+        <v>237</v>
       </c>
       <c r="F278" s="6" t="s">
         <v>24</v>
       </c>
       <c r="G278" s="6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H278" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I278" s="5">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="J278" s="5"/>
+        <v>335</v>
+      </c>
+      <c r="J278" s="5">
+        <v>30</v>
+      </c>
       <c r="K278" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" s="5">
-        <v>3672</v>
+        <v>4967</v>
       </c>
       <c r="B279" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C279" s="6" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="D279" s="6" t="s">
-        <v>129</v>
+        <v>211</v>
       </c>
       <c r="E279" s="6" t="s">
-        <v>145</v>
+        <v>212</v>
       </c>
       <c r="F279" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G279" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H279" s="6" t="s">
-        <v>146</v>
+        <v>16</v>
       </c>
       <c r="I279" s="5">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="J279" s="5"/>
       <c r="K279" s="5">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280" s="5">
-        <v>5504</v>
+        <v>3672</v>
       </c>
       <c r="B280" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C280" s="6" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D280" s="6" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="E280" s="6" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="F280" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G280" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H280" s="6" t="s">
-        <v>26</v>
+        <v>146</v>
       </c>
       <c r="I280" s="5">
         <v>333</v>
       </c>
-      <c r="J280" s="5"/>
+      <c r="J280" s="5">
+        <v>24</v>
+      </c>
       <c r="K280" s="5">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" s="5">
-        <v>6135</v>
+        <v>5504</v>
       </c>
       <c r="B281" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C281" s="6" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="D281" s="6" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="E281" s="6"/>
+        <v>149</v>
+      </c>
+      <c r="E281" s="6" t="s">
+        <v>150</v>
+      </c>
       <c r="F281" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G281" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H281" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I281" s="5">
         <v>333</v>
       </c>
       <c r="J281" s="5"/>
       <c r="K281" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" s="5">
-        <v>3679</v>
+        <v>6135</v>
       </c>
       <c r="B282" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C282" s="6" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D282" s="6" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="E282" s="6"/>
       <c r="F282" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G282" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H282" s="6" t="s">
-        <v>146</v>
+        <v>16</v>
       </c>
       <c r="I282" s="5">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="J282" s="5"/>
       <c r="K282" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" s="5">
-        <v>4970</v>
+        <v>3679</v>
       </c>
       <c r="B283" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C283" s="6" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D283" s="6" t="s">
-        <v>211</v>
+        <v>129</v>
       </c>
       <c r="E283" s="6" t="s">
-        <v>212</v>
+        <v>145</v>
       </c>
       <c r="F283" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G283" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H283" s="6" t="s">
         <v>146</v>
       </c>
       <c r="I283" s="5">
         <v>332</v>
       </c>
-      <c r="J283" s="5"/>
+      <c r="J283" s="5">
+        <v>24</v>
+      </c>
       <c r="K283" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" s="5">
-        <v>5450</v>
+        <v>4970</v>
       </c>
       <c r="B284" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C284" s="6" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D284" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D284" s="6" t="s">
+        <v>211</v>
+      </c>
       <c r="E284" s="6" t="s">
-        <v>266</v>
+        <v>212</v>
       </c>
       <c r="F284" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G284" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H284" s="6" t="s">
-        <v>26</v>
+        <v>146</v>
       </c>
       <c r="I284" s="5">
         <v>332</v>
       </c>
       <c r="J284" s="5"/>
       <c r="K284" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" s="5">
-        <v>6836</v>
+        <v>5450</v>
       </c>
       <c r="B285" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C285" s="6" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="D285" s="6"/>
       <c r="E285" s="6" t="s">
-        <v>142</v>
+        <v>266</v>
       </c>
       <c r="F285" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G285" s="6" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H285" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I285" s="5">
         <v>332</v>
       </c>
       <c r="J285" s="5"/>
       <c r="K285" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" s="5">
-        <v>5706</v>
+        <v>6836</v>
       </c>
       <c r="B286" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C286" s="6" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="D286" s="6"/>
       <c r="E286" s="6" t="s">
-        <v>292</v>
+        <v>142</v>
       </c>
       <c r="F286" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G286" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H286" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I286" s="5">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J286" s="5"/>
       <c r="K286" s="5">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" s="5">
-        <v>6644</v>
+        <v>5706</v>
       </c>
       <c r="B287" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C287" s="6" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D287" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D287" s="6"/>
+      <c r="E287" s="6" t="s">
         <v>293</v>
       </c>
-      <c r="E287" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F287" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G287" s="6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H287" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I287" s="5">
         <v>331</v>
       </c>
-      <c r="J287" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J287" s="5"/>
       <c r="K287" s="5">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" s="5">
-        <v>2512</v>
+        <v>6644</v>
       </c>
       <c r="B288" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C288" s="6" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D288" s="6" t="s">
-        <v>176</v>
+        <v>294</v>
       </c>
       <c r="E288" s="6" t="s">
-        <v>217</v>
+        <v>295</v>
       </c>
       <c r="F288" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G288" s="6"/>
-      <c r="H288" s="6"/>
+      <c r="G288" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H288" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I288" s="5">
-        <v>330</v>
-[...2 lines deleted...]
-      <c r="K288" s="5"/>
+        <v>331</v>
+      </c>
+      <c r="J288" s="5">
+        <v>28</v>
+      </c>
+      <c r="K288" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" s="5">
-        <v>5064</v>
+        <v>2512</v>
       </c>
       <c r="B289" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C289" s="6" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D289" s="6" t="s">
-        <v>295</v>
+        <v>176</v>
       </c>
       <c r="E289" s="6" t="s">
-        <v>296</v>
+        <v>217</v>
       </c>
       <c r="F289" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G289" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G289" s="6"/>
+      <c r="H289" s="6"/>
       <c r="I289" s="5">
         <v>330</v>
       </c>
-      <c r="J289" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J289" s="5"/>
+      <c r="K289" s="5"/>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" s="5">
-        <v>5320</v>
+        <v>5064</v>
       </c>
       <c r="B290" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C290" s="6" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D290" s="6"/>
+        <v>27</v>
+      </c>
+      <c r="D290" s="6" t="s">
+        <v>296</v>
+      </c>
       <c r="E290" s="6" t="s">
         <v>297</v>
       </c>
       <c r="F290" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G290" s="6" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H290" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I290" s="5">
         <v>330</v>
       </c>
       <c r="J290" s="5">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K290" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" s="5">
-        <v>6258</v>
+        <v>5320</v>
       </c>
       <c r="B291" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C291" s="6" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="D291" s="6"/>
       <c r="E291" s="6" t="s">
-        <v>64</v>
+        <v>298</v>
       </c>
       <c r="F291" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G291" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H291" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I291" s="5">
         <v>330</v>
       </c>
       <c r="J291" s="5">
+        <v>20</v>
+      </c>
+      <c r="K291" s="5">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" s="5">
-        <v>7133</v>
+        <v>6258</v>
       </c>
       <c r="B292" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C292" s="6" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D292" s="6"/>
       <c r="E292" s="6" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="F292" s="6"/>
+        <v>64</v>
+      </c>
+      <c r="F292" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G292" s="6" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H292" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I292" s="5">
         <v>330</v>
       </c>
       <c r="J292" s="5">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="K292" s="5">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" s="5">
-        <v>4430</v>
+        <v>7133</v>
       </c>
       <c r="B293" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C293" s="6" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="D293" s="6"/>
       <c r="E293" s="6" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="F293" s="6"/>
       <c r="G293" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H293" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I293" s="5">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J293" s="5">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K293" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" s="5">
-        <v>5503</v>
+        <v>4430</v>
       </c>
       <c r="B294" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C294" s="6" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D294" s="6"/>
       <c r="E294" s="6" t="s">
-        <v>150</v>
+        <v>299</v>
       </c>
       <c r="F294" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G294" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H294" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I294" s="5">
         <v>329</v>
       </c>
-      <c r="J294" s="5"/>
+      <c r="J294" s="5">
+        <v>20</v>
+      </c>
       <c r="K294" s="5">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" s="5">
-        <v>1999</v>
+        <v>5503</v>
       </c>
       <c r="B295" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C295" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D295" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="D295" s="6" t="s">
+        <v>149</v>
+      </c>
       <c r="E295" s="6" t="s">
-        <v>299</v>
+        <v>150</v>
       </c>
       <c r="F295" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G295" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H295" s="6" t="s">
-        <v>146</v>
+        <v>26</v>
       </c>
       <c r="I295" s="5">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="J295" s="5"/>
       <c r="K295" s="5">
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" s="5">
-        <v>3917</v>
+        <v>1999</v>
       </c>
       <c r="B296" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C296" s="6" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="D296" s="6"/>
       <c r="E296" s="6" t="s">
-        <v>273</v>
+        <v>300</v>
       </c>
       <c r="F296" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G296" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H296" s="6" t="s">
-        <v>26</v>
+        <v>146</v>
       </c>
       <c r="I296" s="5">
         <v>327</v>
       </c>
       <c r="J296" s="5">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="K296" s="5">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" s="5">
-        <v>4384</v>
+        <v>3917</v>
       </c>
       <c r="B297" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C297" s="6" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D297" s="6"/>
       <c r="E297" s="6" t="s">
-        <v>300</v>
+        <v>273</v>
       </c>
       <c r="F297" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G297" s="6" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="H297" s="6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I297" s="5">
         <v>327</v>
       </c>
       <c r="J297" s="5">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="K297" s="5">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" s="5">
-        <v>6958</v>
+        <v>4384</v>
       </c>
       <c r="B298" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C298" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D298" s="6"/>
+        <v>45</v>
+      </c>
+      <c r="D298" s="6" t="s">
+        <v>256</v>
+      </c>
       <c r="E298" s="6" t="s">
         <v>301</v>
       </c>
       <c r="F298" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G298" s="6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="H298" s="6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I298" s="5">
         <v>327</v>
       </c>
       <c r="J298" s="5">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="K298" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" s="5">
-        <v>4769</v>
+        <v>6958</v>
       </c>
       <c r="B299" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C299" s="6" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="D299" s="6"/>
       <c r="E299" s="6" t="s">
-        <v>271</v>
+        <v>302</v>
       </c>
       <c r="F299" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G299" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H299" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I299" s="5">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="J299" s="5">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K299" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" s="5">
-        <v>6643</v>
+        <v>4769</v>
       </c>
       <c r="B300" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C300" s="6" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D300" s="6"/>
       <c r="E300" s="6" t="s">
-        <v>294</v>
+        <v>271</v>
       </c>
       <c r="F300" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G300" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H300" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I300" s="5">
         <v>326</v>
       </c>
       <c r="J300" s="5">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K300" s="5">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" s="5">
-        <v>633</v>
+        <v>6643</v>
       </c>
       <c r="B301" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C301" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D301" s="6" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="E301" s="6"/>
+        <v>294</v>
+      </c>
+      <c r="E301" s="6" t="s">
+        <v>295</v>
+      </c>
       <c r="F301" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G301" s="6" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="H301" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I301" s="5">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J301" s="5">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K301" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" s="5">
-        <v>4694</v>
+        <v>633</v>
       </c>
       <c r="B302" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C302" s="6" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-      <c r="E302" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D302" s="6" t="s">
         <v>303</v>
       </c>
+      <c r="E302" s="6"/>
       <c r="F302" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G302" s="6" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H302" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I302" s="5">
         <v>325</v>
       </c>
       <c r="J302" s="5">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K302" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" s="5">
-        <v>1253</v>
+        <v>4694</v>
       </c>
       <c r="B303" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C303" s="6" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="D303" s="6"/>
       <c r="E303" s="6" t="s">
         <v>304</v>
       </c>
       <c r="F303" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G303" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H303" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I303" s="5">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="J303" s="5"/>
+        <v>325</v>
+      </c>
+      <c r="J303" s="5">
+        <v>16</v>
+      </c>
       <c r="K303" s="5">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="304" spans="1:11">
       <c r="A304" s="5">
-        <v>4312</v>
+        <v>1253</v>
       </c>
       <c r="B304" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C304" s="6" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D304" s="6"/>
       <c r="E304" s="6" t="s">
-        <v>89</v>
+        <v>305</v>
       </c>
       <c r="F304" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G304" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H304" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I304" s="5">
         <v>324</v>
       </c>
-      <c r="J304" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J304" s="5"/>
       <c r="K304" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305" s="5">
-        <v>4506</v>
+        <v>4312</v>
       </c>
       <c r="B305" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C305" s="6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D305" s="6"/>
+        <v>87</v>
+      </c>
+      <c r="D305" s="6" t="s">
+        <v>88</v>
+      </c>
       <c r="E305" s="6" t="s">
-        <v>305</v>
+        <v>89</v>
       </c>
       <c r="F305" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G305" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H305" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I305" s="5">
         <v>324</v>
       </c>
       <c r="J305" s="5">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="K305" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306" s="5">
-        <v>3278</v>
+        <v>4506</v>
       </c>
       <c r="B306" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C306" s="6" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D306" s="6"/>
       <c r="E306" s="6" t="s">
-        <v>287</v>
+        <v>306</v>
       </c>
       <c r="F306" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G306" s="6" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="H306" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I306" s="5">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="J306" s="5">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="K306" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307" s="5">
-        <v>3376</v>
+        <v>3278</v>
       </c>
       <c r="B307" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C307" s="6" t="s">
-        <v>263</v>
+        <v>168</v>
       </c>
       <c r="D307" s="6" t="s">
-        <v>306</v>
+        <v>286</v>
       </c>
       <c r="E307" s="6" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="F307" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G307" s="6" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="H307" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I307" s="5">
         <v>323</v>
       </c>
-      <c r="J307" s="5"/>
+      <c r="J307" s="5">
+        <v>17</v>
+      </c>
       <c r="K307" s="5">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" s="5">
-        <v>5557</v>
+        <v>3376</v>
       </c>
       <c r="B308" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C308" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D308" s="6"/>
+        <v>263</v>
+      </c>
+      <c r="D308" s="6" t="s">
+        <v>307</v>
+      </c>
       <c r="E308" s="6" t="s">
         <v>308</v>
       </c>
       <c r="F308" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G308" s="6" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H308" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I308" s="5">
         <v>323</v>
       </c>
-      <c r="J308" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J308" s="5"/>
       <c r="K308" s="5">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309" s="5">
         <v>2007</v>
       </c>
       <c r="B309" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C309" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D309" s="6"/>
       <c r="E309" s="6" t="s">
         <v>309</v>
       </c>
       <c r="F309" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G309" s="6"/>
       <c r="H309" s="6"/>
       <c r="I309" s="5">
         <v>322</v>
       </c>
       <c r="J309" s="5"/>
@@ -12257,51 +12257,51 @@
       <c r="H322" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I322" s="5">
         <v>319</v>
       </c>
       <c r="J322" s="5">
         <v>34</v>
       </c>
       <c r="K322" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" s="5">
         <v>5187</v>
       </c>
       <c r="B323" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C323" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D323" s="6"/>
       <c r="E323" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F323" s="6" t="s">
         <v>144</v>
       </c>
       <c r="G323" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H323" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I323" s="5">
         <v>318</v>
       </c>
       <c r="J323" s="5"/>
       <c r="K323" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" s="5">
         <v>6009</v>
       </c>
       <c r="B324" s="6" t="s">
         <v>12</v>
       </c>
@@ -12645,51 +12645,51 @@
       </c>
       <c r="G334" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H334" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I334" s="5">
         <v>312</v>
       </c>
       <c r="J334" s="5">
         <v>24</v>
       </c>
       <c r="K334" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" s="5">
         <v>4926</v>
       </c>
       <c r="B335" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C335" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D335" s="6"/>
       <c r="E335" s="6" t="s">
         <v>329</v>
       </c>
       <c r="F335" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G335" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H335" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I335" s="5">
         <v>312</v>
       </c>
       <c r="J335" s="5"/>
       <c r="K335" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" s="5">
         <v>5265</v>
@@ -13240,84 +13240,84 @@
       </c>
       <c r="H352" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I352" s="5">
         <v>303</v>
       </c>
       <c r="J352" s="5">
         <v>20</v>
       </c>
       <c r="K352" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" s="5">
         <v>5358</v>
       </c>
       <c r="B353" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C353" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D353" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E353" s="6"/>
       <c r="F353" s="6" t="s">
         <v>24</v>
       </c>
       <c r="G353" s="6" t="s">
         <v>35</v>
       </c>
       <c r="H353" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I353" s="5">
         <v>303</v>
       </c>
       <c r="J353" s="5">
         <v>27</v>
       </c>
       <c r="K353" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" s="5">
         <v>117</v>
       </c>
       <c r="B354" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C354" s="6" t="s">
         <v>87</v>
       </c>
       <c r="D354" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E354" s="6"/>
       <c r="F354" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G354" s="6"/>
       <c r="H354" s="6"/>
       <c r="I354" s="5">
         <v>302</v>
       </c>
       <c r="J354" s="5"/>
       <c r="K354" s="5"/>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" s="5">
         <v>2005</v>
       </c>
       <c r="B355" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C355" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D355" s="6"/>
       <c r="E355" s="6" t="s">
@@ -13611,82 +13611,82 @@
       </c>
       <c r="G364" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H364" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I364" s="5">
         <v>300</v>
       </c>
       <c r="J364" s="5">
         <v>20</v>
       </c>
       <c r="K364" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" s="5">
         <v>4934</v>
       </c>
       <c r="B365" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C365" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D365" s="6"/>
       <c r="E365" s="6" t="s">
         <v>354</v>
       </c>
       <c r="F365" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G365" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H365" s="6" t="s">
         <v>146</v>
       </c>
       <c r="I365" s="5">
         <v>300</v>
       </c>
       <c r="J365" s="5"/>
       <c r="K365" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" s="5">
         <v>4950</v>
       </c>
       <c r="B366" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C366" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D366" s="6"/>
       <c r="E366" s="6" t="s">
         <v>355</v>
       </c>
       <c r="F366" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G366" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H366" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I366" s="5">
         <v>300</v>
       </c>
       <c r="J366" s="5">
         <v>30</v>
       </c>
       <c r="K366" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="367" spans="1:11">
@@ -13933,51 +13933,51 @@
       <c r="H374" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I374" s="5">
         <v>300</v>
       </c>
       <c r="J374" s="5">
         <v>18</v>
       </c>
       <c r="K374" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" s="5">
         <v>6957</v>
       </c>
       <c r="B375" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C375" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D375" s="6"/>
       <c r="E375" s="6" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F375" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G375" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H375" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I375" s="5">
         <v>300</v>
       </c>
       <c r="J375" s="5">
         <v>25</v>
       </c>
       <c r="K375" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" s="5">
         <v>4088</v>
       </c>
       <c r="B376" s="6" t="s">
@@ -14849,51 +14849,51 @@
       <c r="F402" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G402" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H402" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I402" s="5">
         <v>280</v>
       </c>
       <c r="J402" s="5"/>
       <c r="K402" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="403" spans="1:11">
       <c r="A403" s="5">
         <v>4927</v>
       </c>
       <c r="B403" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C403" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D403" s="6"/>
       <c r="E403" s="6" t="s">
         <v>329</v>
       </c>
       <c r="F403" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G403" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H403" s="6" t="s">
         <v>146</v>
       </c>
       <c r="I403" s="5">
         <v>280</v>
       </c>
       <c r="J403" s="5"/>
       <c r="K403" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="404" spans="1:11">
       <c r="A404" s="5">
         <v>5080</v>
@@ -15329,85 +15329,85 @@
       </c>
       <c r="H417" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I417" s="5">
         <v>273</v>
       </c>
       <c r="J417" s="5">
         <v>22</v>
       </c>
       <c r="K417" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="418" spans="1:11">
       <c r="A418" s="5">
         <v>6151</v>
       </c>
       <c r="B418" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C418" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D418" s="6" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E418" s="6"/>
       <c r="F418" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G418" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H418" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I418" s="5">
         <v>273</v>
       </c>
       <c r="J418" s="5">
         <v>25</v>
       </c>
       <c r="K418" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="419" spans="1:11">
       <c r="A419" s="5">
         <v>2581</v>
       </c>
       <c r="B419" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C419" s="6" t="s">
         <v>54</v>
       </c>
       <c r="D419" s="6"/>
       <c r="E419" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F419" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G419" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H419" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I419" s="5">
         <v>272</v>
       </c>
       <c r="J419" s="5">
         <v>20</v>
       </c>
       <c r="K419" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="420" spans="1:11">
       <c r="A420" s="5">
         <v>3558</v>
       </c>
       <c r="B420" s="6" t="s">
@@ -15890,54 +15890,54 @@
       </c>
       <c r="H434" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I434" s="5">
         <v>263</v>
       </c>
       <c r="J434" s="5">
         <v>20</v>
       </c>
       <c r="K434" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="435" spans="1:11">
       <c r="A435" s="5">
         <v>3375</v>
       </c>
       <c r="B435" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C435" s="6" t="s">
         <v>263</v>
       </c>
       <c r="D435" s="6" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E435" s="6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F435" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G435" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H435" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I435" s="5">
         <v>262</v>
       </c>
       <c r="J435" s="5">
         <v>26</v>
       </c>
       <c r="K435" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="436" spans="1:11">
       <c r="A436" s="5">
         <v>3517</v>
       </c>
       <c r="B436" s="6" t="s">
@@ -15958,51 +15958,51 @@
       </c>
       <c r="H436" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I436" s="5">
         <v>261</v>
       </c>
       <c r="J436" s="5">
         <v>19</v>
       </c>
       <c r="K436" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="437" spans="1:11">
       <c r="A437" s="5">
         <v>4470</v>
       </c>
       <c r="B437" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C437" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D437" s="6" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E437" s="6" t="s">
         <v>396</v>
       </c>
       <c r="F437" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G437" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H437" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I437" s="5">
         <v>261</v>
       </c>
       <c r="J437" s="5">
         <v>20</v>
       </c>
       <c r="K437" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="438" spans="1:11">
       <c r="A438" s="5">
@@ -16357,82 +16357,82 @@
       </c>
       <c r="G448" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H448" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I448" s="5">
         <v>250</v>
       </c>
       <c r="J448" s="5">
         <v>22</v>
       </c>
       <c r="K448" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="449" spans="1:11">
       <c r="A449" s="5">
         <v>4930</v>
       </c>
       <c r="B449" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C449" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D449" s="6"/>
       <c r="E449" s="6" t="s">
         <v>406</v>
       </c>
       <c r="F449" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G449" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H449" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I449" s="5">
         <v>250</v>
       </c>
       <c r="J449" s="5"/>
       <c r="K449" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="450" spans="1:11">
       <c r="A450" s="5">
         <v>4932</v>
       </c>
       <c r="B450" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C450" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D450" s="6"/>
       <c r="E450" s="6" t="s">
         <v>354</v>
       </c>
       <c r="F450" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G450" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H450" s="6" t="s">
         <v>146</v>
       </c>
       <c r="I450" s="5">
         <v>250</v>
       </c>
       <c r="J450" s="5"/>
       <c r="K450" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="451" spans="1:11">
       <c r="A451" s="5">
         <v>5030</v>
@@ -16733,51 +16733,51 @@
       </c>
       <c r="G460" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H460" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I460" s="5">
         <v>247</v>
       </c>
       <c r="J460" s="5">
         <v>10</v>
       </c>
       <c r="K460" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="461" spans="1:11">
       <c r="A461" s="5">
         <v>4909</v>
       </c>
       <c r="B461" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C461" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D461" s="6" t="s">
         <v>415</v>
       </c>
       <c r="E461" s="6"/>
       <c r="F461" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G461" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H461" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I461" s="5">
         <v>247</v>
       </c>
       <c r="J461" s="5">
         <v>26</v>
       </c>
       <c r="K461" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="462" spans="1:11">