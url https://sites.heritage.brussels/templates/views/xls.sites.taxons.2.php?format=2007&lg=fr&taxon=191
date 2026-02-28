--- v1 (2025-12-26)
+++ v2 (2026-02-28)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-12-26</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-02-28</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -3465,557 +3465,557 @@
       <c r="D54" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F54" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G54" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="5">
         <v>444</v>
       </c>
       <c r="J54" s="5"/>
       <c r="K54" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
-        <v>7072</v>
+        <v>7308</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="D55" s="6"/>
-[...5 lines deleted...]
-      </c>
+      <c r="D55" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E55" s="6"/>
+      <c r="F55" s="6"/>
       <c r="G55" s="6" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I55" s="5">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="J55" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K55" s="5">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
-        <v>7549</v>
+        <v>7072</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="D56" s="6"/>
       <c r="E56" s="6" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="F56" s="6"/>
+        <v>95</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G56" s="6" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I56" s="5">
         <v>443</v>
       </c>
       <c r="J56" s="5">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="K56" s="5">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
-        <v>2781</v>
+        <v>7549</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-      <c r="F57" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D57" s="6"/>
+      <c r="E57" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="F57" s="6"/>
+      <c r="G57" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I57" s="5">
+        <v>443</v>
+      </c>
+      <c r="J57" s="5">
+        <v>22</v>
+      </c>
+      <c r="K57" s="5">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="5">
-        <v>5920</v>
+        <v>2781</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E58" s="6"/>
       <c r="F58" s="6" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="G58" s="6"/>
+      <c r="H58" s="6"/>
       <c r="I58" s="5">
-        <v>439</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="J58" s="5"/>
       <c r="K58" s="5">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="5">
-        <v>1993</v>
+        <v>5920</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D59" s="6"/>
       <c r="E59" s="6" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="5">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J59" s="5">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K59" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="5">
-        <v>5698</v>
+        <v>1993</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="D60" s="6"/>
       <c r="E60" s="6" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="G60" s="6" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I60" s="5">
         <v>438</v>
       </c>
       <c r="J60" s="5">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="K60" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="5">
-        <v>1540</v>
+        <v>5698</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="D61" s="6"/>
       <c r="E61" s="6" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I61" s="5">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="J61" s="5">
         <v>20</v>
       </c>
       <c r="K61" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="5">
-        <v>3193</v>
+        <v>1540</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D62" s="6"/>
       <c r="E62" s="6" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="5">
         <v>437</v>
       </c>
       <c r="J62" s="5">
+        <v>20</v>
+      </c>
+      <c r="K62" s="5">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
-        <v>5425</v>
+        <v>3193</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D63" s="6"/>
       <c r="E63" s="6" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="F63" s="6"/>
+        <v>102</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>103</v>
+      </c>
       <c r="G63" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I63" s="5">
         <v>437</v>
       </c>
       <c r="J63" s="5">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="K63" s="5">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
-        <v>1872</v>
+        <v>5425</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D64" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>104</v>
+      </c>
       <c r="E64" s="6" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="F64" s="6"/>
       <c r="G64" s="6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I64" s="5">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J64" s="5">
         <v>25</v>
       </c>
       <c r="K64" s="5">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
-        <v>4333</v>
+        <v>1872</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D65" s="6"/>
       <c r="E65" s="6" t="s">
-        <v>19</v>
+        <v>106</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G65" s="6" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I65" s="5">
         <v>436</v>
       </c>
-      <c r="J65" s="5"/>
+      <c r="J65" s="5">
+        <v>25</v>
+      </c>
       <c r="K65" s="5">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
-        <v>1996</v>
+        <v>4333</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D66" s="6"/>
+        <v>17</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="E66" s="6" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G66" s="6" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="5">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="J66" s="5"/>
       <c r="K66" s="5">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="5">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D67" s="6"/>
       <c r="E67" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F67" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G67" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="5">
         <v>435</v>
       </c>
-      <c r="J67" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J67" s="5"/>
       <c r="K67" s="5">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="5">
-        <v>7428</v>
+        <v>2006</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>87</v>
-[...5 lines deleted...]
-      <c r="F68" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D68" s="6"/>
+      <c r="E68" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G68" s="6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I68" s="5">
         <v>435</v>
       </c>
       <c r="J68" s="5">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K68" s="5">
-        <v>15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="5">
-        <v>1998</v>
+        <v>7428</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>13</v>
-[...7 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E69" s="6"/>
+      <c r="F69" s="6"/>
       <c r="G69" s="6" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I69" s="5">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="J69" s="5">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="K69" s="5">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="5">
-        <v>7308</v>
+        <v>1998</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="D70" s="6" t="s">
-[...3 lines deleted...]
-      <c r="F70" s="6"/>
+      <c r="D70" s="6"/>
+      <c r="E70" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>24</v>
+      </c>
       <c r="G70" s="6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I70" s="5">
         <v>433</v>
       </c>
       <c r="J70" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K70" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="5">
         <v>2296</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E71" s="6"/>
       <c r="F71" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>35</v>
       </c>