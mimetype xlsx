--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -361,120 +361,120 @@
   <si>
     <t xml:space="preserve">Rue Amélie Gomand </t>
   </si>
   <si>
     <t>Rue Berkendael 193</t>
   </si>
   <si>
     <t>Parc Marconi</t>
   </si>
   <si>
     <t>Parc Solvay Sports</t>
   </si>
   <si>
     <t>Avenue du Pérou 80</t>
   </si>
   <si>
     <t>Avenue du Frêne 21</t>
   </si>
   <si>
     <t xml:space="preserve">Harenberg </t>
   </si>
   <si>
     <t>Jardins de l'Abbaye de la Cambre</t>
   </si>
   <si>
+    <t xml:space="preserve">Rue de Cortenbach </t>
+  </si>
+  <si>
+    <t>Arbre visible de la voirie, occupant une position centrale dans le paysage.</t>
+  </si>
+  <si>
     <t xml:space="preserve">Avenue Van Praet </t>
   </si>
   <si>
     <t xml:space="preserve">Place Sainte-Croix </t>
   </si>
   <si>
     <t>Avenue Huart Hamoir 32</t>
   </si>
   <si>
     <t>Clos Medicis 9</t>
   </si>
   <si>
+    <t>Avenue de l'Escrime 87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parc du Karreveld </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boulevard Louis Mettewie </t>
+  </si>
+  <si>
+    <t>Chaussée de Waterloo 411</t>
+  </si>
+  <si>
     <t xml:space="preserve">Rue des Colombophiles </t>
   </si>
   <si>
-    <t>Avenue de l'Escrime 87</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Avenue Marcel Thiry </t>
   </si>
   <si>
     <t>Avenue des Azalées 48</t>
   </si>
   <si>
+    <t>Allée H.Demarque</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chaussée de Boondael </t>
+  </si>
+  <si>
     <t>Ganshoren</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Sergent Sorensen </t>
   </si>
   <si>
     <t>Place de la Grotte et jardin public</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Léopold I </t>
   </si>
   <si>
     <t xml:space="preserve">Rue Georges De Lombaerde </t>
   </si>
   <si>
     <t>Avenue des Franciscains 3a</t>
   </si>
   <si>
-    <t xml:space="preserve">Rue de Cortenbach </t>
-[...4 lines deleted...]
-  <si>
     <t>Domaine du Mont Saint-Alban</t>
   </si>
   <si>
     <t>Avenue Jean Sobieski 17</t>
   </si>
   <si>
     <t>Cimetière de Laeken</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Chaussée de Boondael </t>
   </si>
   <si>
     <t>Cimetière de Saint-Josse-ten-Noode</t>
   </si>
   <si>
     <t>Rue Henri Chomé 9</t>
   </si>
   <si>
     <t>Abords de l'Eglise Notre-Dame de Laeken</t>
   </si>
   <si>
     <t>Parc du Manoir d'Anjou</t>
   </si>
   <si>
     <t>Jardin de la Tour Japonaise</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Jules Van Praet </t>
   </si>
   <si>
     <t>Parc de Roodebeek - partie Sud</t>
   </si>
   <si>
     <t>Avenue des Sorbiers 5b</t>
   </si>
@@ -3444,445 +3444,447 @@
         <v>1224</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>113</v>
       </c>
       <c r="E79" s="6"/>
       <c r="F79" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="6"/>
       <c r="H79" s="6"/>
       <c r="I79" s="5">
         <v>276</v>
       </c>
       <c r="J79" s="5"/>
       <c r="K79" s="5"/>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
-        <v>5462</v>
+        <v>4894</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D80" s="6"/>
       <c r="E80" s="6" t="s">
         <v>114</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="G80" s="6" t="s">
-        <v>20</v>
+        <v>115</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I80" s="5">
         <v>273</v>
       </c>
-      <c r="J80" s="5"/>
+      <c r="J80" s="5">
+        <v>18</v>
+      </c>
       <c r="K80" s="5">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
-        <v>1288</v>
+        <v>5462</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="D81" s="6"/>
       <c r="E81" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F81" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I81" s="5">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="J81" s="5"/>
       <c r="K81" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="5">
-        <v>3271</v>
+        <v>1288</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="D82" s="6"/>
       <c r="E82" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="I82" s="5">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J82" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K82" s="5">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="5">
-        <v>451</v>
+        <v>3271</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="I83" s="5">
+        <v>271</v>
+      </c>
+      <c r="J83" s="5">
         <v>18</v>
       </c>
-      <c r="D83" s="6" t="s">
-[...12 lines deleted...]
-      <c r="K83" s="5"/>
+      <c r="K83" s="5">
+        <v>1</v>
+      </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="5">
-        <v>4664</v>
+        <v>451</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E84" s="6"/>
       <c r="F84" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G84" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G84" s="6"/>
+      <c r="H84" s="6"/>
       <c r="I84" s="5">
         <v>270</v>
       </c>
-      <c r="J84" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J84" s="5"/>
+      <c r="K84" s="5"/>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="5">
-        <v>5135</v>
+        <v>4664</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="E85" s="6"/>
+        <v>88</v>
+      </c>
+      <c r="D85" s="6"/>
+      <c r="E85" s="6" t="s">
+        <v>119</v>
+      </c>
       <c r="F85" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="6" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="I85" s="5">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="J85" s="5"/>
+        <v>270</v>
+      </c>
+      <c r="J85" s="5">
+        <v>15</v>
+      </c>
       <c r="K85" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="5">
-        <v>6162</v>
+        <v>5135</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="E86" s="6"/>
       <c r="F86" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="I86" s="5">
         <v>268</v>
       </c>
       <c r="J86" s="5"/>
       <c r="K86" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="5">
-        <v>6163</v>
+        <v>6162</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E87" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F87" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I87" s="5">
         <v>268</v>
       </c>
       <c r="J87" s="5"/>
       <c r="K87" s="5">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="5">
-        <v>6631</v>
+        <v>6163</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E88" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>61</v>
+      </c>
       <c r="F88" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G88" s="6" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I88" s="5">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="J88" s="5"/>
       <c r="K88" s="5">
-        <v>21</v>
+        <v>10</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="5">
-        <v>7517</v>
+        <v>6631</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-      <c r="F89" s="6"/>
+        <v>66</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E89" s="6"/>
+      <c r="F89" s="6" t="s">
+        <v>15</v>
+      </c>
       <c r="G89" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I89" s="5">
         <v>266</v>
       </c>
       <c r="J89" s="5">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="K89" s="5">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="5">
         <v>4188</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D90" s="6"/>
       <c r="E90" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F90" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="5">
         <v>265</v>
       </c>
       <c r="J90" s="5">
         <v>23</v>
       </c>
       <c r="K90" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="5">
         <v>6168</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F91" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I91" s="5">
         <v>264</v>
       </c>
       <c r="J91" s="5"/>
       <c r="K91" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="5">
         <v>6883</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D92" s="6"/>
       <c r="E92" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F92" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="5">
         <v>264</v>
       </c>
       <c r="J92" s="5">
         <v>20</v>
       </c>
       <c r="K92" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="5">
         <v>555</v>
       </c>
       <c r="B93" s="6" t="s">
@@ -3919,637 +3921,635 @@
       <c r="D94" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E94" s="6"/>
       <c r="F94" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I94" s="5">
         <v>263</v>
       </c>
       <c r="J94" s="5">
         <v>32</v>
       </c>
       <c r="K94" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="5">
-        <v>3896</v>
+        <v>7517</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="D95" s="6"/>
       <c r="E95" s="6" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="F95" s="6"/>
       <c r="G95" s="6" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="5">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J95" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="K95" s="5">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="5">
-        <v>5079</v>
+        <v>3896</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="D96" s="6"/>
-      <c r="E96" s="6"/>
+      <c r="E96" s="6" t="s">
+        <v>125</v>
+      </c>
       <c r="F96" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G96" s="6" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I96" s="5">
         <v>262</v>
       </c>
-      <c r="J96" s="5"/>
+      <c r="J96" s="5">
+        <v>16</v>
+      </c>
       <c r="K96" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="5">
-        <v>779</v>
+        <v>5079</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D97" s="6"/>
       <c r="E97" s="6"/>
       <c r="F97" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G97" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I97" s="5">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J97" s="5"/>
       <c r="K97" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="5">
-        <v>2786</v>
+        <v>779</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="E98" s="6"/>
       <c r="F98" s="6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="H98" s="6"/>
+        <v>73</v>
+      </c>
+      <c r="G98" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I98" s="5">
         <v>261</v>
       </c>
       <c r="J98" s="5"/>
-      <c r="K98" s="5"/>
+      <c r="K98" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
-        <v>2787</v>
+        <v>2786</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E99" s="6"/>
       <c r="F99" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G99" s="6"/>
       <c r="H99" s="6"/>
       <c r="I99" s="5">
         <v>261</v>
       </c>
       <c r="J99" s="5"/>
       <c r="K99" s="5"/>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="5">
-        <v>417</v>
+        <v>2787</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="E100" s="6"/>
       <c r="F100" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G100" s="6"/>
       <c r="H100" s="6"/>
       <c r="I100" s="5">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J100" s="5"/>
-      <c r="K100" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K100" s="5"/>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="5">
-        <v>1441</v>
+        <v>417</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="E101" s="6"/>
       <c r="F101" s="6" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="G101" s="6"/>
       <c r="H101" s="6"/>
       <c r="I101" s="5">
         <v>260</v>
       </c>
       <c r="J101" s="5"/>
-      <c r="K101" s="5"/>
+      <c r="K101" s="5">
+        <v>0</v>
+      </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="5">
-        <v>3826</v>
+        <v>1441</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E102" s="6"/>
       <c r="F102" s="6" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G102" s="6"/>
+      <c r="H102" s="6"/>
       <c r="I102" s="5">
         <v>260</v>
       </c>
-      <c r="J102" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J102" s="5"/>
+      <c r="K102" s="5"/>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="5">
-        <v>4791</v>
+        <v>3826</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="D103" s="6"/>
       <c r="E103" s="6" t="s">
         <v>126</v>
       </c>
       <c r="F103" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G103" s="6" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="5">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J103" s="5">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K103" s="5">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="5">
-        <v>6860</v>
+        <v>3027</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="6" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E104" s="6" t="s">
         <v>128</v>
       </c>
       <c r="F104" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G104" s="6"/>
+      <c r="G104" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="H104" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I104" s="5">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J104" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K104" s="5">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="5">
-        <v>3627</v>
+        <v>4791</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>57</v>
+        <v>129</v>
       </c>
       <c r="D105" s="6"/>
       <c r="E105" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F105" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I105" s="5">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="J105" s="5">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K105" s="5">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="5">
-        <v>5457</v>
+        <v>6860</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D106" s="6"/>
+        <v>91</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>131</v>
+      </c>
       <c r="E106" s="6" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="F106" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G106" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G106" s="6"/>
       <c r="H106" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="I106" s="5">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="J106" s="5"/>
+        <v>259</v>
+      </c>
+      <c r="J106" s="5">
+        <v>25</v>
+      </c>
       <c r="K106" s="5">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="5">
-        <v>6742</v>
+        <v>3627</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="D107" s="6"/>
       <c r="E107" s="6" t="s">
-        <v>87</v>
+        <v>133</v>
       </c>
       <c r="F107" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I107" s="5">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J107" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K107" s="5">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="5">
-        <v>4152</v>
+        <v>5457</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="D108" s="6"/>
       <c r="E108" s="6" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="F108" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G108" s="6" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I108" s="5">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="J108" s="5"/>
       <c r="K108" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="5">
-        <v>4894</v>
+        <v>6742</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>18</v>
+        <v>75</v>
       </c>
       <c r="D109" s="6"/>
       <c r="E109" s="6" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G109" s="6" t="s">
-        <v>132</v>
+        <v>20</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="5">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="J109" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K109" s="5">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="5">
-        <v>5436</v>
+        <v>4152</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D110" s="6"/>
       <c r="E110" s="6" t="s">
         <v>134</v>
       </c>
       <c r="F110" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G110" s="6" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="5">
         <v>253</v>
       </c>
       <c r="J110" s="5">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="K110" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="5">
-        <v>6812</v>
+        <v>5436</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="E111" s="6"/>
+      <c r="E111" s="6" t="s">
+        <v>136</v>
+      </c>
       <c r="F111" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G111" s="6" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="5">
         <v>253</v>
       </c>
-      <c r="J111" s="5"/>
+      <c r="J111" s="5">
+        <v>20</v>
+      </c>
       <c r="K111" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="5">
-        <v>4153</v>
+        <v>6812</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E112" s="6"/>
       <c r="F112" s="6" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="G112" s="6" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="H112" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I112" s="5">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="J112" s="5"/>
       <c r="K112" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="5">
-        <v>3027</v>
+        <v>4153</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="6" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D113" s="6"/>
       <c r="E113" s="6" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F113" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="6" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I113" s="5">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J113" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K113" s="5">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="5">
         <v>3522</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>24</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>138</v>
       </c>
       <c r="E114" s="6" t="s">
         <v>139</v>
       </c>
       <c r="F114" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G114" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H114" s="6" t="s">
@@ -4796,51 +4796,51 @@
       </c>
       <c r="H122" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I122" s="5">
         <v>240</v>
       </c>
       <c r="J122" s="5">
         <v>28</v>
       </c>
       <c r="K122" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="5">
         <v>1580</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D123" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E123" s="6"/>
       <c r="F123" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G123" s="6"/>
       <c r="H123" s="6"/>
       <c r="I123" s="5">
         <v>239</v>
       </c>
       <c r="J123" s="5"/>
       <c r="K123" s="5"/>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="5">
         <v>4592</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D124" s="6"/>
       <c r="E124" s="6" t="s">
@@ -5592,54 +5592,54 @@
       </c>
       <c r="H148" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="5">
         <v>209</v>
       </c>
       <c r="J148" s="5">
         <v>15</v>
       </c>
       <c r="K148" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="5">
         <v>3026</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D149" s="6" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="E149" s="6" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="F149" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G149" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I149" s="5">
         <v>207</v>
       </c>
       <c r="J149" s="5">
         <v>17</v>
       </c>
       <c r="K149" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="5">
         <v>6224</v>
       </c>
       <c r="B150" s="6" t="s">
@@ -5995,51 +5995,51 @@
       </c>
       <c r="H161" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="5">
         <v>181</v>
       </c>
       <c r="J161" s="5">
         <v>16</v>
       </c>
       <c r="K161" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="5">
         <v>1581</v>
       </c>
       <c r="B162" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D162" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E162" s="6"/>
       <c r="F162" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G162" s="6"/>
       <c r="H162" s="6"/>
       <c r="I162" s="5">
         <v>168</v>
       </c>
       <c r="J162" s="5"/>
       <c r="K162" s="5"/>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="5">
         <v>2923</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C163" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D163" s="6"/>
       <c r="E163" s="6" t="s">
@@ -6226,84 +6226,84 @@
         <v>30</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>179</v>
       </c>
       <c r="E169" s="6"/>
       <c r="F169" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G169" s="6"/>
       <c r="H169" s="6"/>
       <c r="I169" s="5">
         <v>0</v>
       </c>
       <c r="J169" s="5"/>
       <c r="K169" s="5"/>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="5">
         <v>4795</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C170" s="6" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D170" s="6"/>
       <c r="E170" s="6" t="s">
         <v>180</v>
       </c>
       <c r="F170" s="6" t="s">
         <v>32</v>
       </c>
       <c r="G170" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="5">
         <v>0</v>
       </c>
       <c r="J170" s="5">
         <v>13</v>
       </c>
       <c r="K170" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="5">
         <v>4796</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C171" s="6" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D171" s="6"/>
       <c r="E171" s="6" t="s">
         <v>181</v>
       </c>
       <c r="F171" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G171" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="5">
         <v>0</v>
       </c>
       <c r="J171" s="5"/>
       <c r="K171" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="B172" s="7"/>
       <c r="C172" s="7"/>