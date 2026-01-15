--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>