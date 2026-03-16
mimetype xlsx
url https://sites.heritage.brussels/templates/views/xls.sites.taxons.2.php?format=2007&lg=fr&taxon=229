--- v1 (2026-01-15)
+++ v2 (2026-03-16)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -172,102 +172,102 @@
   <si>
     <t>Avenue Georges Henri 251b</t>
   </si>
   <si>
     <t>Inventorié mais abattu</t>
   </si>
   <si>
     <t>Rue Docteur Jacobs 4</t>
   </si>
   <si>
     <t>Schaerbeek</t>
   </si>
   <si>
     <t>Jardin de la Maison des Arts</t>
   </si>
   <si>
     <t>Avenue de Roodebeek 103</t>
   </si>
   <si>
     <t>Proposition d'ouverture de procédure d'inscription sur la liste de sauvegarde</t>
   </si>
   <si>
     <t xml:space="preserve">Rue de la Laiterie </t>
   </si>
   <si>
+    <t>Place des Palais 7</t>
+  </si>
+  <si>
     <t>Avenue Huart Hamoir et Square Riga</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Huart Hamoir </t>
   </si>
   <si>
     <t>Arbre visible de la voirie, occupant une position centrale dans le paysage.</t>
   </si>
   <si>
     <t>Avenue Louise 415</t>
   </si>
   <si>
     <t>Molenbeek-Saint-Jean</t>
   </si>
   <si>
     <t>Rue Vandernoot 29</t>
   </si>
   <si>
     <t>Rue François Debelder 10</t>
   </si>
   <si>
     <t>Rue de la Croix 37</t>
   </si>
   <si>
     <t xml:space="preserve">Rue de la Croix </t>
   </si>
   <si>
     <t>Rue Franz Merjay 7</t>
   </si>
   <si>
     <t>Avenue Louis Bertrand 37</t>
   </si>
   <si>
     <t>Saint-Gilles</t>
   </si>
   <si>
     <t>Rue de la Victoire 213</t>
   </si>
   <si>
     <t>Saint-Josse-Ten-Noode</t>
   </si>
   <si>
     <t>Square Henri Frick</t>
   </si>
   <si>
     <t xml:space="preserve">Square Henri Frick </t>
   </si>
   <si>
     <t>Rue Gillon 79</t>
-  </si>
-[...1 lines deleted...]
-    <t>Place des Palais 7</t>
   </si>
   <si>
     <t>Jardins de l'Abbaye de la Cambre</t>
   </si>
   <si>
     <t>Chaussée de Roodebeek 103</t>
   </si>
   <si>
     <t>Rue Ortélius 4</t>
   </si>
   <si>
     <t>Avenue Général Eisenhower 52</t>
   </si>
   <si>
     <t xml:space="preserve">Square de l'Arbalète </t>
   </si>
   <si>
     <t>Avenue Général Médecin Derache 8</t>
   </si>
   <si>
     <t>Woluwé-Saint-Pierre</t>
   </si>
   <si>
     <t>Parc du Manoir d'Anjou</t>
   </si>
@@ -1237,603 +1237,603 @@
       <c r="D18" s="6"/>
       <c r="E18" s="6" t="s">
         <v>50</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>41</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="5">
         <v>99</v>
       </c>
       <c r="J18" s="5">
         <v>8</v>
       </c>
       <c r="K18" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
-        <v>3283</v>
+        <v>6677</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D19" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D19" s="6"/>
+      <c r="E19" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="E19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I19" s="5">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J19" s="5">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K19" s="5">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
-        <v>4477</v>
+        <v>3283</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D20" s="6"/>
+        <v>46</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>52</v>
+      </c>
       <c r="E20" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G20" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="F20" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H20" s="6" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I20" s="5">
         <v>97</v>
       </c>
       <c r="J20" s="5">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="K20" s="5">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
-        <v>4956</v>
+        <v>4477</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="D21" s="6"/>
       <c r="E21" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="5">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="J21" s="5">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K21" s="5">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
-        <v>6746</v>
+        <v>4956</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="D22" s="6"/>
       <c r="E22" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="5">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="J22" s="5">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K22" s="5">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
-        <v>4536</v>
+        <v>6746</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="D23" s="6"/>
       <c r="E23" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="5">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J23" s="5">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="K23" s="5">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
-        <v>6119</v>
+        <v>4536</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D24" s="6"/>
       <c r="E24" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="6" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="I24" s="5">
         <v>91</v>
       </c>
-      <c r="J24" s="5"/>
+      <c r="J24" s="5">
+        <v>9</v>
+      </c>
       <c r="K24" s="5">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
-        <v>4465</v>
+        <v>6119</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D25" s="6"/>
       <c r="E25" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I25" s="5">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="J25" s="5"/>
       <c r="K25" s="5">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
-        <v>3610</v>
+        <v>4465</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D26" s="6"/>
       <c r="E26" s="6" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="6" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I26" s="5">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J26" s="5">
         <v>8</v>
       </c>
       <c r="K26" s="5">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
-        <v>5011</v>
+        <v>3610</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D27" s="6"/>
+        <v>25</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>26</v>
+      </c>
       <c r="E27" s="6" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I27" s="5">
         <v>88</v>
       </c>
       <c r="J27" s="5">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="K27" s="5">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
-        <v>7116</v>
+        <v>5011</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="D28" s="6"/>
       <c r="E28" s="6" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="6" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="5">
         <v>88</v>
       </c>
-      <c r="J28" s="5"/>
+      <c r="J28" s="5">
+        <v>3</v>
+      </c>
       <c r="K28" s="5">
         <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
-        <v>3608</v>
+        <v>7116</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D29" s="6"/>
       <c r="E29" s="6" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G29" s="6" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I29" s="5">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="J29" s="5"/>
       <c r="K29" s="5">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
-        <v>3282</v>
+        <v>3608</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="G30" s="6" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I30" s="5">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J30" s="5">
         <v>10</v>
       </c>
       <c r="K30" s="5">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
-        <v>7544</v>
+        <v>3282</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="F31" s="6"/>
+        <v>53</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>44</v>
+      </c>
       <c r="G31" s="6" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="I31" s="5">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="J31" s="5">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="K31" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
-        <v>3250</v>
+        <v>7544</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="F32" s="6"/>
       <c r="G32" s="6" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="I32" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J32" s="5">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K32" s="5">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
-        <v>3339</v>
+        <v>3250</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D33" s="6"/>
+        <v>65</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>66</v>
+      </c>
       <c r="E33" s="6" t="s">
         <v>67</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I33" s="5">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="J33" s="5">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K33" s="5">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
-        <v>6677</v>
+        <v>3339</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="D34" s="6"/>
       <c r="E34" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="I34" s="5">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J34" s="5">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K34" s="5">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
         <v>3284</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I35" s="5">
         <v>76</v>
       </c>
       <c r="J35" s="5">
         <v>8</v>
       </c>
       <c r="K35" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
         <v>1228</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D36" s="6" t="s">
@@ -1874,57 +1874,57 @@
       <c r="F37" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I37" s="5">
         <v>71</v>
       </c>
       <c r="J37" s="5">
         <v>9</v>
       </c>
       <c r="K37" s="5"/>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="5">
         <v>3251</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F38" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="6" t="s">
         <v>41</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I38" s="5">
         <v>71</v>
       </c>
       <c r="J38" s="5">
         <v>9</v>
       </c>
       <c r="K38" s="5">
         <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
         <v>4892</v>
       </c>
       <c r="B39" s="6" t="s">