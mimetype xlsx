--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>