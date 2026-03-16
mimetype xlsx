--- v1 (2026-01-15)
+++ v2 (2026-03-16)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -3284,182 +3284,182 @@
       <c r="D79" s="6"/>
       <c r="E79" s="6" t="s">
         <v>117</v>
       </c>
       <c r="F79" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="6" t="s">
         <v>42</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I79" s="5">
         <v>182</v>
       </c>
       <c r="J79" s="5">
         <v>15</v>
       </c>
       <c r="K79" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
-        <v>5855</v>
+        <v>5868</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E80" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F80" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="6" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I80" s="5">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="J80" s="5">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="K80" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
-        <v>3218</v>
+        <v>5855</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="D81" s="6"/>
+      <c r="D81" s="6" t="s">
+        <v>86</v>
+      </c>
       <c r="E81" s="6" t="s">
-        <v>118</v>
+        <v>87</v>
       </c>
       <c r="F81" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="I81" s="5">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="J81" s="5">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K81" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="5">
-        <v>3263</v>
+        <v>3218</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D82" s="6"/>
       <c r="E82" s="6" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F82" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I82" s="5">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J82" s="5">
         <v>18</v>
       </c>
       <c r="K82" s="5">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="5">
-        <v>5868</v>
+        <v>3263</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D83" s="6"/>
       <c r="E83" s="6" t="s">
-        <v>87</v>
+        <v>119</v>
       </c>
       <c r="F83" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G83" s="6" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I83" s="5">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="J83" s="5">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K83" s="5">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="5">
         <v>439</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>120</v>
       </c>
       <c r="E84" s="6"/>
       <c r="F84" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="6"/>
       <c r="H84" s="6"/>
       <c r="I84" s="5">
         <v>0</v>
       </c>
       <c r="J84" s="5"/>