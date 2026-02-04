--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -16,53 +16,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
-[...1 lines deleted...]
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-12-05</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="318">
+  <si>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-02-04</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -691,114 +691,117 @@
   <si>
     <t xml:space="preserve">Parc du Karreveld </t>
   </si>
   <si>
     <t xml:space="preserve">Rue du Duc </t>
   </si>
   <si>
     <t xml:space="preserve">Square de Meeûs </t>
   </si>
   <si>
     <t>Val Duchesse</t>
   </si>
   <si>
     <t>Boulevard du Souverain 259</t>
   </si>
   <si>
     <t>Parties pavées de la drève de Bonne Odeur et de la rue du Grand Veneur</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Nisard </t>
   </si>
   <si>
     <t>Rue de Sévigné  38</t>
   </si>
   <si>
+    <t xml:space="preserve">Boulevard du Souverain </t>
+  </si>
+  <si>
     <t>Place des Bienfaiteurs</t>
   </si>
   <si>
     <t xml:space="preserve">Place des Bienfaiteurs </t>
   </si>
   <si>
     <t>Drève de la Louve 6</t>
   </si>
   <si>
     <t>Parc du château Sainte Anne</t>
   </si>
   <si>
     <t>Rue du Vieux Moulin 103</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue des Eperons d'Or </t>
   </si>
   <si>
     <t>Rue Démosthène 195</t>
   </si>
   <si>
     <t xml:space="preserve">Place de la Gare </t>
   </si>
   <si>
     <t>Université Libre de Bruxelles - Solbosch</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Adolphe Buyl </t>
   </si>
   <si>
     <t>Pêcherie 400</t>
   </si>
   <si>
     <t xml:space="preserve">Place Général Meiser </t>
   </si>
   <si>
     <t>Avenue Winston Churchill 253b</t>
   </si>
   <si>
     <t xml:space="preserve">Rue du Levant </t>
   </si>
   <si>
     <t xml:space="preserve">Avenue des Châtaigniers </t>
   </si>
   <si>
-    <t xml:space="preserve">Boulevard du Souverain </t>
-[...1 lines deleted...]
-  <si>
     <t>'T Hof van Brussel</t>
   </si>
   <si>
     <t xml:space="preserve">Place du Sacré-Coeur </t>
   </si>
   <si>
     <t>Square de Meeûs sur Ixelles</t>
   </si>
   <si>
     <t>Parc Buchholtz</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue du Dernier Repos </t>
   </si>
   <si>
-    <t>Parc Albert ou Terdelt</t>
+    <t>Parc Albert</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boulevard Edmond Machtens </t>
   </si>
   <si>
     <t>Avenue Commandant Lothaire 34</t>
   </si>
   <si>
     <t xml:space="preserve">Parvis de la Trinité </t>
   </si>
   <si>
     <t>Avenue du Prince d'Orange 33a</t>
   </si>
   <si>
     <t>Rue de la Bonté 5</t>
   </si>
   <si>
     <t xml:space="preserve">Place Constantin Meunier </t>
   </si>
   <si>
     <t>Avenue d'Italie 5a</t>
   </si>
   <si>
     <t>Avenue du Roi Albert 88</t>
   </si>
   <si>
     <t>Chaussée d'Alsemberg 1299</t>
   </si>
@@ -8317,627 +8320,629 @@
       <c r="D213" s="6"/>
       <c r="E213" s="6" t="s">
         <v>223</v>
       </c>
       <c r="F213" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G213" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H213" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I213" s="5">
         <v>343</v>
       </c>
       <c r="J213" s="5">
         <v>25</v>
       </c>
       <c r="K213" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" s="5">
-        <v>3256</v>
+        <v>2903</v>
       </c>
       <c r="B214" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C214" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D214" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="D214" s="6"/>
+      <c r="E214" s="6" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F214" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G214" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H214" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I214" s="5">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J214" s="5">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="K214" s="5">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="5">
-        <v>4734</v>
+        <v>3256</v>
       </c>
       <c r="B215" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C215" s="6" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D215" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D215" s="6" t="s">
+        <v>225</v>
+      </c>
       <c r="E215" s="6" t="s">
         <v>226</v>
       </c>
       <c r="F215" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G215" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="H215" s="6" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="I215" s="5">
         <v>340</v>
       </c>
-      <c r="J215" s="5"/>
-      <c r="K215" s="5"/>
+      <c r="J215" s="5">
+        <v>26</v>
+      </c>
+      <c r="K215" s="5">
+        <v>18</v>
+      </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="5">
-        <v>5201</v>
+        <v>4734</v>
       </c>
       <c r="B216" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C216" s="6" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="D216" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D216" s="6"/>
+      <c r="E216" s="6" t="s">
         <v>227</v>
       </c>
-      <c r="E216" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F216" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G216" s="6" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="H216" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I216" s="5">
         <v>340</v>
       </c>
-      <c r="J216" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J216" s="5"/>
+      <c r="K216" s="5"/>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="5">
-        <v>5410</v>
+        <v>5201</v>
       </c>
       <c r="B217" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C217" s="6" t="s">
-        <v>37</v>
+        <v>111</v>
       </c>
       <c r="D217" s="6" t="s">
-        <v>95</v>
+        <v>228</v>
       </c>
       <c r="E217" s="6" t="s">
         <v>229</v>
       </c>
       <c r="F217" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G217" s="6" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="H217" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I217" s="5">
         <v>340</v>
       </c>
       <c r="J217" s="5">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K217" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" s="5">
-        <v>6614</v>
+        <v>5410</v>
       </c>
       <c r="B218" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C218" s="6" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D218" s="6" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="E218" s="6" t="s">
-        <v>153</v>
+        <v>230</v>
       </c>
       <c r="F218" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G218" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H218" s="6" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I218" s="5">
         <v>340</v>
       </c>
       <c r="J218" s="5">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K218" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" s="5">
-        <v>498</v>
+        <v>6614</v>
       </c>
       <c r="B219" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C219" s="6" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D219" s="6" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="E219" s="6"/>
+        <v>152</v>
+      </c>
+      <c r="E219" s="6" t="s">
+        <v>153</v>
+      </c>
       <c r="F219" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G219" s="6" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="H219" s="6" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="I219" s="5">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="J219" s="5">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="K219" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" s="5">
-        <v>5438</v>
+        <v>498</v>
       </c>
       <c r="B220" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C220" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D220" s="6" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="E220" s="6"/>
       <c r="F220" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G220" s="6" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H220" s="6" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="I220" s="5">
         <v>339</v>
       </c>
       <c r="J220" s="5">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="K220" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" s="5">
-        <v>5780</v>
+        <v>5438</v>
       </c>
       <c r="B221" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C221" s="6" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D221" s="6"/>
+        <v>42</v>
+      </c>
+      <c r="D221" s="6" t="s">
+        <v>69</v>
+      </c>
       <c r="E221" s="6" t="s">
-        <v>230</v>
+        <v>70</v>
       </c>
       <c r="F221" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G221" s="6" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="H221" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I221" s="5">
         <v>339</v>
       </c>
       <c r="J221" s="5">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="K221" s="5">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" s="5">
-        <v>2053</v>
+        <v>5780</v>
       </c>
       <c r="B222" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C222" s="6" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D222" s="6"/>
       <c r="E222" s="6" t="s">
-        <v>107</v>
+        <v>231</v>
       </c>
       <c r="F222" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G222" s="6"/>
-      <c r="H222" s="6"/>
+      <c r="G222" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H222" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I222" s="5">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="J222" s="5"/>
+        <v>339</v>
+      </c>
+      <c r="J222" s="5">
+        <v>12</v>
+      </c>
       <c r="K222" s="5">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" s="5">
-        <v>6118</v>
+        <v>2053</v>
       </c>
       <c r="B223" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C223" s="6" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D223" s="6"/>
+        <v>25</v>
+      </c>
+      <c r="D223" s="6" t="s">
+        <v>106</v>
+      </c>
       <c r="E223" s="6" t="s">
-        <v>231</v>
+        <v>107</v>
       </c>
       <c r="F223" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G223" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G223" s="6"/>
+      <c r="H223" s="6"/>
       <c r="I223" s="5">
         <v>338</v>
       </c>
-      <c r="J223" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J223" s="5"/>
       <c r="K223" s="5">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" s="5">
-        <v>4631</v>
+        <v>6118</v>
       </c>
       <c r="B224" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C224" s="6" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D224" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="D224" s="6"/>
+      <c r="E224" s="6" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F224" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G224" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H224" s="6" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="I224" s="5">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J224" s="5">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K224" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" s="5">
-        <v>799</v>
+        <v>4631</v>
       </c>
       <c r="B225" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C225" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D225" s="6" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="E225" s="6"/>
+        <v>233</v>
+      </c>
+      <c r="E225" s="6" t="s">
+        <v>234</v>
+      </c>
       <c r="F225" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G225" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H225" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I225" s="5">
+        <v>337</v>
+      </c>
+      <c r="J225" s="5">
         <v>28</v>
       </c>
-      <c r="H225" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K225" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" s="5">
-        <v>2701</v>
+        <v>799</v>
       </c>
       <c r="B226" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C226" s="6" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="D226" s="6" t="s">
-        <v>234</v>
+        <v>93</v>
       </c>
       <c r="E226" s="6"/>
       <c r="F226" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G226" s="6"/>
-      <c r="H226" s="6"/>
+      <c r="G226" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H226" s="6" t="s">
+        <v>24</v>
+      </c>
       <c r="I226" s="5">
         <v>336</v>
       </c>
-      <c r="J226" s="5"/>
-      <c r="K226" s="5"/>
+      <c r="J226" s="5">
+        <v>22</v>
+      </c>
+      <c r="K226" s="5">
+        <v>18</v>
+      </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" s="5">
-        <v>3584</v>
+        <v>2701</v>
       </c>
       <c r="B227" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C227" s="6" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-      <c r="E227" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="D227" s="6" t="s">
         <v>235</v>
       </c>
+      <c r="E227" s="6"/>
       <c r="F227" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G227" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G227" s="6"/>
+      <c r="H227" s="6"/>
       <c r="I227" s="5">
         <v>336</v>
       </c>
-      <c r="J227" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J227" s="5"/>
+      <c r="K227" s="5"/>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" s="5">
-        <v>5900</v>
+        <v>3584</v>
       </c>
       <c r="B228" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C228" s="6" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="D228" s="6"/>
       <c r="E228" s="6" t="s">
         <v>236</v>
       </c>
       <c r="F228" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G228" s="6" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
       <c r="H228" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I228" s="5">
         <v>336</v>
       </c>
       <c r="J228" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K228" s="5">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" s="5">
-        <v>6312</v>
+        <v>5900</v>
       </c>
       <c r="B229" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C229" s="6" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D229" s="6"/>
       <c r="E229" s="6" t="s">
         <v>237</v>
       </c>
-      <c r="F229" s="6"/>
+      <c r="F229" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G229" s="6" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="H229" s="6" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="I229" s="5">
         <v>336</v>
       </c>
       <c r="J229" s="5">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K229" s="5">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" s="5">
-        <v>2700</v>
+        <v>6312</v>
       </c>
       <c r="B230" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C230" s="6" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D230" s="6"/>
+        <v>37</v>
+      </c>
+      <c r="D230" s="6" t="s">
+        <v>95</v>
+      </c>
       <c r="E230" s="6" t="s">
         <v>238</v>
       </c>
-      <c r="F230" s="6" t="s">
-[...3 lines deleted...]
-      <c r="H230" s="6"/>
+      <c r="F230" s="6"/>
+      <c r="G230" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H230" s="6" t="s">
+        <v>59</v>
+      </c>
       <c r="I230" s="5">
-        <v>332</v>
-[...2 lines deleted...]
-      <c r="K230" s="5"/>
+        <v>336</v>
+      </c>
+      <c r="J230" s="5">
+        <v>20</v>
+      </c>
+      <c r="K230" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" s="5">
-        <v>2903</v>
+        <v>2700</v>
       </c>
       <c r="B231" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C231" s="6" t="s">
-        <v>111</v>
+        <v>80</v>
       </c>
       <c r="D231" s="6"/>
       <c r="E231" s="6" t="s">
         <v>239</v>
       </c>
       <c r="F231" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G231" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G231" s="6"/>
+      <c r="H231" s="6"/>
       <c r="I231" s="5">
         <v>332</v>
       </c>
       <c r="J231" s="5"/>
-      <c r="K231" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K231" s="5"/>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" s="5">
         <v>4687</v>
       </c>
       <c r="B232" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C232" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D232" s="6" t="s">
         <v>240</v>
       </c>
       <c r="E232" s="6" t="s">
         <v>241</v>
       </c>
       <c r="F232" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G232" s="6"/>
       <c r="H232" s="6"/>
       <c r="I232" s="5">
         <v>332</v>
       </c>
@@ -9345,58 +9350,62 @@
       </c>
       <c r="G245" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H245" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I245" s="5">
         <v>327</v>
       </c>
       <c r="J245" s="5">
         <v>23</v>
       </c>
       <c r="K245" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" s="5">
         <v>7660</v>
       </c>
       <c r="B246" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C246" s="6" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="D246" s="6" t="s">
         <v>245</v>
       </c>
-      <c r="E246" s="6"/>
+      <c r="E246" s="6" t="s">
+        <v>246</v>
+      </c>
       <c r="F246" s="6"/>
-      <c r="G246" s="6"/>
+      <c r="G246" s="6" t="s">
+        <v>28</v>
+      </c>
       <c r="H246" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I246" s="5">
         <v>327</v>
       </c>
       <c r="J246" s="5">
         <v>15</v>
       </c>
       <c r="K246" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" s="5">
         <v>1178</v>
       </c>
       <c r="B247" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C247" s="6" t="s">
         <v>82</v>
       </c>
       <c r="D247" s="6" t="s">
         <v>189</v>
@@ -9409,51 +9418,51 @@
         <v>21</v>
       </c>
       <c r="H247" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I247" s="5">
         <v>326</v>
       </c>
       <c r="J247" s="5"/>
       <c r="K247" s="5">
         <v>26</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" s="5">
         <v>6760</v>
       </c>
       <c r="B248" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C248" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D248" s="6"/>
       <c r="E248" s="6" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F248" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G248" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H248" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I248" s="5">
         <v>326</v>
       </c>
       <c r="J248" s="5">
         <v>24</v>
       </c>
       <c r="K248" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" s="5">
         <v>1583</v>
       </c>
       <c r="B249" s="6" t="s">
@@ -9492,216 +9501,216 @@
       </c>
       <c r="E250" s="6"/>
       <c r="F250" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G250" s="6"/>
       <c r="H250" s="6"/>
       <c r="I250" s="5">
         <v>325</v>
       </c>
       <c r="J250" s="5"/>
       <c r="K250" s="5"/>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" s="5">
         <v>4078</v>
       </c>
       <c r="B251" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C251" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D251" s="6"/>
       <c r="E251" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F251" s="6" t="s">
         <v>188</v>
       </c>
       <c r="G251" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H251" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I251" s="5">
         <v>324</v>
       </c>
       <c r="J251" s="5">
         <v>16</v>
       </c>
       <c r="K251" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" s="5">
         <v>5661</v>
       </c>
       <c r="B252" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C252" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D252" s="6"/>
       <c r="E252" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F252" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G252" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H252" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I252" s="5">
         <v>324</v>
       </c>
       <c r="J252" s="5"/>
       <c r="K252" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" s="5">
         <v>4085</v>
       </c>
       <c r="B253" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C253" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D253" s="6"/>
       <c r="E253" s="6" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F253" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G253" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H253" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I253" s="5">
         <v>323</v>
       </c>
       <c r="J253" s="5">
         <v>18</v>
       </c>
       <c r="K253" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" s="5">
         <v>5375</v>
       </c>
       <c r="B254" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C254" s="6" t="s">
         <v>82</v>
       </c>
       <c r="D254" s="6"/>
       <c r="E254" s="6" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F254" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G254" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H254" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I254" s="5">
         <v>322</v>
       </c>
       <c r="J254" s="5">
         <v>22</v>
       </c>
       <c r="K254" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" s="5">
         <v>5412</v>
       </c>
       <c r="B255" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C255" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D255" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E255" s="6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F255" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G255" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H255" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I255" s="5">
         <v>322</v>
       </c>
       <c r="J255" s="5">
         <v>22</v>
       </c>
       <c r="K255" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" s="5">
         <v>5791</v>
       </c>
       <c r="B256" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C256" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D256" s="6"/>
       <c r="E256" s="6" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F256" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G256" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H256" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I256" s="5">
         <v>322</v>
       </c>
       <c r="J256" s="5">
         <v>25</v>
       </c>
       <c r="K256" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" s="5">
         <v>7058</v>
       </c>
       <c r="B257" s="6" t="s">
@@ -9723,51 +9732,51 @@
       <c r="H257" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I257" s="5">
         <v>322</v>
       </c>
       <c r="J257" s="5">
         <v>25</v>
       </c>
       <c r="K257" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" s="5">
         <v>4680</v>
       </c>
       <c r="B258" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C258" s="6" t="s">
         <v>193</v>
       </c>
       <c r="D258" s="6"/>
       <c r="E258" s="6" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F258" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G258" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H258" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I258" s="5">
         <v>321</v>
       </c>
       <c r="J258" s="5">
         <v>23</v>
       </c>
       <c r="K258" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" s="5">
         <v>496</v>
       </c>
       <c r="B259" s="6" t="s">
@@ -9812,86 +9821,86 @@
       </c>
       <c r="G260" s="6"/>
       <c r="H260" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I260" s="5">
         <v>320</v>
       </c>
       <c r="J260" s="5"/>
       <c r="K260" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" s="5">
         <v>4675</v>
       </c>
       <c r="B261" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C261" s="6" t="s">
         <v>193</v>
       </c>
       <c r="D261" s="6"/>
       <c r="E261" s="6" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F261" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G261" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H261" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I261" s="5">
         <v>320</v>
       </c>
       <c r="J261" s="5">
         <v>21</v>
       </c>
       <c r="K261" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" s="5">
         <v>5414</v>
       </c>
       <c r="B262" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C262" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D262" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E262" s="6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F262" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G262" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H262" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I262" s="5">
         <v>320</v>
       </c>
       <c r="J262" s="5">
         <v>20</v>
       </c>
       <c r="K262" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" s="5">
         <v>5772</v>
       </c>
       <c r="B263" s="6" t="s">
@@ -9944,82 +9953,82 @@
       <c r="H264" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I264" s="5">
         <v>320</v>
       </c>
       <c r="J264" s="5">
         <v>29</v>
       </c>
       <c r="K264" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" s="5">
         <v>7604</v>
       </c>
       <c r="B265" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C265" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D265" s="6"/>
       <c r="E265" s="6" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F265" s="6"/>
       <c r="G265" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H265" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I265" s="5">
         <v>320</v>
       </c>
       <c r="J265" s="5">
         <v>25</v>
       </c>
       <c r="K265" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" s="5">
         <v>7663</v>
       </c>
       <c r="B266" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C266" s="6" t="s">
         <v>193</v>
       </c>
       <c r="D266" s="6"/>
       <c r="E266" s="6" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F266" s="6"/>
       <c r="G266" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H266" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I266" s="5">
         <v>319</v>
       </c>
       <c r="J266" s="5">
         <v>18</v>
       </c>
       <c r="K266" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" s="5">
         <v>5251</v>
       </c>
       <c r="B267" s="6" t="s">
         <v>12</v>
       </c>
@@ -10037,76 +10046,76 @@
         <v>16</v>
       </c>
       <c r="H267" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I267" s="5">
         <v>318</v>
       </c>
       <c r="J267" s="5"/>
       <c r="K267" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" s="5">
         <v>2476</v>
       </c>
       <c r="B268" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C268" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D268" s="6"/>
       <c r="E268" s="6" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="F268" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G268" s="6"/>
       <c r="H268" s="6"/>
       <c r="I268" s="5">
         <v>317</v>
       </c>
       <c r="J268" s="5"/>
       <c r="K268" s="5"/>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" s="5">
         <v>5374</v>
       </c>
       <c r="B269" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C269" s="6" t="s">
         <v>82</v>
       </c>
       <c r="D269" s="6"/>
       <c r="E269" s="6" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F269" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G269" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H269" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I269" s="5">
         <v>317</v>
       </c>
       <c r="J269" s="5">
         <v>20</v>
       </c>
       <c r="K269" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" s="5">
         <v>4209</v>
       </c>
       <c r="B270" s="6" t="s">
@@ -10124,84 +10133,88 @@
       </c>
       <c r="G270" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H270" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I270" s="5">
         <v>316</v>
       </c>
       <c r="J270" s="5">
         <v>29</v>
       </c>
       <c r="K270" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" s="5">
         <v>7661</v>
       </c>
       <c r="B271" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C271" s="6" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="D271" s="6" t="s">
         <v>245</v>
       </c>
-      <c r="E271" s="6"/>
+      <c r="E271" s="6" t="s">
+        <v>246</v>
+      </c>
       <c r="F271" s="6"/>
-      <c r="G271" s="6"/>
+      <c r="G271" s="6" t="s">
+        <v>28</v>
+      </c>
       <c r="H271" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I271" s="5">
         <v>316</v>
       </c>
       <c r="J271" s="5">
         <v>18</v>
       </c>
       <c r="K271" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" s="5">
         <v>2271</v>
       </c>
       <c r="B272" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C272" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D272" s="6"/>
       <c r="E272" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F272" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G272" s="6"/>
       <c r="H272" s="6"/>
       <c r="I272" s="5">
         <v>315</v>
       </c>
       <c r="J272" s="5"/>
       <c r="K272" s="5"/>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" s="5">
         <v>3786</v>
       </c>
       <c r="B273" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C273" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D273" s="6"/>
       <c r="E273" s="6" t="s">
         <v>184</v>
@@ -10214,51 +10227,51 @@
       </c>
       <c r="H273" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I273" s="5">
         <v>315</v>
       </c>
       <c r="J273" s="5">
         <v>30</v>
       </c>
       <c r="K273" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" s="5">
         <v>5171</v>
       </c>
       <c r="B274" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C274" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D274" s="6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E274" s="6"/>
       <c r="F274" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G274" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H274" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I274" s="5">
         <v>315</v>
       </c>
       <c r="J274" s="5"/>
       <c r="K274" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" s="5">
         <v>6025</v>
       </c>
       <c r="B275" s="6" t="s">
         <v>12</v>
@@ -10347,84 +10360,84 @@
       <c r="H277" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I277" s="5">
         <v>315</v>
       </c>
       <c r="J277" s="5">
         <v>28</v>
       </c>
       <c r="K277" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" s="5">
         <v>2598</v>
       </c>
       <c r="B278" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C278" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D278" s="6"/>
       <c r="E278" s="6" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F278" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G278" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H278" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I278" s="5">
         <v>314</v>
       </c>
       <c r="J278" s="5">
         <v>12</v>
       </c>
       <c r="K278" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" s="5">
         <v>3504</v>
       </c>
       <c r="B279" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C279" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D279" s="6"/>
       <c r="E279" s="6" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F279" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G279" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H279" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I279" s="5">
         <v>314</v>
       </c>
       <c r="J279" s="5">
         <v>24</v>
       </c>
       <c r="K279" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280" s="5">
         <v>5831</v>
       </c>
       <c r="B280" s="6" t="s">
@@ -10445,54 +10458,54 @@
       </c>
       <c r="H280" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I280" s="5">
         <v>313</v>
       </c>
       <c r="J280" s="5">
         <v>18</v>
       </c>
       <c r="K280" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" s="5">
         <v>7369</v>
       </c>
       <c r="B281" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C281" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D281" s="6" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E281" s="6" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F281" s="6"/>
       <c r="G281" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H281" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I281" s="5">
         <v>312</v>
       </c>
       <c r="J281" s="5">
         <v>18</v>
       </c>
       <c r="K281" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" s="5">
         <v>7059</v>
       </c>
       <c r="B282" s="6" t="s">
         <v>12</v>
       </c>
@@ -10512,241 +10525,241 @@
       <c r="H282" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I282" s="5">
         <v>311</v>
       </c>
       <c r="J282" s="5">
         <v>28</v>
       </c>
       <c r="K282" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" s="5">
         <v>2270</v>
       </c>
       <c r="B283" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C283" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D283" s="6"/>
       <c r="E283" s="6" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F283" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G283" s="6"/>
       <c r="H283" s="6"/>
       <c r="I283" s="5">
         <v>310</v>
       </c>
       <c r="J283" s="5"/>
       <c r="K283" s="5"/>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" s="5">
         <v>3219</v>
       </c>
       <c r="B284" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C284" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D284" s="6"/>
       <c r="E284" s="6" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F284" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G284" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H284" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I284" s="5">
         <v>310</v>
       </c>
       <c r="J284" s="5">
         <v>18</v>
       </c>
       <c r="K284" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" s="5">
         <v>4623</v>
       </c>
       <c r="B285" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C285" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D285" s="6" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E285" s="6"/>
       <c r="F285" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G285" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H285" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I285" s="5">
         <v>310</v>
       </c>
       <c r="J285" s="5">
         <v>10</v>
       </c>
       <c r="K285" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" s="5">
         <v>7361</v>
       </c>
       <c r="B286" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C286" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D286" s="6"/>
       <c r="E286" s="6" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F286" s="6"/>
       <c r="G286" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H286" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I286" s="5">
         <v>310</v>
       </c>
       <c r="J286" s="5">
         <v>22</v>
       </c>
       <c r="K286" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" s="5">
         <v>7382</v>
       </c>
       <c r="B287" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C287" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D287" s="6" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E287" s="6" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F287" s="6"/>
       <c r="G287" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H287" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I287" s="5">
         <v>310</v>
       </c>
       <c r="J287" s="5">
         <v>18</v>
       </c>
       <c r="K287" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" s="5">
         <v>3560</v>
       </c>
       <c r="B288" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C288" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D288" s="6"/>
       <c r="E288" s="6" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F288" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G288" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H288" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I288" s="5">
         <v>309</v>
       </c>
       <c r="J288" s="5">
         <v>25</v>
       </c>
       <c r="K288" s="5">
         <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" s="5">
         <v>4630</v>
       </c>
       <c r="B289" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C289" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D289" s="6" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E289" s="6" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F289" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G289" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H289" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I289" s="5">
         <v>309</v>
       </c>
       <c r="J289" s="5">
         <v>22</v>
       </c>
       <c r="K289" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" s="5">
         <v>4220</v>
       </c>
       <c r="B290" s="6" t="s">
@@ -10768,81 +10781,81 @@
       <c r="H290" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I290" s="5">
         <v>308</v>
       </c>
       <c r="J290" s="5">
         <v>25</v>
       </c>
       <c r="K290" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" s="5">
         <v>5224</v>
       </c>
       <c r="B291" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C291" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D291" s="6"/>
       <c r="E291" s="6" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F291" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G291" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H291" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I291" s="5">
         <v>308</v>
       </c>
       <c r="J291" s="5"/>
       <c r="K291" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" s="5">
         <v>2644</v>
       </c>
       <c r="B292" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C292" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D292" s="6" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E292" s="6"/>
       <c r="F292" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G292" s="6"/>
       <c r="H292" s="6"/>
       <c r="I292" s="5">
         <v>307</v>
       </c>
       <c r="J292" s="5"/>
       <c r="K292" s="5"/>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" s="5">
         <v>2813</v>
       </c>
       <c r="B293" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C293" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D293" s="6" t="s">
         <v>191</v>
@@ -10857,181 +10870,181 @@
       <c r="H293" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I293" s="5">
         <v>307</v>
       </c>
       <c r="J293" s="5">
         <v>20</v>
       </c>
       <c r="K293" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" s="5">
         <v>3464</v>
       </c>
       <c r="B294" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C294" s="6" t="s">
         <v>67</v>
       </c>
       <c r="D294" s="6"/>
       <c r="E294" s="6" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F294" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G294" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H294" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I294" s="5">
         <v>306</v>
       </c>
       <c r="J294" s="5">
         <v>20</v>
       </c>
       <c r="K294" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" s="5">
         <v>5880</v>
       </c>
       <c r="B295" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C295" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D295" s="6"/>
       <c r="E295" s="6" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F295" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G295" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H295" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I295" s="5">
         <v>306</v>
       </c>
       <c r="J295" s="5">
         <v>15</v>
       </c>
       <c r="K295" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" s="5">
         <v>5221</v>
       </c>
       <c r="B296" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C296" s="6" t="s">
         <v>111</v>
       </c>
       <c r="D296" s="6"/>
       <c r="E296" s="6" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="F296" s="6" t="s">
         <v>188</v>
       </c>
       <c r="G296" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H296" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I296" s="5">
         <v>305</v>
       </c>
       <c r="J296" s="5"/>
       <c r="K296" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" s="5">
         <v>1499</v>
       </c>
       <c r="B297" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C297" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D297" s="6"/>
       <c r="E297" s="6" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F297" s="6" t="s">
         <v>45</v>
       </c>
       <c r="G297" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H297" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I297" s="5">
         <v>304</v>
       </c>
       <c r="J297" s="5">
         <v>20</v>
       </c>
       <c r="K297" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" s="5">
         <v>4045</v>
       </c>
       <c r="B298" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C298" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D298" s="6"/>
       <c r="E298" s="6" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F298" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G298" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H298" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I298" s="5">
         <v>304</v>
       </c>
       <c r="J298" s="5">
         <v>25</v>
       </c>
       <c r="K298" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" s="5">
         <v>4213</v>
       </c>
       <c r="B299" s="6" t="s">
@@ -11053,210 +11066,210 @@
       <c r="H299" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I299" s="5">
         <v>304</v>
       </c>
       <c r="J299" s="5">
         <v>24</v>
       </c>
       <c r="K299" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" s="5">
         <v>4867</v>
       </c>
       <c r="B300" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C300" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D300" s="6"/>
       <c r="E300" s="6" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F300" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G300" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H300" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I300" s="5">
         <v>304</v>
       </c>
       <c r="J300" s="5"/>
       <c r="K300" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" s="5">
         <v>3931</v>
       </c>
       <c r="B301" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C301" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D301" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E301" s="6" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F301" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G301" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H301" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I301" s="5">
         <v>303</v>
       </c>
       <c r="J301" s="5">
         <v>20</v>
       </c>
       <c r="K301" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" s="5">
         <v>4079</v>
       </c>
       <c r="B302" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C302" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D302" s="6"/>
       <c r="E302" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F302" s="6" t="s">
         <v>188</v>
       </c>
       <c r="G302" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H302" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I302" s="5">
         <v>303</v>
       </c>
       <c r="J302" s="5">
         <v>16</v>
       </c>
       <c r="K302" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" s="5">
         <v>2403</v>
       </c>
       <c r="B303" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C303" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D303" s="6"/>
       <c r="E303" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F303" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G303" s="6"/>
       <c r="H303" s="6"/>
       <c r="I303" s="5">
         <v>302</v>
       </c>
       <c r="J303" s="5"/>
       <c r="K303" s="5"/>
     </row>
     <row r="304" spans="1:11">
       <c r="A304" s="5">
         <v>7657</v>
       </c>
       <c r="B304" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C304" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D304" s="6" t="s">
         <v>159</v>
       </c>
       <c r="E304" s="6" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F304" s="6"/>
       <c r="G304" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H304" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I304" s="5">
         <v>302</v>
       </c>
       <c r="J304" s="5">
         <v>15</v>
       </c>
       <c r="K304" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305" s="5">
         <v>5820</v>
       </c>
       <c r="B305" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C305" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D305" s="6" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E305" s="6" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F305" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G305" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H305" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I305" s="5">
         <v>301</v>
       </c>
       <c r="J305" s="5">
         <v>22</v>
       </c>
       <c r="K305" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306" s="5">
         <v>2058</v>
       </c>
       <c r="B306" s="6" t="s">
@@ -11278,51 +11291,51 @@
       <c r="H306" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I306" s="5">
         <v>300</v>
       </c>
       <c r="J306" s="5">
         <v>25</v>
       </c>
       <c r="K306" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307" s="5">
         <v>5897</v>
       </c>
       <c r="B307" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C307" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D307" s="6"/>
       <c r="E307" s="6" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F307" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G307" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H307" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I307" s="5">
         <v>300</v>
       </c>
       <c r="J307" s="5"/>
       <c r="K307" s="5">
         <v>21</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" s="5">
         <v>6574</v>
       </c>
       <c r="B308" s="6" t="s">
         <v>12</v>
       </c>
@@ -11372,51 +11385,51 @@
       </c>
       <c r="H309" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I309" s="5">
         <v>300</v>
       </c>
       <c r="J309" s="5">
         <v>24</v>
       </c>
       <c r="K309" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="310" spans="1:11">
       <c r="A310" s="5">
         <v>6610</v>
       </c>
       <c r="B310" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C310" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D310" s="6" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E310" s="6"/>
       <c r="F310" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G310" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H310" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I310" s="5">
         <v>299</v>
       </c>
       <c r="J310" s="5"/>
       <c r="K310" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" s="5">
         <v>1231</v>
       </c>
       <c r="B311" s="6" t="s">
         <v>12</v>
@@ -11437,51 +11450,51 @@
       <c r="H311" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I311" s="5">
         <v>298</v>
       </c>
       <c r="J311" s="5">
         <v>19</v>
       </c>
       <c r="K311" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" s="5">
         <v>3411</v>
       </c>
       <c r="B312" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C312" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D312" s="6"/>
       <c r="E312" s="6" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F312" s="6" t="s">
         <v>188</v>
       </c>
       <c r="G312" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H312" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I312" s="5">
         <v>298</v>
       </c>
       <c r="J312" s="5">
         <v>13</v>
       </c>
       <c r="K312" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" s="5">
         <v>4210</v>
       </c>
       <c r="B313" s="6" t="s">
@@ -11503,84 +11516,84 @@
       <c r="H313" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I313" s="5">
         <v>297</v>
       </c>
       <c r="J313" s="5">
         <v>25</v>
       </c>
       <c r="K313" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" s="5">
         <v>6415</v>
       </c>
       <c r="B314" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C314" s="6" t="s">
         <v>145</v>
       </c>
       <c r="D314" s="6"/>
       <c r="E314" s="6" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F314" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G314" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H314" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I314" s="5">
         <v>297</v>
       </c>
       <c r="J314" s="5">
         <v>20</v>
       </c>
       <c r="K314" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" s="5">
         <v>4133</v>
       </c>
       <c r="B315" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C315" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D315" s="6"/>
       <c r="E315" s="6" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F315" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G315" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H315" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I315" s="5">
         <v>296</v>
       </c>
       <c r="J315" s="5">
         <v>24</v>
       </c>
       <c r="K315" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" s="5">
         <v>4583</v>
       </c>
       <c r="B316" s="6" t="s">
@@ -11604,86 +11617,86 @@
       <c r="H316" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I316" s="5">
         <v>296</v>
       </c>
       <c r="J316" s="5">
         <v>22</v>
       </c>
       <c r="K316" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" s="5">
         <v>6112</v>
       </c>
       <c r="B317" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C317" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D317" s="6"/>
       <c r="E317" s="6" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F317" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G317" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H317" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I317" s="5">
         <v>296</v>
       </c>
       <c r="J317" s="5">
         <v>25</v>
       </c>
       <c r="K317" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" s="5">
         <v>6791</v>
       </c>
       <c r="B318" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C318" s="6" t="s">
         <v>145</v>
       </c>
       <c r="D318" s="6" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E318" s="6" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F318" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G318" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H318" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I318" s="5">
         <v>296</v>
       </c>
       <c r="J318" s="5">
         <v>25</v>
       </c>
       <c r="K318" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" s="5">
         <v>2812</v>
       </c>
       <c r="B319" s="6" t="s">
@@ -11737,51 +11750,51 @@
       </c>
       <c r="H320" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I320" s="5">
         <v>292</v>
       </c>
       <c r="J320" s="5">
         <v>26</v>
       </c>
       <c r="K320" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" s="5">
         <v>5172</v>
       </c>
       <c r="B321" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C321" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D321" s="6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E321" s="6"/>
       <c r="F321" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G321" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H321" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I321" s="5">
         <v>292</v>
       </c>
       <c r="J321" s="5"/>
       <c r="K321" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" s="5">
         <v>5382</v>
       </c>
       <c r="B322" s="6" t="s">
         <v>12</v>
@@ -11803,51 +11816,51 @@
       </c>
       <c r="H322" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I322" s="5">
         <v>292</v>
       </c>
       <c r="J322" s="5">
         <v>25</v>
       </c>
       <c r="K322" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" s="5">
         <v>5955</v>
       </c>
       <c r="B323" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C323" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D323" s="6" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E323" s="6"/>
       <c r="F323" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G323" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H323" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I323" s="5">
         <v>292</v>
       </c>
       <c r="J323" s="5"/>
       <c r="K323" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" s="5">
         <v>3530</v>
       </c>
       <c r="B324" s="6" t="s">
         <v>12</v>
@@ -11899,116 +11912,116 @@
       <c r="H325" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I325" s="5">
         <v>291</v>
       </c>
       <c r="J325" s="5">
         <v>25</v>
       </c>
       <c r="K325" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" s="5">
         <v>5230</v>
       </c>
       <c r="B326" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C326" s="6" t="s">
         <v>111</v>
       </c>
       <c r="D326" s="6"/>
       <c r="E326" s="6" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F326" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G326" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H326" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I326" s="5">
         <v>290</v>
       </c>
       <c r="J326" s="5">
         <v>20</v>
       </c>
       <c r="K326" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" s="5">
         <v>5363</v>
       </c>
       <c r="B327" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C327" s="6" t="s">
         <v>82</v>
       </c>
       <c r="D327" s="6"/>
       <c r="E327" s="6" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F327" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G327" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H327" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I327" s="5">
         <v>290</v>
       </c>
       <c r="J327" s="5">
         <v>20</v>
       </c>
       <c r="K327" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" s="5">
         <v>2703</v>
       </c>
       <c r="B328" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C328" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D328" s="6" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E328" s="6"/>
       <c r="F328" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G328" s="6"/>
       <c r="H328" s="6"/>
       <c r="I328" s="5">
         <v>286</v>
       </c>
       <c r="J328" s="5"/>
       <c r="K328" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" s="5">
         <v>4208</v>
       </c>
       <c r="B329" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C329" s="6" t="s">
         <v>80</v>
       </c>
@@ -12024,237 +12037,237 @@
       </c>
       <c r="H329" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I329" s="5">
         <v>286</v>
       </c>
       <c r="J329" s="5">
         <v>21</v>
       </c>
       <c r="K329" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" s="5">
         <v>6613</v>
       </c>
       <c r="B330" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C330" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D330" s="6" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E330" s="6"/>
       <c r="F330" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G330" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H330" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I330" s="5">
         <v>286</v>
       </c>
       <c r="J330" s="5"/>
       <c r="K330" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" s="5">
         <v>7388</v>
       </c>
       <c r="B331" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C331" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D331" s="6"/>
       <c r="E331" s="6" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F331" s="6"/>
       <c r="G331" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H331" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I331" s="5">
         <v>286</v>
       </c>
       <c r="J331" s="5">
         <v>20</v>
       </c>
       <c r="K331" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" s="5">
         <v>2702</v>
       </c>
       <c r="B332" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C332" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D332" s="6" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E332" s="6"/>
       <c r="F332" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G332" s="6"/>
       <c r="H332" s="6"/>
       <c r="I332" s="5">
         <v>284</v>
       </c>
       <c r="J332" s="5"/>
       <c r="K332" s="5"/>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" s="5">
         <v>6290</v>
       </c>
       <c r="B333" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C333" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D333" s="6"/>
       <c r="E333" s="6" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F333" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G333" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H333" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I333" s="5">
         <v>284</v>
       </c>
       <c r="J333" s="5">
         <v>25</v>
       </c>
       <c r="K333" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" s="5">
         <v>6420</v>
       </c>
       <c r="B334" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C334" s="6" t="s">
         <v>145</v>
       </c>
       <c r="D334" s="6"/>
       <c r="E334" s="6" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F334" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G334" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H334" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I334" s="5">
         <v>284</v>
       </c>
       <c r="J334" s="5">
         <v>15</v>
       </c>
       <c r="K334" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" s="5">
         <v>4012</v>
       </c>
       <c r="B335" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C335" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D335" s="6"/>
       <c r="E335" s="6" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F335" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G335" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H335" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I335" s="5">
         <v>283</v>
       </c>
       <c r="J335" s="5">
         <v>18</v>
       </c>
       <c r="K335" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" s="5">
         <v>6617</v>
       </c>
       <c r="B336" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C336" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D336" s="6" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E336" s="6"/>
       <c r="F336" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G336" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H336" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I336" s="5">
         <v>283</v>
       </c>
       <c r="J336" s="5"/>
       <c r="K336" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" s="5">
         <v>2524</v>
       </c>
       <c r="B337" s="6" t="s">
         <v>12</v>
@@ -12292,51 +12305,51 @@
       </c>
       <c r="E338" s="6"/>
       <c r="F338" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G338" s="6"/>
       <c r="H338" s="6"/>
       <c r="I338" s="5">
         <v>281</v>
       </c>
       <c r="J338" s="5"/>
       <c r="K338" s="5"/>
     </row>
     <row r="339" spans="1:11">
       <c r="A339" s="5">
         <v>7259</v>
       </c>
       <c r="B339" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C339" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D339" s="6"/>
       <c r="E339" s="6" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F339" s="6"/>
       <c r="G339" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H339" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I339" s="5">
         <v>280</v>
       </c>
       <c r="J339" s="5">
         <v>19</v>
       </c>
       <c r="K339" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" s="5">
         <v>1584</v>
       </c>
       <c r="B340" s="6" t="s">
         <v>12</v>
       </c>
@@ -12348,84 +12361,84 @@
       </c>
       <c r="E340" s="6"/>
       <c r="F340" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G340" s="6"/>
       <c r="H340" s="6"/>
       <c r="I340" s="5">
         <v>279</v>
       </c>
       <c r="J340" s="5"/>
       <c r="K340" s="5"/>
     </row>
     <row r="341" spans="1:11">
       <c r="A341" s="5">
         <v>4130</v>
       </c>
       <c r="B341" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C341" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D341" s="6"/>
       <c r="E341" s="6" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F341" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G341" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H341" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I341" s="5">
         <v>279</v>
       </c>
       <c r="J341" s="5">
         <v>24</v>
       </c>
       <c r="K341" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="342" spans="1:11">
       <c r="A342" s="5">
         <v>5634</v>
       </c>
       <c r="B342" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C342" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D342" s="6"/>
       <c r="E342" s="6" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F342" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G342" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H342" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I342" s="5">
         <v>278</v>
       </c>
       <c r="J342" s="5"/>
       <c r="K342" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="343" spans="1:11">
       <c r="A343" s="5">
         <v>166</v>
       </c>
       <c r="B343" s="6" t="s">
         <v>12</v>
       </c>
@@ -12436,762 +12449,762 @@
         <v>135</v>
       </c>
       <c r="E343" s="6"/>
       <c r="F343" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G343" s="6"/>
       <c r="H343" s="6"/>
       <c r="I343" s="5">
         <v>277</v>
       </c>
       <c r="J343" s="5"/>
       <c r="K343" s="5"/>
     </row>
     <row r="344" spans="1:11">
       <c r="A344" s="5">
         <v>3255</v>
       </c>
       <c r="B344" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C344" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D344" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E344" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F344" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G344" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H344" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I344" s="5">
         <v>277</v>
       </c>
       <c r="J344" s="5">
         <v>26</v>
       </c>
       <c r="K344" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:11">
       <c r="A345" s="5">
         <v>3455</v>
       </c>
       <c r="B345" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C345" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D345" s="6"/>
       <c r="E345" s="6" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F345" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G345" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H345" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I345" s="5">
         <v>276</v>
       </c>
       <c r="J345" s="5">
         <v>22</v>
       </c>
       <c r="K345" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="346" spans="1:11">
       <c r="A346" s="5">
         <v>6721</v>
       </c>
       <c r="B346" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C346" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D346" s="6"/>
       <c r="E346" s="6" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F346" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G346" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H346" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I346" s="5">
         <v>276</v>
       </c>
       <c r="J346" s="5">
         <v>30</v>
       </c>
       <c r="K346" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="347" spans="1:11">
       <c r="A347" s="5">
         <v>7519</v>
       </c>
       <c r="B347" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C347" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D347" s="6"/>
       <c r="E347" s="6" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F347" s="6"/>
       <c r="G347" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H347" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I347" s="5">
         <v>275</v>
       </c>
       <c r="J347" s="5">
         <v>18</v>
       </c>
       <c r="K347" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="348" spans="1:11">
       <c r="A348" s="5">
         <v>6427</v>
       </c>
       <c r="B348" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C348" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D348" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E348" s="6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F348" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G348" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H348" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I348" s="5">
         <v>274</v>
       </c>
       <c r="J348" s="5">
         <v>24</v>
       </c>
       <c r="K348" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="349" spans="1:11">
       <c r="A349" s="5">
         <v>4132</v>
       </c>
       <c r="B349" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C349" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D349" s="6"/>
       <c r="E349" s="6" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F349" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G349" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H349" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I349" s="5">
         <v>272</v>
       </c>
       <c r="J349" s="5">
         <v>24</v>
       </c>
       <c r="K349" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="350" spans="1:11">
       <c r="A350" s="5">
         <v>4441</v>
       </c>
       <c r="B350" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C350" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D350" s="6"/>
       <c r="E350" s="6" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F350" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G350" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H350" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I350" s="5">
         <v>272</v>
       </c>
       <c r="J350" s="5"/>
       <c r="K350" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="351" spans="1:11">
       <c r="A351" s="5">
         <v>7521</v>
       </c>
       <c r="B351" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C351" s="6" t="s">
         <v>145</v>
       </c>
       <c r="D351" s="6"/>
       <c r="E351" s="6" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F351" s="6"/>
       <c r="G351" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H351" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I351" s="5">
         <v>272</v>
       </c>
       <c r="J351" s="5">
         <v>23</v>
       </c>
       <c r="K351" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352" s="5">
         <v>3447</v>
       </c>
       <c r="B352" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C352" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D352" s="6"/>
       <c r="E352" s="6" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F352" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G352" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H352" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I352" s="5">
         <v>271</v>
       </c>
       <c r="J352" s="5">
         <v>22</v>
       </c>
       <c r="K352" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" s="5">
         <v>3413</v>
       </c>
       <c r="B353" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C353" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D353" s="6"/>
       <c r="E353" s="6" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F353" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G353" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H353" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I353" s="5">
         <v>270</v>
       </c>
       <c r="J353" s="5">
         <v>20</v>
       </c>
       <c r="K353" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" s="5">
         <v>5120</v>
       </c>
       <c r="B354" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C354" s="6" t="s">
         <v>111</v>
       </c>
       <c r="D354" s="6"/>
       <c r="E354" s="6" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F354" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G354" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H354" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I354" s="5">
         <v>270</v>
       </c>
       <c r="J354" s="5"/>
       <c r="K354" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" s="5">
         <v>6609</v>
       </c>
       <c r="B355" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C355" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D355" s="6" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E355" s="6"/>
       <c r="F355" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G355" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H355" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I355" s="5">
         <v>270</v>
       </c>
       <c r="J355" s="5"/>
       <c r="K355" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="356" spans="1:11">
       <c r="A356" s="5">
         <v>6616</v>
       </c>
       <c r="B356" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C356" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D356" s="6" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E356" s="6"/>
       <c r="F356" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G356" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H356" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I356" s="5">
         <v>269</v>
       </c>
       <c r="J356" s="5"/>
       <c r="K356" s="5">
         <v>13</v>
       </c>
     </row>
     <row r="357" spans="1:11">
       <c r="A357" s="5">
         <v>2192</v>
       </c>
       <c r="B357" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C357" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D357" s="6" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E357" s="6"/>
       <c r="F357" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G357" s="6"/>
       <c r="H357" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I357" s="5">
         <v>268</v>
       </c>
       <c r="J357" s="5"/>
       <c r="K357" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:11">
       <c r="A358" s="5">
         <v>5409</v>
       </c>
       <c r="B358" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C358" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D358" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E358" s="6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F358" s="6" t="s">
         <v>94</v>
       </c>
       <c r="G358" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H358" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I358" s="5">
         <v>268</v>
       </c>
       <c r="J358" s="5">
         <v>24</v>
       </c>
       <c r="K358" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="359" spans="1:11">
       <c r="A359" s="5">
         <v>5170</v>
       </c>
       <c r="B359" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C359" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D359" s="6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E359" s="6"/>
       <c r="F359" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G359" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H359" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I359" s="5">
         <v>266</v>
       </c>
       <c r="J359" s="5"/>
       <c r="K359" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:11">
       <c r="A360" s="5">
         <v>5633</v>
       </c>
       <c r="B360" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C360" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D360" s="6"/>
       <c r="E360" s="6" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F360" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G360" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H360" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I360" s="5">
         <v>266</v>
       </c>
       <c r="J360" s="5"/>
       <c r="K360" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361" s="5">
         <v>4131</v>
       </c>
       <c r="B361" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C361" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D361" s="6"/>
       <c r="E361" s="6" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F361" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G361" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H361" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I361" s="5">
         <v>265</v>
       </c>
       <c r="J361" s="5">
         <v>24</v>
       </c>
       <c r="K361" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="362" spans="1:11">
       <c r="A362" s="5">
         <v>7522</v>
       </c>
       <c r="B362" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C362" s="6" t="s">
         <v>145</v>
       </c>
       <c r="D362" s="6"/>
       <c r="E362" s="6" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F362" s="6"/>
       <c r="G362" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H362" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I362" s="5">
         <v>263</v>
       </c>
       <c r="J362" s="5">
         <v>20</v>
       </c>
       <c r="K362" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363" s="5">
         <v>5579</v>
       </c>
       <c r="B363" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C363" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D363" s="6" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E363" s="6" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F363" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G363" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H363" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I363" s="5">
         <v>258</v>
       </c>
       <c r="J363" s="5">
         <v>15</v>
       </c>
       <c r="K363" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="364" spans="1:11">
       <c r="A364" s="5">
         <v>4089</v>
       </c>
       <c r="B364" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C364" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D364" s="6"/>
       <c r="E364" s="6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F364" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G364" s="6"/>
       <c r="H364" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I364" s="5">
         <v>257</v>
       </c>
       <c r="J364" s="5">
         <v>18</v>
       </c>
       <c r="K364" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" s="5">
         <v>6418</v>
       </c>
       <c r="B365" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C365" s="6" t="s">
         <v>145</v>
       </c>
       <c r="D365" s="6"/>
       <c r="E365" s="6" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F365" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G365" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H365" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I365" s="5">
         <v>257</v>
       </c>
       <c r="J365" s="5">
         <v>15</v>
       </c>
       <c r="K365" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" s="5">
         <v>6417</v>
       </c>
       <c r="B366" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C366" s="6" t="s">
         <v>145</v>
       </c>
       <c r="D366" s="6"/>
       <c r="E366" s="6" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F366" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G366" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H366" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I366" s="5">
         <v>252</v>
       </c>
       <c r="J366" s="5">
         <v>15</v>
       </c>
       <c r="K366" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367" s="5">
         <v>6260</v>
       </c>
       <c r="B367" s="6" t="s">
@@ -13215,153 +13228,153 @@
       <c r="H367" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I367" s="5">
         <v>250</v>
       </c>
       <c r="J367" s="5">
         <v>20</v>
       </c>
       <c r="K367" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368" s="5">
         <v>3449</v>
       </c>
       <c r="B368" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C368" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D368" s="6"/>
       <c r="E368" s="6" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F368" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G368" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H368" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I368" s="5">
         <v>243</v>
       </c>
       <c r="J368" s="5">
         <v>22</v>
       </c>
       <c r="K368" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="369" spans="1:11">
       <c r="A369" s="5">
         <v>3505</v>
       </c>
       <c r="B369" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C369" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D369" s="6"/>
       <c r="E369" s="6" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F369" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G369" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H369" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I369" s="5">
         <v>243</v>
       </c>
       <c r="J369" s="5">
         <v>20</v>
       </c>
       <c r="K369" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370" s="5">
         <v>6566</v>
       </c>
       <c r="B370" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C370" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D370" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E370" s="6"/>
       <c r="F370" s="6" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G370" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H370" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I370" s="5">
         <v>240</v>
       </c>
       <c r="J370" s="5">
         <v>14</v>
       </c>
       <c r="K370" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371" s="5">
         <v>6864</v>
       </c>
       <c r="B371" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C371" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D371" s="6"/>
       <c r="E371" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F371" s="6" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="G371" s="6"/>
       <c r="H371" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I371" s="5">
         <v>240</v>
       </c>
       <c r="J371" s="5">
         <v>22</v>
       </c>
       <c r="K371" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="372" spans="1:11">
       <c r="A372" s="5">
         <v>6330</v>
       </c>
       <c r="B372" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C372" s="6" t="s">
         <v>13</v>
       </c>
@@ -13378,181 +13391,181 @@
       <c r="H372" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I372" s="5">
         <v>236</v>
       </c>
       <c r="J372" s="5">
         <v>23</v>
       </c>
       <c r="K372" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="373" spans="1:11">
       <c r="A373" s="5">
         <v>7253</v>
       </c>
       <c r="B373" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C373" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D373" s="6"/>
       <c r="E373" s="6" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F373" s="6"/>
       <c r="G373" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H373" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I373" s="5">
         <v>236</v>
       </c>
       <c r="J373" s="5">
         <v>20</v>
       </c>
       <c r="K373" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374" s="5">
         <v>7553</v>
       </c>
       <c r="B374" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C374" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D374" s="6" t="s">
         <v>23</v>
       </c>
       <c r="E374" s="6" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F374" s="6"/>
       <c r="G374" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H374" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I374" s="5">
         <v>235</v>
       </c>
       <c r="J374" s="5">
         <v>20</v>
       </c>
       <c r="K374" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" s="5">
         <v>3463</v>
       </c>
       <c r="B375" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C375" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D375" s="6"/>
       <c r="E375" s="6" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F375" s="6" t="s">
         <v>188</v>
       </c>
       <c r="G375" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H375" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I375" s="5">
         <v>233</v>
       </c>
       <c r="J375" s="5">
         <v>23</v>
       </c>
       <c r="K375" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" s="5">
         <v>4082</v>
       </c>
       <c r="B376" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C376" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D376" s="6"/>
       <c r="E376" s="6" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F376" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G376" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H376" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I376" s="5">
         <v>220</v>
       </c>
       <c r="J376" s="5">
         <v>15</v>
       </c>
       <c r="K376" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="377" spans="1:11">
       <c r="A377" s="5">
         <v>3448</v>
       </c>
       <c r="B377" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C377" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D377" s="6"/>
       <c r="E377" s="6" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F377" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G377" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H377" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I377" s="5">
         <v>216</v>
       </c>
       <c r="J377" s="5">
         <v>22</v>
       </c>
       <c r="K377" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378" s="5">
         <v>7355</v>
       </c>
       <c r="B378" s="6" t="s">
@@ -13572,241 +13585,241 @@
       <c r="H378" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I378" s="5">
         <v>214</v>
       </c>
       <c r="J378" s="5">
         <v>25</v>
       </c>
       <c r="K378" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="379" spans="1:11">
       <c r="A379" s="5">
         <v>3585</v>
       </c>
       <c r="B379" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C379" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D379" s="6"/>
       <c r="E379" s="6" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F379" s="6" t="s">
         <v>188</v>
       </c>
       <c r="G379" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H379" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I379" s="5">
         <v>213</v>
       </c>
       <c r="J379" s="5">
         <v>18</v>
       </c>
       <c r="K379" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="380" spans="1:11">
       <c r="A380" s="5">
         <v>6416</v>
       </c>
       <c r="B380" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C380" s="6" t="s">
         <v>145</v>
       </c>
       <c r="D380" s="6"/>
       <c r="E380" s="6" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F380" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G380" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H380" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I380" s="5">
         <v>212</v>
       </c>
       <c r="J380" s="5">
         <v>15</v>
       </c>
       <c r="K380" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="381" spans="1:11">
       <c r="A381" s="5">
         <v>6582</v>
       </c>
       <c r="B381" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C381" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D381" s="6"/>
       <c r="E381" s="6" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F381" s="6" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G381" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H381" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I381" s="5">
         <v>203</v>
       </c>
       <c r="J381" s="5">
         <v>15</v>
       </c>
       <c r="K381" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="382" spans="1:11">
       <c r="A382" s="5">
         <v>4081</v>
       </c>
       <c r="B382" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C382" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D382" s="6"/>
       <c r="E382" s="6" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F382" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G382" s="6" t="s">
         <v>76</v>
       </c>
       <c r="H382" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I382" s="5">
         <v>200</v>
       </c>
       <c r="J382" s="5">
         <v>15</v>
       </c>
       <c r="K382" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="383" spans="1:11">
       <c r="A383" s="5">
         <v>6419</v>
       </c>
       <c r="B383" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C383" s="6" t="s">
         <v>145</v>
       </c>
       <c r="D383" s="6"/>
       <c r="E383" s="6" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F383" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G383" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H383" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I383" s="5">
         <v>194</v>
       </c>
       <c r="J383" s="5">
         <v>15</v>
       </c>
       <c r="K383" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="384" spans="1:11">
       <c r="A384" s="5">
         <v>2887</v>
       </c>
       <c r="B384" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C384" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D384" s="6" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E384" s="6"/>
       <c r="F384" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G384" s="6"/>
       <c r="H384" s="6"/>
       <c r="I384" s="5">
         <v>0</v>
       </c>
       <c r="J384" s="5"/>
       <c r="K384" s="5"/>
     </row>
     <row r="385" spans="1:11">
       <c r="A385" s="5">
         <v>2949</v>
       </c>
       <c r="B385" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C385" s="6" t="s">
         <v>82</v>
       </c>
       <c r="D385" s="6"/>
       <c r="E385" s="6" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F385" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G385" s="6"/>
       <c r="H385" s="6"/>
       <c r="I385" s="5">
         <v>0</v>
       </c>
       <c r="J385" s="5"/>
       <c r="K385" s="5"/>
     </row>
     <row r="386" spans="1:11">
       <c r="B386" s="7"/>
       <c r="C386" s="7"/>
       <c r="D386" s="7"/>
       <c r="E386" s="7"/>
       <c r="F386" s="7"/>
       <c r="G386" s="7"/>
       <c r="H386" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>