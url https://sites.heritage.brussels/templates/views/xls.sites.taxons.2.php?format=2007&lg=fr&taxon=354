--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>