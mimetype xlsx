--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -76,75 +76,75 @@
     <t>diamètre de la couronne</t>
   </si>
   <si>
     <t>Populus x canadensis
 Peuplier du Canada</t>
   </si>
   <si>
     <t>Schaerbeek</t>
   </si>
   <si>
     <t>Parc Josaphat</t>
   </si>
   <si>
     <t>À l'inventaire scientifique</t>
   </si>
   <si>
     <t>Arbre invisible de la voirie, en espace (semi)-public</t>
   </si>
   <si>
     <t>Arbre isolé</t>
   </si>
   <si>
     <t>Arbre disparu</t>
   </si>
   <si>
+    <t>Bruxelles</t>
+  </si>
+  <si>
+    <t>Parc d'Osseghem</t>
+  </si>
+  <si>
+    <t>Arbre invisible de la voirie, en espace privé</t>
+  </si>
+  <si>
+    <t>Plantation en alignement</t>
+  </si>
+  <si>
     <t>Anderlecht</t>
   </si>
   <si>
     <t>Parc Astrid</t>
   </si>
   <si>
     <t xml:space="preserve">Rue des Poulets </t>
   </si>
   <si>
     <t>Inventorié mais abattu</t>
   </si>
   <si>
     <t>Arbre visible de la voirie</t>
-  </si>
-[...10 lines deleted...]
-    <t>Plantation en alignement</t>
   </si>
   <si>
     <t>Woluwé-Saint-Pierre</t>
   </si>
   <si>
     <t>Parc de Woluwe</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Félicien Rops </t>
   </si>
   <si>
     <t>Ganshoren</t>
   </si>
   <si>
     <t>Parc du Château de Rivieren</t>
   </si>
   <si>
     <t>Plantation en massif</t>
   </si>
   <si>
     <t>Auderghem</t>
   </si>
   <si>
     <t>Avenue Gustave Demey 117</t>
   </si>
@@ -863,183 +863,183 @@
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="5">
         <v>525</v>
       </c>
       <c r="J5" s="5"/>
       <c r="K5" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="5">
-        <v>125</v>
+        <v>866</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="6"/>
       <c r="F6" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G6" s="6"/>
-      <c r="H6" s="6"/>
+      <c r="G6" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>22</v>
+      </c>
       <c r="I6" s="5">
-        <v>509</v>
-[...2 lines deleted...]
-      <c r="K6" s="5"/>
+        <v>510</v>
+      </c>
+      <c r="J6" s="5">
+        <v>19</v>
+      </c>
+      <c r="K6" s="5">
+        <v>20</v>
+      </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="5">
-        <v>4356</v>
+        <v>125</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="6"/>
       <c r="F7" s="6" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="G7" s="6"/>
+      <c r="H7" s="6"/>
       <c r="I7" s="5">
-        <v>500</v>
-[...6 lines deleted...]
-      </c>
+        <v>509</v>
+      </c>
+      <c r="J7" s="5"/>
+      <c r="K7" s="5"/>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="5">
-        <v>866</v>
+        <v>4356</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D8" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="E8" s="6"/>
       <c r="F8" s="6" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I8" s="5">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="J8" s="5">
         <v>19</v>
       </c>
       <c r="K8" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="5">
         <v>2818</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="6"/>
       <c r="F9" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="5">
         <v>493</v>
       </c>
       <c r="J9" s="5"/>
       <c r="K9" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
         <v>7644</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="5">
         <v>488</v>
       </c>
       <c r="J10" s="5">
         <v>20</v>
       </c>
       <c r="K10" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5">
         <v>1690</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="6" t="s">
@@ -1052,51 +1052,51 @@
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="5">
         <v>477</v>
       </c>
       <c r="J11" s="5"/>
       <c r="K11" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
         <v>1200</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="6"/>
       <c r="F12" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="5">
         <v>460</v>
       </c>
       <c r="J12" s="5"/>
       <c r="K12" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
         <v>1694</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>14</v>
@@ -1132,94 +1132,94 @@
       <c r="F14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="5">
         <v>460</v>
       </c>
       <c r="J14" s="5"/>
       <c r="K14" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="5">
         <v>5485</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="5">
         <v>458</v>
       </c>
       <c r="J15" s="5"/>
       <c r="K15" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
         <v>6588</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="6" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="5">
         <v>450</v>
       </c>
       <c r="J16" s="5">
         <v>33</v>
       </c>
       <c r="K16" s="5">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
         <v>1691</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D17" s="6" t="s">
@@ -1250,276 +1250,276 @@
         <v>39</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E18" s="6"/>
       <c r="F18" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="6"/>
       <c r="H18" s="6"/>
       <c r="I18" s="5">
         <v>444</v>
       </c>
       <c r="J18" s="5"/>
       <c r="K18" s="5"/>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
         <v>145</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E19" s="6"/>
       <c r="F19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I19" s="5">
         <v>439</v>
       </c>
       <c r="J19" s="5">
         <v>25</v>
       </c>
       <c r="K19" s="5">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
         <v>5277</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E20" s="6"/>
       <c r="F20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G20" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I20" s="5">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="J20" s="5"/>
       <c r="K20" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
         <v>1201</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>32</v>
       </c>
       <c r="E21" s="6"/>
       <c r="F21" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G21" s="6"/>
       <c r="H21" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="5">
         <v>426</v>
       </c>
       <c r="J21" s="5"/>
       <c r="K21" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
         <v>864</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E22" s="6"/>
       <c r="F22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I22" s="5">
         <v>424</v>
       </c>
       <c r="J22" s="5"/>
       <c r="K22" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
         <v>1689</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="6"/>
       <c r="F23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G23" s="6"/>
       <c r="H23" s="6"/>
       <c r="I23" s="5">
         <v>420</v>
       </c>
       <c r="J23" s="5"/>
       <c r="K23" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
         <v>890</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E24" s="6"/>
       <c r="F24" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G24" s="6"/>
       <c r="H24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="5">
         <v>410</v>
       </c>
       <c r="J24" s="5"/>
       <c r="K24" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
         <v>6651</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E25" s="6"/>
       <c r="F25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G25" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I25" s="5">
         <v>410</v>
       </c>
       <c r="J25" s="5">
         <v>25</v>
       </c>
       <c r="K25" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
         <v>3872</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>50</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="5">
         <v>409</v>
       </c>
       <c r="J26" s="5">
         <v>30</v>
       </c>
       <c r="K26" s="5">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
         <v>1692</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D27" s="6" t="s">
@@ -1527,124 +1527,124 @@
       </c>
       <c r="E27" s="6"/>
       <c r="F27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G27" s="6"/>
       <c r="H27" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="5">
         <v>408</v>
       </c>
       <c r="J27" s="5"/>
       <c r="K27" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
         <v>4357</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>52</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="5">
         <v>408</v>
       </c>
       <c r="J28" s="5">
         <v>20</v>
       </c>
       <c r="K28" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
         <v>4708</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I29" s="5">
         <v>407</v>
       </c>
       <c r="J29" s="5">
         <v>24</v>
       </c>
       <c r="K29" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
         <v>867</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E30" s="6"/>
       <c r="F30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="6"/>
       <c r="H30" s="6"/>
       <c r="I30" s="5">
         <v>406</v>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="5"/>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
         <v>6745</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>44</v>
@@ -1655,51 +1655,51 @@
       </c>
       <c r="G31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="5">
         <v>405</v>
       </c>
       <c r="J31" s="5">
         <v>40</v>
       </c>
       <c r="K31" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
         <v>6800</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F32" s="6"/>
       <c r="G32" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I32" s="5">
         <v>402</v>
       </c>
       <c r="J32" s="5">
         <v>28</v>
       </c>
       <c r="K32" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:11">
@@ -1807,80 +1807,80 @@
       <c r="I36" s="5">
         <v>392</v>
       </c>
       <c r="J36" s="5">
         <v>20</v>
       </c>
       <c r="K36" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="5">
         <v>2492</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D37" s="6"/>
       <c r="E37" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F37" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H37" s="6" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="I37" s="5">
         <v>387</v>
       </c>
       <c r="J37" s="5">
         <v>25</v>
       </c>
       <c r="K37" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="5">
         <v>7425</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="5">
         <v>378</v>
       </c>
       <c r="J38" s="5">
         <v>25</v>
       </c>
       <c r="K38" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
         <v>1614</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
@@ -1957,51 +1957,51 @@
       <c r="H41" s="6"/>
       <c r="I41" s="5">
         <v>376</v>
       </c>
       <c r="J41" s="5"/>
       <c r="K41" s="5"/>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
         <v>3626</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>67</v>
       </c>
       <c r="D42" s="6"/>
       <c r="E42" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F42" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G42" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="5">
         <v>373</v>
       </c>
       <c r="J42" s="5">
         <v>28</v>
       </c>
       <c r="K42" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
         <v>1597</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D43" s="6" t="s">
@@ -2025,165 +2025,165 @@
       </c>
       <c r="K43" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="5">
         <v>6533</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G44" s="6" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I44" s="5">
         <v>365</v>
       </c>
       <c r="J44" s="5">
         <v>32</v>
       </c>
       <c r="K44" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
         <v>319</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E45" s="6"/>
       <c r="F45" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="5">
         <v>363</v>
       </c>
       <c r="J45" s="5">
         <v>25</v>
       </c>
       <c r="K45" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
         <v>865</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E46" s="6"/>
       <c r="F46" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G46" s="6"/>
       <c r="H46" s="6"/>
       <c r="I46" s="5">
         <v>360</v>
       </c>
       <c r="J46" s="5"/>
       <c r="K46" s="5"/>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
         <v>2493</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D47" s="6"/>
       <c r="E47" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F47" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H47" s="6" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="I47" s="5">
         <v>359</v>
       </c>
       <c r="J47" s="5">
         <v>25</v>
       </c>
       <c r="K47" s="5">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
         <v>3465</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D48" s="6"/>
       <c r="E48" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F48" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G48" s="6" t="s">
         <v>52</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="5">
         <v>358</v>
       </c>
       <c r="J48" s="5">
         <v>23</v>
       </c>
       <c r="K48" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:11">
@@ -2214,51 +2214,51 @@
       <c r="I49" s="5">
         <v>358</v>
       </c>
       <c r="J49" s="5">
         <v>30</v>
       </c>
       <c r="K49" s="5">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
         <v>1595</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E50" s="6"/>
       <c r="F50" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G50" s="6"/>
       <c r="H50" s="6"/>
       <c r="I50" s="5">
         <v>354</v>
       </c>
       <c r="J50" s="5"/>
       <c r="K50" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
         <v>6373</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>54</v>
       </c>
       <c r="E51" s="6" t="s">
@@ -2269,152 +2269,152 @@
       </c>
       <c r="G51" s="6" t="s">
         <v>52</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I51" s="5">
         <v>353</v>
       </c>
       <c r="J51" s="5">
         <v>20</v>
       </c>
       <c r="K51" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
         <v>1317</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E52" s="6"/>
       <c r="F52" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="5">
         <v>350</v>
       </c>
       <c r="J52" s="5"/>
       <c r="K52" s="5"/>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="5">
         <v>7241</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E53" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F53" s="6"/>
       <c r="G53" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="5">
         <v>350</v>
       </c>
       <c r="J53" s="5">
         <v>15</v>
       </c>
       <c r="K53" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="5">
         <v>2925</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D54" s="6"/>
       <c r="E54" s="6" t="s">
         <v>77</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G54" s="6" t="s">
         <v>78</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="5">
         <v>348</v>
       </c>
       <c r="J54" s="5">
         <v>25</v>
       </c>
       <c r="K54" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
         <v>5359</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E55" s="6"/>
       <c r="F55" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="5">
         <v>347</v>
       </c>
       <c r="J55" s="5">
         <v>30</v>
       </c>
       <c r="K55" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
         <v>1044</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D56" s="6" t="s">
@@ -2426,84 +2426,84 @@
       </c>
       <c r="G56" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I56" s="5">
         <v>345</v>
       </c>
       <c r="J56" s="5">
         <v>20</v>
       </c>
       <c r="K56" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
         <v>1318</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>75</v>
       </c>
       <c r="E57" s="6"/>
       <c r="F57" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G57" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I57" s="5">
         <v>344</v>
       </c>
       <c r="J57" s="5">
         <v>24</v>
       </c>
       <c r="K57" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="5">
         <v>891</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E58" s="6"/>
       <c r="F58" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G58" s="6"/>
       <c r="H58" s="6"/>
       <c r="I58" s="5">
         <v>344</v>
       </c>
       <c r="J58" s="5"/>
       <c r="K58" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="5">
         <v>6167</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>12</v>
       </c>
@@ -2561,87 +2561,87 @@
       <c r="I60" s="5">
         <v>343</v>
       </c>
       <c r="J60" s="5">
         <v>30</v>
       </c>
       <c r="K60" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="5">
         <v>3704</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D61" s="6"/>
       <c r="E61" s="6" t="s">
         <v>85</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="5">
         <v>336</v>
       </c>
       <c r="J61" s="5">
         <v>31</v>
       </c>
       <c r="K61" s="5">
         <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="5">
         <v>3659</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>67</v>
       </c>
       <c r="D62" s="6"/>
       <c r="E62" s="6" t="s">
         <v>86</v>
       </c>
       <c r="F62" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I62" s="5">
         <v>335</v>
       </c>
       <c r="J62" s="5">
         <v>22</v>
       </c>
       <c r="K62" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
         <v>1045</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>80</v>
       </c>
       <c r="D63" s="6" t="s">
@@ -2653,61 +2653,61 @@
       </c>
       <c r="G63" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="5">
         <v>325</v>
       </c>
       <c r="J63" s="5">
         <v>20</v>
       </c>
       <c r="K63" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
         <v>6799</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D64" s="6"/>
       <c r="E64" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F64" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I64" s="5">
         <v>325</v>
       </c>
       <c r="J64" s="5">
         <v>28</v>
       </c>
       <c r="K64" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
         <v>4907</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D65" s="6" t="s">
@@ -2822,51 +2822,51 @@
       <c r="J68" s="5">
         <v>26</v>
       </c>
       <c r="K68" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="5">
         <v>2494</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D69" s="6"/>
       <c r="E69" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F69" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G69" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I69" s="5">
         <v>303</v>
       </c>
       <c r="J69" s="5"/>
       <c r="K69" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="5">
         <v>7454</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>89</v>
       </c>
@@ -2876,393 +2876,393 @@
       <c r="F70" s="6"/>
       <c r="G70" s="6" t="s">
         <v>52</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I70" s="5">
         <v>296</v>
       </c>
       <c r="J70" s="5">
         <v>28</v>
       </c>
       <c r="K70" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="5">
         <v>5537</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E71" s="6" t="s">
         <v>92</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>52</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I71" s="5">
         <v>285</v>
       </c>
       <c r="J71" s="5"/>
       <c r="K71" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="5">
         <v>2193</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>93</v>
       </c>
       <c r="E72" s="6"/>
       <c r="F72" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G72" s="6"/>
       <c r="H72" s="6"/>
       <c r="I72" s="5">
         <v>278</v>
       </c>
       <c r="J72" s="5"/>
       <c r="K72" s="5"/>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="5">
         <v>830</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E73" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F73" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G73" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H73" s="6"/>
       <c r="I73" s="5">
         <v>277</v>
       </c>
       <c r="J73" s="5"/>
       <c r="K73" s="5"/>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="5">
         <v>5330</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D74" s="6"/>
       <c r="E74" s="6" t="s">
         <v>95</v>
       </c>
       <c r="F74" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G74" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H74" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="5">
         <v>277</v>
       </c>
       <c r="J74" s="5"/>
       <c r="K74" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="5">
         <v>3221</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D75" s="6"/>
       <c r="E75" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G75" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="5">
         <v>276</v>
       </c>
       <c r="J75" s="5">
         <v>30</v>
       </c>
       <c r="K75" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
         <v>2495</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D76" s="6"/>
       <c r="E76" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F76" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I76" s="5">
         <v>270</v>
       </c>
       <c r="J76" s="5">
         <v>25</v>
       </c>
       <c r="K76" s="5"/>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
         <v>5538</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E77" s="6" t="s">
         <v>92</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G77" s="6" t="s">
         <v>52</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I77" s="5">
         <v>267</v>
       </c>
       <c r="J77" s="5"/>
       <c r="K77" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="5">
         <v>2061</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E78" s="6" t="s">
         <v>98</v>
       </c>
       <c r="F78" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G78" s="6" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="5">
         <v>234</v>
       </c>
       <c r="J78" s="5"/>
       <c r="K78" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
         <v>5829</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>58</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E79" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G79" s="6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="5">
         <v>220</v>
       </c>
       <c r="J79" s="5"/>
       <c r="K79" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
         <v>88</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D80" s="6"/>
       <c r="E80" s="6" t="s">
         <v>100</v>
       </c>
       <c r="F80" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="6"/>
       <c r="H80" s="6"/>
       <c r="I80" s="5">
         <v>212</v>
       </c>
       <c r="J80" s="5"/>
       <c r="K80" s="5"/>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
         <v>892</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E81" s="6"/>
       <c r="F81" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="6"/>
       <c r="H81" s="6"/>
       <c r="I81" s="5">
         <v>198</v>
       </c>
       <c r="J81" s="5"/>
       <c r="K81" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="5">
         <v>5533</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E82" s="6" t="s">
         <v>92</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I82" s="5">
         <v>0</v>
       </c>
       <c r="J82" s="5"/>
       <c r="K82" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="B83" s="7"/>
       <c r="C83" s="7"/>
       <c r="D83" s="7"/>
       <c r="E83" s="7"/>
       <c r="F83" s="7"/>
       <c r="G83" s="7"/>
       <c r="H83" s="7"/>
     </row>
   </sheetData>