--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -16,53 +16,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
-[...1 lines deleted...]
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+  <si>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -128,53 +128,50 @@
     <t>Anderlecht</t>
   </si>
   <si>
     <t>Square Albert Ier 1</t>
   </si>
   <si>
     <t>Arbre isolé</t>
   </si>
   <si>
     <t>Chaussée de Mons 291</t>
   </si>
   <si>
     <t>Parc de Woluwe</t>
   </si>
   <si>
     <t>Pêcherie 400</t>
   </si>
   <si>
     <t>Arbre disparu</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Marius Renard </t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Général Merjay </t>
-  </si>
-[...1 lines deleted...]
-    <t>Arbre en partie visible de la voirie</t>
   </si>
   <si>
     <t>Berchem-Sainte-Agathe</t>
   </si>
   <si>
     <t>Parc Pirsoul</t>
   </si>
   <si>
     <t>Evere</t>
   </si>
   <si>
     <t>Rue de la Marne 89</t>
   </si>
   <si>
     <t>Arbre invisible de la voirie, en espace privé</t>
   </si>
   <si>
     <t>Molenbeek-Saint-Jean</t>
   </si>
   <si>
     <t>Parc Marie José</t>
   </si>
 </sst>
 </file>
 
@@ -1011,139 +1008,141 @@
       <c r="J15" s="5">
         <v>16</v>
       </c>
       <c r="K15" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
         <v>5211</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D16" s="6"/>
       <c r="E16" s="6" t="s">
         <v>36</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="6" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="5">
         <v>193</v>
       </c>
-      <c r="J16" s="5"/>
+      <c r="J16" s="5">
+        <v>15</v>
+      </c>
       <c r="K16" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
         <v>419</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="E17" s="6"/>
       <c r="F17" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="5">
         <v>188</v>
       </c>
       <c r="J17" s="5">
         <v>7</v>
       </c>
       <c r="K17" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
         <v>5954</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D18" s="6"/>
       <c r="E18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="6" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="5">
         <v>180</v>
       </c>
       <c r="J18" s="5"/>
       <c r="K18" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
         <v>1601</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E19" s="6"/>
       <c r="F19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I19" s="5">
         <v>172</v>
       </c>
       <c r="J19" s="5">
         <v>12</v>
       </c>
       <c r="K19" s="5"/>
     </row>
     <row r="20" spans="1:11">
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>