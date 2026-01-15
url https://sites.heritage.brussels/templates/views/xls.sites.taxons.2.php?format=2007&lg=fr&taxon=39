--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -717,51 +717,51 @@
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="5">
         <v>850</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="6"/>
       <c r="F4" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="5">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="J4" s="5">
         <v>23</v>
       </c>
       <c r="K4" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="5">
         <v>1706</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="6" t="s">