--- v1 (2026-01-15)
+++ v2 (2026-03-16)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>