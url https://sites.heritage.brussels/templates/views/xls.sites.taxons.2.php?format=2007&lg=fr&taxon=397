--- v0 (2026-01-15)
+++ v1 (2026-03-16)
@@ -16,53 +16,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
-[...1 lines deleted...]
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+  <si>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -164,50 +164,53 @@
     <t>Etterbeek</t>
   </si>
   <si>
     <t>Rue Général Fivé 38</t>
   </si>
   <si>
     <t>Uccle</t>
   </si>
   <si>
     <t>Parc le Chat</t>
   </si>
   <si>
     <t>Chaussée de Roodebeek 338</t>
   </si>
   <si>
     <t>Avenue des Sept Bonniers 41</t>
   </si>
   <si>
     <t>Watermael-Boitsfort</t>
   </si>
   <si>
     <t>Avenue des Taillis 17</t>
   </si>
   <si>
     <t>Rue Saint-Quentin 31</t>
+  </si>
+  <si>
+    <t>Rue du Noyer 167</t>
   </si>
   <si>
     <t>Avenue de Roodebeek 61</t>
   </si>
   <si>
     <t>Avenue de la Chapelle 35</t>
   </si>
   <si>
     <t>Ancienne propriété Lindthout</t>
   </si>
   <si>
     <t>Rue de la Tulipe 23</t>
   </si>
   <si>
     <t>Plantation en massif</t>
   </si>
   <si>
     <t>Rue Gérard 21</t>
   </si>
   <si>
     <t>Avenue de Meysse 1</t>
   </si>
   <si>
     <t>Rue Jean-Baptiste Timmermans 39</t>
   </si>
@@ -667,51 +670,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K52"/>
+  <dimension ref="A1:K53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="8" max="8" width="11.42578125" customWidth="true" style="0"/>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="9" max="9" width="5" customWidth="true" style="0"/>
     <col min="10" max="10" width="5" customWidth="true" style="0"/>
     <col min="11" max="11" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="23" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="19" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="18.75">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
@@ -1336,995 +1339,1026 @@
       <c r="D22" s="6"/>
       <c r="E22" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="5">
         <v>147</v>
       </c>
       <c r="J22" s="5">
         <v>10</v>
       </c>
       <c r="K22" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
-        <v>1627</v>
+        <v>7669</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="D23" s="6"/>
       <c r="E23" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="F23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F23" s="6"/>
       <c r="G23" s="6" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="H23" s="6"/>
+        <v>39</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I23" s="5">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="J23" s="5"/>
+        <v>146</v>
+      </c>
+      <c r="J23" s="5">
+        <v>15</v>
+      </c>
       <c r="K23" s="5">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
-        <v>3718</v>
+        <v>1627</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="D24" s="6"/>
       <c r="E24" s="6" t="s">
         <v>50</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G24" s="6" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="H24" s="6"/>
       <c r="I24" s="5">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="J24" s="5"/>
       <c r="K24" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
-        <v>7469</v>
+        <v>3718</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-      <c r="F25" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G25" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="5">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="J25" s="5"/>
+        <v>143</v>
+      </c>
+      <c r="J25" s="5">
+        <v>6</v>
+      </c>
       <c r="K25" s="5">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
-        <v>5982</v>
+        <v>7469</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="E26" s="6"/>
-      <c r="F26" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F26" s="6"/>
       <c r="G26" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="I26" s="5">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="J26" s="5">
+        <v>142</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="5">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
-        <v>4556</v>
+        <v>5982</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="E27" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>52</v>
       </c>
+      <c r="E27" s="6"/>
       <c r="F27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="I27" s="5">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="J27" s="5">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="K27" s="5">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
-        <v>4463</v>
+        <v>4556</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D28" s="6"/>
       <c r="E28" s="6" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="I28" s="5">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="J28" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K28" s="5">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
-        <v>4409</v>
+        <v>4463</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D29" s="6"/>
       <c r="E29" s="6" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G29" s="6" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="5">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J29" s="5">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="K29" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
-        <v>6365</v>
+        <v>4409</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="D30" s="6"/>
       <c r="E30" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G30" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="5">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="J30" s="5"/>
+        <v>127</v>
+      </c>
+      <c r="J30" s="5">
+        <v>9</v>
+      </c>
       <c r="K30" s="5">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
-        <v>3307</v>
+        <v>6365</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="D31" s="6"/>
       <c r="E31" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="5">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="J31" s="5"/>
       <c r="K31" s="5">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
-        <v>3296</v>
+        <v>3307</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D32" s="6"/>
       <c r="E32" s="6" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="5">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J32" s="5">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K32" s="5">
         <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
-        <v>4032</v>
+        <v>3296</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D33" s="6"/>
       <c r="E33" s="6" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="5">
         <v>124</v>
       </c>
       <c r="J33" s="5">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="K33" s="5">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
-        <v>3308</v>
+        <v>4032</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D34" s="6"/>
       <c r="E34" s="6" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G34" s="6" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="5">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J34" s="5">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K34" s="5">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
-        <v>654</v>
+        <v>3308</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="E35" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="D35" s="6"/>
+      <c r="E35" s="6" t="s">
+        <v>57</v>
+      </c>
       <c r="F35" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="I35" s="5">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="J35" s="5">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="K35" s="5">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
-        <v>7084</v>
+        <v>654</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="E36" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D36" s="6" t="s">
         <v>60</v>
       </c>
+      <c r="E36" s="6"/>
       <c r="F36" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G36" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I36" s="5">
         <v>120</v>
       </c>
       <c r="J36" s="5">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="K36" s="5">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="5">
-        <v>3295</v>
+        <v>7084</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="D37" s="6"/>
       <c r="E37" s="6" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G37" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I37" s="5">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J37" s="5">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K37" s="5">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="5">
-        <v>5296</v>
+        <v>3295</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="E38" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="D38" s="6"/>
+      <c r="E38" s="6" t="s">
+        <v>35</v>
+      </c>
       <c r="F38" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G38" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="5">
         <v>119</v>
       </c>
-      <c r="J38" s="5"/>
+      <c r="J38" s="5">
+        <v>10</v>
+      </c>
       <c r="K38" s="5">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
-        <v>4416</v>
+        <v>5296</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="D39" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E39" s="6"/>
       <c r="F39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="5">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="J39" s="5"/>
       <c r="K39" s="5">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="5">
-        <v>3751</v>
+        <v>4416</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="D40" s="6"/>
       <c r="E40" s="6" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="F40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G40" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="5">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="J40" s="5">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="K40" s="5">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="5">
-        <v>4754</v>
+        <v>3751</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="D41" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D41" s="6"/>
       <c r="E41" s="6" t="s">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G41" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="5">
         <v>116</v>
       </c>
-      <c r="J41" s="5"/>
+      <c r="J41" s="5">
+        <v>12</v>
+      </c>
       <c r="K41" s="5">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
-        <v>5369</v>
+        <v>4754</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D42" s="6"/>
+        <v>31</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>60</v>
+      </c>
       <c r="E42" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G42" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="5">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="5">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
-        <v>3402</v>
+        <v>5369</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D43" s="6"/>
       <c r="E43" s="6" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="I43" s="5">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="J43" s="5"/>
       <c r="K43" s="5">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="5">
-        <v>5315</v>
+        <v>3402</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D44" s="6"/>
       <c r="E44" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G44" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I44" s="5">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="J44" s="5"/>
+        <v>114</v>
+      </c>
+      <c r="J44" s="5">
+        <v>10</v>
+      </c>
       <c r="K44" s="5">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
-        <v>4452</v>
+        <v>5315</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="D45" s="6"/>
       <c r="E45" s="6" t="s">
         <v>69</v>
       </c>
       <c r="F45" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I45" s="5">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="J45" s="5"/>
       <c r="K45" s="5">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
-        <v>1634</v>
+        <v>4452</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="D46" s="6"/>
       <c r="E46" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F46" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G46" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="H46" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="5">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="J46" s="5">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="K46" s="5"/>
+        <v>10</v>
+      </c>
+      <c r="K46" s="5">
+        <v>6</v>
+      </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
-        <v>4154</v>
+        <v>1634</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="D47" s="6"/>
       <c r="E47" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="I47" s="5">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="J47" s="5">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="K47" s="5"/>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
-        <v>4343</v>
+        <v>4154</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="D48" s="6"/>
       <c r="E48" s="6" t="s">
         <v>73</v>
       </c>
       <c r="F48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G48" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="I48" s="5">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J48" s="5">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="K48" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="5">
-        <v>1036</v>
+        <v>4343</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="D49" s="6"/>
       <c r="E49" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F49" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G49" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="I49" s="5">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="J49" s="5">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K49" s="5">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
-        <v>4026</v>
+        <v>1036</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D50" s="6"/>
       <c r="E50" s="6" t="s">
         <v>75</v>
       </c>
       <c r="F50" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G50" s="6" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I50" s="5">
+        <v>49</v>
+      </c>
+      <c r="J50" s="5">
+        <v>5</v>
+      </c>
+      <c r="K50" s="5">
         <v>0</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
-        <v>7054</v>
+        <v>4026</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="D51" s="6"/>
       <c r="E51" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="5">
         <v>0</v>
       </c>
       <c r="J51" s="5">
+        <v>12</v>
+      </c>
+      <c r="K51" s="5">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11">
+      <c r="A52" s="5">
+        <v>7054</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D52" s="6"/>
+      <c r="E52" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" s="5">
+        <v>0</v>
+      </c>
+      <c r="J52" s="5">
         <v>6</v>
       </c>
-      <c r="K51" s="5">
+      <c r="K52" s="5">
         <v>6</v>
       </c>
     </row>
-    <row r="52" spans="1:11">
-[...6 lines deleted...]
-      <c r="H52" s="7"/>
+    <row r="53" spans="1:11">
+      <c r="B53" s="7"/>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+      <c r="G53" s="7"/>
+      <c r="H53" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">