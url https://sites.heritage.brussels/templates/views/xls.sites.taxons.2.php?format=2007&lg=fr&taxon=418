--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -226,63 +226,63 @@
   <si>
     <t>Rue de la Procession 24</t>
   </si>
   <si>
     <t>Domaine Latour de Freins</t>
   </si>
   <si>
     <t>Rue Engeland 555</t>
   </si>
   <si>
     <t>Propriété Fond'Roy</t>
   </si>
   <si>
     <t>Avenue du Prince d'Orange 49-51</t>
   </si>
   <si>
     <t xml:space="preserve">Rue de la Floraison </t>
   </si>
   <si>
     <t>Koekelberg</t>
   </si>
   <si>
     <t>Parc Elisabeth</t>
   </si>
   <si>
+    <t>Woluwé-Saint-Lambert</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avenue Emile Vandervelde </t>
+  </si>
+  <si>
     <t xml:space="preserve">Site de l'Hôpital Brugmann </t>
   </si>
   <si>
     <t xml:space="preserve">Place Arthur Van Gehuchten </t>
   </si>
   <si>
     <t>Drève du Prieuré 1</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Avenue Emile Vandervelde </t>
   </si>
   <si>
     <t>Rue Langeveld 63</t>
   </si>
   <si>
     <t>Avenue des Cyclistes 49</t>
   </si>
   <si>
     <t>Ancienne propriété Delwart</t>
   </si>
   <si>
     <t>Avenue Fond'Roy 77</t>
   </si>
   <si>
     <t>Avenue Hamoir 24</t>
   </si>
   <si>
     <t>Parc d'Osseghem</t>
   </si>
   <si>
     <t>Jette</t>
   </si>
   <si>
     <t>Parc de la clinique Sans Souci</t>
   </si>
@@ -1925,244 +1925,244 @@
       <c r="D34" s="6" t="s">
         <v>68</v>
       </c>
       <c r="E34" s="6"/>
       <c r="F34" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="5">
         <v>365</v>
       </c>
       <c r="J34" s="5">
         <v>30</v>
       </c>
       <c r="K34" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
-        <v>7513</v>
+        <v>2516</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="6" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="F35" s="6"/>
+        <v>70</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="G35" s="6" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="I35" s="5">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="J35" s="5">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="K35" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
-        <v>4469</v>
+        <v>7513</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D36" s="6"/>
       <c r="E36" s="6" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="F36" s="6"/>
       <c r="G36" s="6" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="5">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J36" s="5">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K36" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="5">
-        <v>6770</v>
+        <v>4469</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="E37" s="6" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G37" s="6" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="I37" s="5">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="J37" s="5">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="K37" s="5">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="5">
-        <v>1560</v>
+        <v>6770</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="E38" s="6"/>
+        <v>54</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>55</v>
+      </c>
       <c r="F38" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G38" s="6" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="I38" s="5">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J38" s="5">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="K38" s="5">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
-        <v>5744</v>
+        <v>1560</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E39" s="6"/>
       <c r="F39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I39" s="5">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="J39" s="5"/>
+        <v>357</v>
+      </c>
+      <c r="J39" s="5">
+        <v>25</v>
+      </c>
       <c r="K39" s="5">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="5">
-        <v>2516</v>
+        <v>5744</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="D40" s="6"/>
       <c r="E40" s="6" t="s">
         <v>73</v>
       </c>
       <c r="F40" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G40" s="6" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="I40" s="5">
-        <v>352</v>
-[...3 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="J40" s="5"/>
       <c r="K40" s="5">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="5">
         <v>2087</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D41" s="6"/>
       <c r="E41" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F41" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>20</v>
       </c>
@@ -2380,54 +2380,54 @@
       </c>
       <c r="H48" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I48" s="5">
         <v>342</v>
       </c>
       <c r="J48" s="5">
         <v>26</v>
       </c>
       <c r="K48" s="5">
         <v>26</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="5">
         <v>4468</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F49" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="5">
         <v>340</v>
       </c>
       <c r="J49" s="5">
         <v>18</v>
       </c>
       <c r="K49" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
         <v>7004</v>
       </c>
       <c r="B50" s="6" t="s">
@@ -2874,51 +2874,51 @@
       <c r="D65" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E65" s="6"/>
       <c r="F65" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="6"/>
       <c r="H65" s="6"/>
       <c r="I65" s="5">
         <v>314</v>
       </c>
       <c r="J65" s="5"/>
       <c r="K65" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
         <v>3705</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D66" s="6"/>
       <c r="E66" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F66" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G66" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I66" s="5">
         <v>314</v>
       </c>
       <c r="J66" s="5">
         <v>18</v>
       </c>
       <c r="K66" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:11">
@@ -3094,51 +3094,51 @@
       </c>
       <c r="H72" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I72" s="5">
         <v>310</v>
       </c>
       <c r="J72" s="5">
         <v>14</v>
       </c>
       <c r="K72" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="5">
         <v>4756</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E73" s="6" t="s">
         <v>101</v>
       </c>
       <c r="F73" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G73" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H73" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="5">
         <v>310</v>
       </c>
       <c r="J73" s="5">
         <v>16</v>
       </c>
       <c r="K73" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="5">
@@ -4087,51 +4087,51 @@
         <v>47</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>124</v>
       </c>
       <c r="E104" s="6"/>
       <c r="F104" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G104" s="6"/>
       <c r="H104" s="6"/>
       <c r="I104" s="5">
         <v>268</v>
       </c>
       <c r="J104" s="5"/>
       <c r="K104" s="5"/>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="5">
         <v>4021</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D105" s="6"/>
       <c r="E105" s="6" t="s">
         <v>125</v>
       </c>
       <c r="F105" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G105" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I105" s="5">
         <v>267</v>
       </c>
       <c r="J105" s="5">
         <v>18</v>
       </c>
       <c r="K105" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:11">
@@ -4184,51 +4184,51 @@
       <c r="F107" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G107" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I107" s="5">
         <v>265</v>
       </c>
       <c r="J107" s="5"/>
       <c r="K107" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="5">
         <v>4365</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D108" s="6"/>
       <c r="E108" s="6" t="s">
         <v>129</v>
       </c>
       <c r="F108" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G108" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I108" s="5">
         <v>263</v>
       </c>
       <c r="J108" s="5">
         <v>27</v>
       </c>
       <c r="K108" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:11">
@@ -4344,51 +4344,51 @@
       <c r="E112" s="6"/>
       <c r="F112" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G112" s="6"/>
       <c r="H112" s="6"/>
       <c r="I112" s="5">
         <v>256</v>
       </c>
       <c r="J112" s="5"/>
       <c r="K112" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="5">
         <v>6641</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D113" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E113" s="6" t="s">
         <v>132</v>
       </c>
       <c r="F113" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G113" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I113" s="5">
         <v>255</v>
       </c>
       <c r="J113" s="5">
         <v>10</v>
       </c>
       <c r="K113" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="5">
@@ -4503,51 +4503,51 @@
       </c>
       <c r="H117" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I117" s="5">
         <v>243</v>
       </c>
       <c r="J117" s="5">
         <v>20</v>
       </c>
       <c r="K117" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="5">
         <v>6642</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C118" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D118" s="6" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E118" s="6" t="s">
         <v>132</v>
       </c>
       <c r="F118" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G118" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I118" s="5">
         <v>242</v>
       </c>
       <c r="J118" s="5">
         <v>15</v>
       </c>
       <c r="K118" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="5">