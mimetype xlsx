--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -268,50 +268,53 @@
   <si>
     <t>Avenue des Cyclistes 49</t>
   </si>
   <si>
     <t>Ancienne propriété Delwart</t>
   </si>
   <si>
     <t>Avenue Fond'Roy 77</t>
   </si>
   <si>
     <t>Avenue Hamoir 24</t>
   </si>
   <si>
     <t>Parc d'Osseghem</t>
   </si>
   <si>
     <t>Jette</t>
   </si>
   <si>
     <t>Parc de la clinique Sans Souci</t>
   </si>
   <si>
     <t>Parc d'Egmont</t>
   </si>
   <si>
+    <t xml:space="preserve">Boulevard du Souverain </t>
+  </si>
+  <si>
     <t xml:space="preserve">Sentier de la Drève </t>
   </si>
   <si>
     <t xml:space="preserve">Rue de Neerpede </t>
   </si>
   <si>
     <t>Propriété Stuyvenberg</t>
   </si>
   <si>
     <t>Avenue des Eglantiers 2a</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Joseph De Heyn </t>
   </si>
   <si>
     <t>Parc Verregat</t>
   </si>
   <si>
     <t>Avenue Grandchamp 228</t>
   </si>
   <si>
     <t>Drève des Weigélias 33</t>
   </si>
   <si>
     <t>Parc Cherridreux</t>
@@ -350,53 +353,50 @@
     <t>Avenue Jean Accent 41</t>
   </si>
   <si>
     <t xml:space="preserve">Square Charles Lagrange </t>
   </si>
   <si>
     <t>Arbre visible de la voirie, occupant une position centrale dans le paysage.</t>
   </si>
   <si>
     <t>Parc Garcet</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Léon Theodor </t>
   </si>
   <si>
     <t xml:space="preserve">Avenue du Laerbeek </t>
   </si>
   <si>
     <t>Site de l'Observatoire royal</t>
   </si>
   <si>
     <t>Avenue Circulaire 1</t>
   </si>
   <si>
     <t>Avenue de la Tenderie 31</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Boulevard du Souverain </t>
   </si>
   <si>
     <t>Site de l'avenue de Madrid</t>
   </si>
   <si>
     <t>Avenue de Madrid 100</t>
   </si>
   <si>
     <t>Drève du Prieuré 3</t>
   </si>
   <si>
     <t>Avenue de Meysse 73</t>
   </si>
   <si>
     <t>Royal Racing Club de Bruxelles</t>
   </si>
   <si>
     <t>Avenue de Foestraets 28d</t>
   </si>
   <si>
     <t>Cimetière du Dieweg</t>
   </si>
   <si>
     <t>Parc Lambin</t>
   </si>
@@ -2406,1678 +2406,1682 @@
       </c>
       <c r="E49" s="6" t="s">
         <v>72</v>
       </c>
       <c r="F49" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I49" s="5">
         <v>340</v>
       </c>
       <c r="J49" s="5">
         <v>18</v>
       </c>
       <c r="K49" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
-        <v>7004</v>
+        <v>5231</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="D50" s="6"/>
       <c r="E50" s="6" t="s">
         <v>83</v>
       </c>
       <c r="F50" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G50" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="I50" s="5">
         <v>340</v>
       </c>
       <c r="J50" s="5">
         <v>18</v>
       </c>
       <c r="K50" s="5">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
-        <v>2835</v>
+        <v>7004</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="E51" s="6"/>
+        <v>47</v>
+      </c>
+      <c r="D51" s="6"/>
+      <c r="E51" s="6" t="s">
+        <v>84</v>
+      </c>
       <c r="F51" s="6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="H51" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="G51" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H51" s="6" t="s">
+        <v>53</v>
+      </c>
       <c r="I51" s="5">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="J51" s="5"/>
+        <v>340</v>
+      </c>
+      <c r="J51" s="5">
+        <v>18</v>
+      </c>
       <c r="K51" s="5">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
-        <v>4828</v>
+        <v>2835</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E52" s="6"/>
       <c r="F52" s="6" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="G52" s="6"/>
+      <c r="H52" s="6"/>
       <c r="I52" s="5">
         <v>339</v>
       </c>
       <c r="J52" s="5"/>
       <c r="K52" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="5">
-        <v>969</v>
+        <v>4828</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D53" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D53" s="6"/>
+      <c r="E53" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="E53" s="6"/>
       <c r="F53" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G53" s="6"/>
-      <c r="H53" s="6"/>
+      <c r="G53" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>53</v>
+      </c>
       <c r="I53" s="5">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="J53" s="5"/>
-      <c r="K53" s="5"/>
+      <c r="K53" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="5">
-        <v>2085</v>
+        <v>969</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="E54" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D54" s="6" t="s">
         <v>86</v>
       </c>
+      <c r="E54" s="6"/>
       <c r="F54" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G54" s="6"/>
       <c r="H54" s="6"/>
       <c r="I54" s="5">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J54" s="5"/>
       <c r="K54" s="5"/>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
-        <v>6216</v>
+        <v>2085</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="D55" s="6"/>
       <c r="E55" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F55" s="6"/>
-[...5 lines deleted...]
-      </c>
+      <c r="F55" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="6"/>
+      <c r="H55" s="6"/>
       <c r="I55" s="5">
-        <v>330</v>
-[...6 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="J55" s="5"/>
+      <c r="K55" s="5"/>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
-        <v>7370</v>
+        <v>6216</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D56" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="D56" s="6"/>
+      <c r="E56" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="E56" s="6"/>
       <c r="F56" s="6"/>
       <c r="G56" s="6" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="5">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="J56" s="5">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K56" s="5">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
-        <v>2834</v>
+        <v>7370</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>38</v>
+        <v>89</v>
       </c>
       <c r="E57" s="6"/>
-      <c r="F57" s="6" t="s">
+      <c r="F57" s="6"/>
+      <c r="G57" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="I57" s="5">
+        <v>326</v>
+      </c>
+      <c r="J57" s="5">
+        <v>18</v>
+      </c>
+      <c r="K57" s="5">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="5">
-        <v>5545</v>
+        <v>2834</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="D58" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D58" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E58" s="6"/>
       <c r="F58" s="6" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="G58" s="6"/>
+      <c r="H58" s="6"/>
       <c r="I58" s="5">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="J58" s="5"/>
       <c r="K58" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="5">
-        <v>2084</v>
+        <v>5545</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D59" s="6"/>
       <c r="E59" s="6" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="F59" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G59" s="6"/>
-      <c r="H59" s="6"/>
+      <c r="G59" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>24</v>
+      </c>
       <c r="I59" s="5">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J59" s="5"/>
-      <c r="K59" s="5"/>
+      <c r="K59" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="5">
-        <v>3861</v>
+        <v>2084</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D60" s="6"/>
       <c r="E60" s="6" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="G60" s="6"/>
+      <c r="H60" s="6"/>
       <c r="I60" s="5">
         <v>320</v>
       </c>
-      <c r="J60" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J60" s="5"/>
+      <c r="K60" s="5"/>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="5">
-        <v>5173</v>
+        <v>3861</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D61" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D61" s="6"/>
+      <c r="E61" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="E61" s="6"/>
       <c r="F61" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G61" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="I61" s="5">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="J61" s="5"/>
+        <v>320</v>
+      </c>
+      <c r="J61" s="5">
+        <v>20</v>
+      </c>
       <c r="K61" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="5">
-        <v>2090</v>
+        <v>5173</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D62" s="6"/>
-      <c r="E62" s="6" t="s">
+      <c r="D62" s="6" t="s">
         <v>92</v>
       </c>
+      <c r="E62" s="6"/>
       <c r="F62" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G62" s="6"/>
-      <c r="H62" s="6"/>
+      <c r="G62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="I62" s="5">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J62" s="5"/>
-      <c r="K62" s="5"/>
+      <c r="K62" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
-        <v>4281</v>
+        <v>2090</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D63" s="6"/>
       <c r="E63" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F63" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G63" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G63" s="6"/>
+      <c r="H63" s="6"/>
       <c r="I63" s="5">
         <v>315</v>
       </c>
-      <c r="J63" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J63" s="5"/>
+      <c r="K63" s="5"/>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
-        <v>1886</v>
+        <v>2906</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="D64" s="6"/>
       <c r="E64" s="6" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="F64" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G64" s="6"/>
-      <c r="H64" s="6"/>
+      <c r="G64" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="I64" s="5">
-        <v>314</v>
-[...2 lines deleted...]
-      <c r="K64" s="5"/>
+        <v>315</v>
+      </c>
+      <c r="J64" s="5">
+        <v>18</v>
+      </c>
+      <c r="K64" s="5">
+        <v>20</v>
+      </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
-        <v>2833</v>
+        <v>4281</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="D65" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="6"/>
+      <c r="D65" s="6"/>
+      <c r="E65" s="6" t="s">
+        <v>94</v>
+      </c>
       <c r="F65" s="6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="H65" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="G65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="H65" s="6" t="s">
+        <v>24</v>
+      </c>
       <c r="I65" s="5">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="J65" s="5"/>
+        <v>315</v>
+      </c>
+      <c r="J65" s="5">
+        <v>20</v>
+      </c>
       <c r="K65" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
-        <v>3705</v>
+        <v>1886</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D66" s="6"/>
+        <v>21</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>95</v>
+      </c>
       <c r="E66" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="G66" s="6"/>
+      <c r="H66" s="6"/>
       <c r="I66" s="5">
         <v>314</v>
       </c>
-      <c r="J66" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J66" s="5"/>
+      <c r="K66" s="5"/>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="5">
-        <v>6389</v>
+        <v>2833</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="E67" s="6"/>
       <c r="F67" s="6" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="G67" s="6"/>
+      <c r="H67" s="6"/>
       <c r="I67" s="5">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="J67" s="5"/>
       <c r="K67" s="5">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="5">
-        <v>2837</v>
+        <v>3705</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="E68" s="6"/>
+        <v>69</v>
+      </c>
+      <c r="D68" s="6"/>
+      <c r="E68" s="6" t="s">
+        <v>97</v>
+      </c>
       <c r="F68" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G68" s="6"/>
-      <c r="H68" s="6"/>
+      <c r="G68" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="I68" s="5">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="J68" s="5"/>
+        <v>314</v>
+      </c>
+      <c r="J68" s="5">
+        <v>18</v>
+      </c>
       <c r="K68" s="5">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="5">
-        <v>2838</v>
+        <v>6389</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="E69" s="6"/>
       <c r="F69" s="6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="H69" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="G69" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H69" s="6" t="s">
+        <v>24</v>
+      </c>
       <c r="I69" s="5">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="J69" s="5"/>
+        <v>313</v>
+      </c>
+      <c r="J69" s="5">
+        <v>20</v>
+      </c>
       <c r="K69" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="5">
-        <v>4187</v>
+        <v>2837</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="D70" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D70" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E70" s="6"/>
       <c r="F70" s="6" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="G70" s="6"/>
+      <c r="H70" s="6"/>
       <c r="I70" s="5">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J70" s="5"/>
       <c r="K70" s="5">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="5">
-        <v>4391</v>
+        <v>2838</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E71" s="6"/>
       <c r="F71" s="6" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="G71" s="6"/>
+      <c r="H71" s="6"/>
       <c r="I71" s="5">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="J71" s="5"/>
       <c r="K71" s="5">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="5">
-        <v>4704</v>
+        <v>4187</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D72" s="6"/>
       <c r="E72" s="6" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F72" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G72" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H72" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I72" s="5">
         <v>310</v>
       </c>
-      <c r="J72" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J72" s="5"/>
       <c r="K72" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="5">
-        <v>4756</v>
+        <v>4391</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="D73" s="6"/>
       <c r="E73" s="6" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F73" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G73" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H73" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I73" s="5">
         <v>310</v>
       </c>
       <c r="J73" s="5">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="K73" s="5">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="5">
-        <v>4945</v>
+        <v>4704</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D74" s="6"/>
       <c r="E74" s="6" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G74" s="6" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="I74" s="5">
         <v>310</v>
       </c>
-      <c r="J74" s="5"/>
+      <c r="J74" s="5">
+        <v>14</v>
+      </c>
       <c r="K74" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="5">
-        <v>2275</v>
+        <v>4756</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D75" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>71</v>
+      </c>
       <c r="E75" s="6" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G75" s="6" t="s">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I75" s="5">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="J75" s="5">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K75" s="5">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
-        <v>1479</v>
+        <v>4945</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="D76" s="6"/>
       <c r="E76" s="6" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="I76" s="5">
-        <v>306</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="J76" s="5"/>
       <c r="K76" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
-        <v>5189</v>
+        <v>2275</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="D77" s="6"/>
       <c r="E77" s="6" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="G77" s="6" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="I77" s="5">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="J77" s="5"/>
+        <v>307</v>
+      </c>
+      <c r="J77" s="5">
+        <v>18</v>
+      </c>
       <c r="K77" s="5">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="5">
-        <v>4390</v>
+        <v>1479</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D78" s="6"/>
+        <v>80</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>106</v>
+      </c>
       <c r="E78" s="6" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="F78" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G78" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="I78" s="5">
+        <v>306</v>
+      </c>
+      <c r="J78" s="5">
         <v>23</v>
       </c>
-      <c r="H78" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K78" s="5">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
-        <v>5721</v>
+        <v>5189</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D79" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="D79" s="6"/>
+      <c r="E79" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="E79" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F79" s="6" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G79" s="6" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I79" s="5">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="J79" s="5"/>
       <c r="K79" s="5">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
-        <v>5543</v>
+        <v>4390</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="D80" s="6"/>
       <c r="E80" s="6" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="F80" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G80" s="6" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I80" s="5">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="J80" s="5"/>
+        <v>303</v>
+      </c>
+      <c r="J80" s="5">
+        <v>26</v>
+      </c>
       <c r="K80" s="5">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
-        <v>3906</v>
+        <v>5721</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D81" s="6"/>
+        <v>21</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>109</v>
+      </c>
       <c r="E81" s="6" t="s">
         <v>110</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G81" s="6" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="I81" s="5">
-        <v>300</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="J81" s="5"/>
       <c r="K81" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="5">
-        <v>5231</v>
+        <v>5543</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D82" s="6"/>
       <c r="E82" s="6" t="s">
-        <v>111</v>
+        <v>90</v>
       </c>
       <c r="F82" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G82" s="6" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I82" s="5">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="J82" s="5"/>
       <c r="K82" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="5">
-        <v>833</v>
+        <v>3906</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D83" s="6"/>
       <c r="E83" s="6" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F83" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G83" s="6" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I83" s="5">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J83" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K83" s="5">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="5">
-        <v>5743</v>
+        <v>833</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D84" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>112</v>
+      </c>
       <c r="E84" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F84" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="6" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I84" s="5">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="J84" s="5"/>
+        <v>299</v>
+      </c>
+      <c r="J84" s="5">
+        <v>20</v>
+      </c>
       <c r="K84" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="5">
-        <v>2841</v>
+        <v>5743</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="E85" s="6"/>
+        <v>26</v>
+      </c>
+      <c r="D85" s="6"/>
+      <c r="E85" s="6" t="s">
+        <v>114</v>
+      </c>
       <c r="F85" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G85" s="6"/>
-      <c r="H85" s="6"/>
+      <c r="G85" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>24</v>
+      </c>
       <c r="I85" s="5">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J85" s="5"/>
       <c r="K85" s="5">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="5">
-        <v>5174</v>
+        <v>2841</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="E86" s="6"/>
       <c r="F86" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G86" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G86" s="6"/>
+      <c r="H86" s="6"/>
       <c r="I86" s="5">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="J86" s="5"/>
       <c r="K86" s="5">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="5">
-        <v>5707</v>
+        <v>5174</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E87" s="6"/>
       <c r="F87" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G87" s="6" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="I87" s="5">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J87" s="5"/>
       <c r="K87" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="5">
-        <v>6627</v>
+        <v>5707</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-      <c r="E88" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D88" s="6"/>
+      <c r="E88" s="6" t="s">
+        <v>115</v>
+      </c>
       <c r="F88" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G88" s="6" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I88" s="5">
         <v>292</v>
       </c>
-      <c r="J88" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J88" s="5"/>
       <c r="K88" s="5">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="5">
-        <v>4388</v>
+        <v>6627</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E89" s="6"/>
       <c r="F89" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G89" s="6" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I89" s="5">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J89" s="5">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K89" s="5">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="5">
-        <v>2176</v>
+        <v>4388</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="E90" s="6"/>
+        <v>56</v>
+      </c>
+      <c r="D90" s="6"/>
+      <c r="E90" s="6" t="s">
+        <v>100</v>
+      </c>
       <c r="F90" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G90" s="6"/>
-      <c r="H90" s="6"/>
+      <c r="G90" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>24</v>
+      </c>
       <c r="I90" s="5">
-        <v>289</v>
-[...2 lines deleted...]
-      <c r="K90" s="5"/>
+        <v>291</v>
+      </c>
+      <c r="J90" s="5">
+        <v>26</v>
+      </c>
+      <c r="K90" s="5">
+        <v>18</v>
+      </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="5">
-        <v>2088</v>
+        <v>2176</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D91" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D91" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="E91" s="6"/>
       <c r="F91" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G91" s="6"/>
       <c r="H91" s="6"/>
       <c r="I91" s="5">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="J91" s="5"/>
       <c r="K91" s="5"/>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="5">
-        <v>6640</v>
+        <v>2088</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="D92" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="6"/>
+      <c r="D92" s="6"/>
+      <c r="E92" s="6" t="s">
+        <v>117</v>
+      </c>
       <c r="F92" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G92" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G92" s="6"/>
+      <c r="H92" s="6"/>
       <c r="I92" s="5">
         <v>288</v>
       </c>
-      <c r="J92" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J92" s="5"/>
+      <c r="K92" s="5"/>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="5">
-        <v>2842</v>
+        <v>6640</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C93" s="6" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>38</v>
+        <v>118</v>
       </c>
       <c r="E93" s="6"/>
       <c r="F93" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G93" s="6"/>
-      <c r="H93" s="6"/>
+      <c r="G93" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="I93" s="5">
-        <v>285</v>
-[...2 lines deleted...]
-      <c r="K93" s="5"/>
+        <v>288</v>
+      </c>
+      <c r="J93" s="5">
+        <v>18</v>
+      </c>
+      <c r="K93" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="5">
-        <v>3993</v>
+        <v>2842</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E94" s="6"/>
       <c r="F94" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G94" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G94" s="6"/>
+      <c r="H94" s="6"/>
       <c r="I94" s="5">
         <v>285</v>
       </c>
-      <c r="J94" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J94" s="5"/>
+      <c r="K94" s="5"/>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="5">
-        <v>2276</v>
+        <v>3993</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D95" s="6"/>
       <c r="E95" s="6" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="H95" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="G95" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="I95" s="5">
-        <v>283</v>
-[...2 lines deleted...]
-      <c r="K95" s="5"/>
+        <v>285</v>
+      </c>
+      <c r="J95" s="5">
+        <v>25</v>
+      </c>
+      <c r="K95" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="5">
-        <v>2836</v>
+        <v>2276</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="E96" s="6"/>
+        <v>21</v>
+      </c>
+      <c r="D96" s="6"/>
+      <c r="E96" s="6" t="s">
+        <v>52</v>
+      </c>
       <c r="F96" s="6" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="G96" s="6"/>
       <c r="H96" s="6"/>
       <c r="I96" s="5">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="J96" s="5"/>
-      <c r="K96" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K96" s="5"/>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="5">
-        <v>5185</v>
+        <v>2836</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>80</v>
-[...4 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E97" s="6"/>
       <c r="F97" s="6" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="G97" s="6"/>
+      <c r="H97" s="6"/>
       <c r="I97" s="5">
         <v>281</v>
       </c>
-      <c r="J97" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J97" s="5"/>
       <c r="K97" s="5">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="5">
-        <v>5103</v>
+        <v>5185</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="D98" s="6"/>
       <c r="E98" s="6" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G98" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="I98" s="5">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="J98" s="5">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="K98" s="5">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
-        <v>6306</v>
+        <v>5103</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D99" s="6"/>
+        <v>26</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>119</v>
+      </c>
       <c r="E99" s="6" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="F99" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G99" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I99" s="5">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J99" s="5">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="K99" s="5">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="5">
-        <v>3697</v>
+        <v>6306</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>121</v>
+        <v>56</v>
       </c>
       <c r="D100" s="6"/>
       <c r="E100" s="6" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="F100" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G100" s="6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I100" s="5">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="J100" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K100" s="5">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="5">
-        <v>2906</v>
+        <v>3697</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>26</v>
+        <v>121</v>
       </c>
       <c r="D101" s="6"/>
       <c r="E101" s="6" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="F101" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G101" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I101" s="5">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="J101" s="5"/>
+        <v>277</v>
+      </c>
+      <c r="J101" s="5">
+        <v>18</v>
+      </c>
       <c r="K101" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="5">
         <v>5216</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D102" s="6"/>
       <c r="E102" s="6" t="s">
         <v>123</v>
       </c>
       <c r="F102" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G102" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I102" s="5">
         <v>273</v>
       </c>
       <c r="J102" s="5">
         <v>22</v>
       </c>
       <c r="K102" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="5">
         <v>4389</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>56</v>
       </c>
       <c r="D103" s="6"/>
       <c r="E103" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F103" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G103" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I103" s="5">
         <v>269</v>
       </c>
       <c r="J103" s="5">
         <v>26</v>
       </c>
       <c r="K103" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="5">
         <v>127</v>
       </c>
       <c r="B104" s="6" t="s">
@@ -4254,82 +4258,82 @@
       <c r="H109" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I109" s="5">
         <v>260</v>
       </c>
       <c r="J109" s="5">
         <v>20</v>
       </c>
       <c r="K109" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="5">
         <v>5544</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D110" s="6"/>
       <c r="E110" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F110" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G110" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I110" s="5">
         <v>260</v>
       </c>
       <c r="J110" s="5"/>
       <c r="K110" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="5">
         <v>7003</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D111" s="6"/>
       <c r="E111" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F111" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G111" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>53</v>
       </c>
       <c r="I111" s="5">
         <v>260</v>
       </c>
       <c r="J111" s="5">
         <v>18</v>
       </c>
       <c r="K111" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="5">
         <v>620</v>
       </c>
       <c r="B112" s="6" t="s">