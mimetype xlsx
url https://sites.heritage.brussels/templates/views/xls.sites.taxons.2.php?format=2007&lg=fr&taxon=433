--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>