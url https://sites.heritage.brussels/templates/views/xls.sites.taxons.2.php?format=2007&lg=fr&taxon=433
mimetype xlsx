--- v1 (2026-01-15)
+++ v2 (2026-03-16)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -2790,110 +2790,110 @@
       </c>
       <c r="C65" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F65" s="6" t="s">
         <v>65</v>
       </c>
       <c r="G65" s="6"/>
       <c r="H65" s="6"/>
       <c r="I65" s="5">
         <v>261</v>
       </c>
       <c r="J65" s="5"/>
       <c r="K65" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
-        <v>4684</v>
+        <v>5276</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="E66" s="6"/>
       <c r="F66" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G66" s="6" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="I66" s="5">
-        <v>256</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="J66" s="5"/>
       <c r="K66" s="5">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="5">
-        <v>5276</v>
+        <v>4684</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>97</v>
-[...4 lines deleted...]
-      <c r="E67" s="6"/>
+        <v>17</v>
+      </c>
+      <c r="D67" s="6"/>
+      <c r="E67" s="6" t="s">
+        <v>56</v>
+      </c>
       <c r="F67" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G67" s="6" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="I67" s="5">
         <v>256</v>
       </c>
-      <c r="J67" s="5"/>
+      <c r="J67" s="5">
+        <v>15</v>
+      </c>
       <c r="K67" s="5">
-        <v>0</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="5">
         <v>5190</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D68" s="6"/>
       <c r="E68" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F68" s="6" t="s">
         <v>38</v>
       </c>
       <c r="G68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H68" s="6" t="s">
         <v>31</v>
       </c>