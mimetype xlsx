--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -76,69 +76,69 @@
     <t>diamètre de la couronne</t>
   </si>
   <si>
     <t>Taxodium distichum
 Cyprès chauve de Louisiane</t>
   </si>
   <si>
     <t>Auderghem</t>
   </si>
   <si>
     <t>Parc du château Sainte Anne</t>
   </si>
   <si>
     <t>Rue du Vieux Moulin 103</t>
   </si>
   <si>
     <t>Inscrit sur la liste de sauvegarde</t>
   </si>
   <si>
     <t>Arbre en partie visible de la voirie</t>
   </si>
   <si>
     <t>Arbre isolé</t>
   </si>
   <si>
+    <t>Molenbeek-Saint-Jean</t>
+  </si>
+  <si>
+    <t>Parc des Muses</t>
+  </si>
+  <si>
+    <t>À l'inventaire scientifique</t>
+  </si>
+  <si>
+    <t>Groupe de moins de 5 arbres</t>
+  </si>
+  <si>
     <t>Woluwé-Saint-Pierre</t>
   </si>
   <si>
     <t>Parc de Woluwe</t>
   </si>
   <si>
-    <t>À l'inventaire scientifique</t>
-[...1 lines deleted...]
-  <si>
     <t>Arbre visible de la voirie</t>
-  </si>
-[...7 lines deleted...]
-    <t>Groupe de moins de 5 arbres</t>
   </si>
   <si>
     <t>Val Duchesse</t>
   </si>
   <si>
     <t>Arbre disparu</t>
   </si>
   <si>
     <t>Watermael-Boitsfort</t>
   </si>
   <si>
     <t>Parc Tenreuken</t>
   </si>
   <si>
     <t xml:space="preserve">Boulevard du Souverain </t>
   </si>
   <si>
     <t>Arbre invisible de la voirie, en espace (semi)-public</t>
   </si>
   <si>
     <t>Uccle</t>
   </si>
   <si>
     <t>Parc de Wolvendael</t>
   </si>
@@ -706,169 +706,169 @@
       </c>
       <c r="E4" s="6" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="5">
         <v>431</v>
       </c>
       <c r="J4" s="5">
         <v>32</v>
       </c>
       <c r="K4" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="5">
-        <v>2855</v>
+        <v>1608</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="6"/>
       <c r="F5" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G5" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="H5" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" s="5">
-        <v>393</v>
+        <v>408</v>
       </c>
       <c r="J5" s="5">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="K5" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="5">
-        <v>1608</v>
+        <v>2855</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E6" s="6"/>
       <c r="F6" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="6" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="H6" s="6" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I6" s="5">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="J6" s="5">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="K6" s="5">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="5">
         <v>1609</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E7" s="6"/>
       <c r="F7" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I7" s="5">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="J7" s="5">
         <v>28</v>
       </c>
       <c r="K7" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="5">
         <v>2856</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E8" s="6"/>
       <c r="F8" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H8" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I8" s="5">
         <v>357</v>
       </c>
       <c r="J8" s="5">
         <v>20</v>
       </c>
       <c r="K8" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="5">
         <v>371</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E9" s="6"/>
@@ -886,84 +886,84 @@
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
         <v>2452</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H10" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I10" s="5">
         <v>344</v>
       </c>
       <c r="J10" s="5">
         <v>26</v>
       </c>
       <c r="K10" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5">
         <v>2990</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="6"/>
       <c r="F11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I11" s="5">
         <v>343</v>
       </c>
       <c r="J11" s="5">
         <v>28</v>
       </c>
       <c r="K11" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
         <v>2</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="6"/>
@@ -987,83 +987,83 @@
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
         <v>1456</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I13" s="5">
         <v>313</v>
       </c>
       <c r="J13" s="5">
         <v>21</v>
       </c>
       <c r="K13" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5">
         <v>2719</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I14" s="5">
         <v>313</v>
       </c>
       <c r="J14" s="5">
         <v>30</v>
       </c>
       <c r="K14" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="5">
         <v>1700</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="6" t="s">
@@ -1088,51 +1088,51 @@
       <c r="K15" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
         <v>2431</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="6"/>
       <c r="F16" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I16" s="5">
         <v>310</v>
       </c>
       <c r="J16" s="5">
         <v>23</v>
       </c>
       <c r="K16" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
         <v>2451</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E17" s="6" t="s">
@@ -1158,51 +1158,51 @@
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
         <v>5605</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I18" s="5">
         <v>295</v>
       </c>
       <c r="J18" s="5">
         <v>22</v>
       </c>
       <c r="K18" s="5">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
         <v>615</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="6"/>
@@ -1220,51 +1220,51 @@
       <c r="K19" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
         <v>2430</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="6"/>
       <c r="F20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I20" s="5">
         <v>289</v>
       </c>
       <c r="J20" s="5">
         <v>23</v>
       </c>
       <c r="K20" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
         <v>801</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="6"/>
@@ -1273,236 +1273,236 @@
       </c>
       <c r="G21" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="5">
         <v>278</v>
       </c>
       <c r="J21" s="5">
         <v>18</v>
       </c>
       <c r="K21" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
         <v>2858</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E22" s="6"/>
       <c r="F22" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="6"/>
       <c r="H22" s="6"/>
       <c r="I22" s="5">
         <v>276</v>
       </c>
       <c r="J22" s="5"/>
       <c r="K22" s="5"/>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
         <v>7538</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D23" s="6"/>
       <c r="E23" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I23" s="5">
         <v>276</v>
       </c>
       <c r="J23" s="5">
         <v>18</v>
       </c>
       <c r="K23" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
         <v>2859</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E24" s="6"/>
       <c r="F24" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
       <c r="I24" s="5">
         <v>273</v>
       </c>
       <c r="J24" s="5"/>
       <c r="K24" s="5"/>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
         <v>6790</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>45</v>
       </c>
       <c r="E25" s="6"/>
       <c r="F25" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I25" s="5">
         <v>270</v>
       </c>
       <c r="J25" s="5">
         <v>23</v>
       </c>
       <c r="K25" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
         <v>802</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E26" s="6"/>
       <c r="F26" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I26" s="5">
         <v>261</v>
       </c>
       <c r="J26" s="5">
         <v>28</v>
       </c>
       <c r="K26" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
         <v>2720</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>41</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I27" s="5">
         <v>255</v>
       </c>
       <c r="J27" s="5">
         <v>29</v>
       </c>
       <c r="K27" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
         <v>2857</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E28" s="6"/>
       <c r="F28" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="5">
         <v>255</v>
       </c>
       <c r="J28" s="5"/>
       <c r="K28" s="5"/>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
         <v>804</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>50</v>
@@ -1563,152 +1563,152 @@
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
         <v>2454</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I31" s="5">
         <v>234</v>
       </c>
       <c r="J31" s="5">
         <v>30</v>
       </c>
       <c r="K31" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
         <v>803</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E32" s="6"/>
       <c r="F32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I32" s="5">
         <v>230</v>
       </c>
       <c r="J32" s="5">
         <v>22</v>
       </c>
       <c r="K32" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
         <v>420</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E33" s="6"/>
       <c r="F33" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="5">
         <v>192</v>
       </c>
       <c r="J33" s="5">
         <v>16</v>
       </c>
       <c r="K33" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
         <v>2453</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I34" s="5">
         <v>190</v>
       </c>
       <c r="J34" s="5">
         <v>30</v>
       </c>
       <c r="K34" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
         <v>2113</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="6" t="s">
         <v>56</v>
       </c>