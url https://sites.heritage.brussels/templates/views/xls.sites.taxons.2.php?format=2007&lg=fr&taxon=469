--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -16,134 +16,137 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
-[...1 lines deleted...]
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+  <si>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
   <si>
     <t>circ.</t>
   </si>
   <si>
     <t>hauteur</t>
   </si>
   <si>
     <t>diamètre de la couronne</t>
   </si>
   <si>
     <t>Taxus baccata
 If commun</t>
   </si>
   <si>
     <t>Watermael-Boitsfort</t>
   </si>
   <si>
+    <t>Rue du Loutrier 69</t>
+  </si>
+  <si>
     <t>À l'inventaire scientifique</t>
   </si>
   <si>
+    <t>Arbre invisible de la voirie, en espace (semi)-public</t>
+  </si>
+  <si>
+    <t>Arbre isolé</t>
+  </si>
+  <si>
     <t>Bruxelles</t>
   </si>
   <si>
     <t>Champ du Vert Chasseur 71a</t>
   </si>
   <si>
     <t>Arbre en partie visible de la voirie</t>
   </si>
   <si>
-    <t>Arbre isolé</t>
-[...1 lines deleted...]
-  <si>
     <t>Woluwé-Saint-Pierre</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Félix Poels </t>
   </si>
   <si>
     <t>Arbre visible de la voirie, occupant une position centrale dans le paysage.</t>
   </si>
   <si>
     <t>Molenbeek-Saint-Jean</t>
   </si>
   <si>
     <t>Chaussée de Ninove 1005</t>
   </si>
   <si>
     <t>Jette</t>
   </si>
   <si>
     <t>Parc Roi Baudouin phase 1</t>
   </si>
   <si>
-    <t>Arbre invisible de la voirie, en espace (semi)-public</t>
-[...1 lines deleted...]
-  <si>
     <t>Berchem-Sainte-Agathe</t>
   </si>
   <si>
     <t>Parc Saint-Moulin</t>
   </si>
   <si>
     <t>Rue des Soldats 21</t>
   </si>
   <si>
     <t>Groupe de moins de 5 arbres</t>
   </si>
   <si>
     <t>Cimetière de Molenbeek-Saint-Jean</t>
   </si>
   <si>
     <t>Inventorié mais abattu</t>
   </si>
   <si>
     <t>Rue de Moortebeek 120</t>
   </si>
   <si>
     <t>Arbre invisible de la voirie, en espace privé</t>
   </si>
   <si>
     <t>Anderlecht</t>
@@ -190,51 +193,51 @@
   <si>
     <t>Avenue du Pérou 80</t>
   </si>
   <si>
     <t>Plantation en massif</t>
   </si>
   <si>
     <t>Donderberg</t>
   </si>
   <si>
     <t>Rue des Horticulteurs 10</t>
   </si>
   <si>
     <t>Plantation en alignement</t>
   </si>
   <si>
     <t>Uccle</t>
   </si>
   <si>
     <t>Parc Fond'Roy</t>
   </si>
   <si>
     <t>Etterbeek</t>
   </si>
   <si>
-    <t>Parc Bosman</t>
+    <t>Jardin de l'ancienne propriété Bosman</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Gérard </t>
   </si>
   <si>
     <t>Parc Buchholtz</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Américaine </t>
   </si>
   <si>
     <t>Rue Joseph Schols 62</t>
   </si>
   <si>
     <t>Rue Edith Cavell 148</t>
   </si>
   <si>
     <t>Schaerbeek</t>
   </si>
   <si>
     <t>Parc Josaphat</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Voltaire </t>
   </si>
@@ -923,3379 +926,3389 @@
       </c>
       <c r="H3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="5">
         <v>3171</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="6"/>
-      <c r="E4" s="6"/>
+      <c r="E4" s="6" t="s">
+        <v>14</v>
+      </c>
       <c r="F4" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-      <c r="H4" s="6"/>
+        <v>15</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H4" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I4" s="5">
         <v>396</v>
       </c>
-      <c r="J4" s="5"/>
-      <c r="K4" s="5"/>
+      <c r="J4" s="5">
+        <v>10</v>
+      </c>
+      <c r="K4" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="5">
         <v>5036</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D5" s="6"/>
       <c r="E5" s="6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F5" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H5" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I5" s="5">
         <v>337</v>
       </c>
       <c r="J5" s="5">
         <v>15</v>
       </c>
       <c r="K5" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="5">
         <v>4129</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D6" s="6"/>
       <c r="E6" s="6" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F6" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G6" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H6" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I6" s="5">
         <v>320</v>
       </c>
       <c r="J6" s="5">
         <v>15</v>
       </c>
       <c r="K6" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="5">
         <v>6115</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D7" s="6"/>
       <c r="E7" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H7" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I7" s="5">
         <v>320</v>
       </c>
       <c r="J7" s="5">
         <v>11</v>
       </c>
       <c r="K7" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="5">
         <v>1424</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E8" s="6"/>
       <c r="F8" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I8" s="5">
         <v>302</v>
       </c>
       <c r="J8" s="5">
         <v>10</v>
       </c>
       <c r="K8" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="5">
         <v>6114</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" s="6"/>
       <c r="E9" s="6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H9" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I9" s="5">
         <v>302</v>
       </c>
       <c r="J9" s="5">
         <v>12</v>
       </c>
       <c r="K9" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
         <v>4732</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G10" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H10" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I10" s="5">
         <v>300</v>
       </c>
       <c r="J10" s="5">
         <v>15</v>
       </c>
       <c r="K10" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5">
         <v>4915</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E11" s="6"/>
       <c r="F11" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I11" s="5">
         <v>300</v>
       </c>
       <c r="J11" s="5">
         <v>10</v>
       </c>
       <c r="K11" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
         <v>5922</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D12" s="6"/>
       <c r="E12" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G12" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H12" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I12" s="5">
         <v>300</v>
       </c>
       <c r="J12" s="5"/>
       <c r="K12" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
         <v>4324</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="D13" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I13" s="5">
         <v>298</v>
       </c>
       <c r="J13" s="5">
         <v>15</v>
       </c>
       <c r="K13" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5">
         <v>5316</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D14" s="6"/>
       <c r="E14" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G14" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I14" s="5">
         <v>288</v>
       </c>
       <c r="J14" s="5"/>
       <c r="K14" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="5">
         <v>4921</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I15" s="5">
         <v>260</v>
       </c>
       <c r="J15" s="5">
         <v>10</v>
       </c>
       <c r="K15" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
         <v>3924</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D16" s="6"/>
       <c r="E16" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G16" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I16" s="5">
         <v>258</v>
       </c>
       <c r="J16" s="5">
         <v>12</v>
       </c>
       <c r="K16" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
         <v>7086</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E17" s="6"/>
       <c r="F17" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G17" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I17" s="5">
         <v>255</v>
       </c>
       <c r="J17" s="5">
         <v>12</v>
       </c>
       <c r="K17" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
         <v>1535</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G18" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I18" s="5">
         <v>254</v>
       </c>
       <c r="J18" s="5">
         <v>14</v>
       </c>
       <c r="K18" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
         <v>7606</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" s="6"/>
       <c r="E19" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I19" s="5">
         <v>253</v>
       </c>
       <c r="J19" s="5">
         <v>10</v>
       </c>
       <c r="K19" s="5">
         <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
         <v>6028</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G20" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I20" s="5">
         <v>252</v>
       </c>
       <c r="J20" s="5">
         <v>12</v>
       </c>
       <c r="K20" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
         <v>6302</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G21" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I21" s="5">
         <v>252</v>
       </c>
       <c r="J21" s="5">
         <v>12</v>
       </c>
       <c r="K21" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
         <v>1865</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E22" s="6"/>
       <c r="F22" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G22" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I22" s="5">
         <v>250</v>
       </c>
       <c r="J22" s="5">
         <v>20</v>
       </c>
       <c r="K22" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
         <v>4405</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I23" s="5">
         <v>250</v>
       </c>
       <c r="J23" s="5">
         <v>15</v>
       </c>
       <c r="K23" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
         <v>4489</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I24" s="5">
         <v>250</v>
       </c>
       <c r="J24" s="5">
         <v>10</v>
       </c>
       <c r="K24" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
         <v>4812</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D25" s="6"/>
       <c r="E25" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G25" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I25" s="5">
         <v>250</v>
       </c>
       <c r="J25" s="5">
         <v>11</v>
       </c>
       <c r="K25" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
         <v>5148</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D26" s="6"/>
       <c r="E26" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G26" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I26" s="5">
         <v>250</v>
       </c>
       <c r="J26" s="5">
         <v>12</v>
       </c>
       <c r="K26" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
         <v>6435</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I27" s="5">
         <v>250</v>
       </c>
       <c r="J27" s="5">
         <v>15</v>
       </c>
       <c r="K27" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
         <v>6694</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E28" s="6"/>
       <c r="F28" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G28" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I28" s="5">
         <v>250</v>
       </c>
       <c r="J28" s="5"/>
       <c r="K28" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
         <v>5352</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E29" s="6"/>
       <c r="F29" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G29" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I29" s="5">
         <v>246</v>
       </c>
       <c r="J29" s="5">
         <v>12</v>
       </c>
       <c r="K29" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
         <v>5709</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30" s="6" t="s">
         <v>54</v>
-      </c>
-[...13 lines deleted...]
-        <v>53</v>
       </c>
       <c r="I30" s="5">
         <v>244</v>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
         <v>3139</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G31" s="6"/>
       <c r="H31" s="6"/>
       <c r="I31" s="5">
         <v>240</v>
       </c>
       <c r="J31" s="5"/>
       <c r="K31" s="5"/>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
         <v>1205</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D32" s="6"/>
       <c r="E32" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G32" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I32" s="5">
         <v>237</v>
       </c>
       <c r="J32" s="5">
         <v>17</v>
       </c>
       <c r="K32" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
         <v>3572</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D33" s="6"/>
       <c r="E33" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I33" s="5">
         <v>236</v>
       </c>
       <c r="J33" s="5">
         <v>12</v>
       </c>
       <c r="K33" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
         <v>4371</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D34" s="6"/>
       <c r="E34" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G34" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I34" s="5">
         <v>235</v>
       </c>
       <c r="J34" s="5">
         <v>20</v>
       </c>
       <c r="K34" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
         <v>7572</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F35" s="6"/>
       <c r="G35" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I35" s="5">
         <v>234</v>
       </c>
       <c r="J35" s="5">
         <v>18</v>
       </c>
       <c r="K35" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
         <v>2947</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D36" s="6"/>
       <c r="E36" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G36" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I36" s="5">
         <v>230</v>
       </c>
       <c r="J36" s="5"/>
       <c r="K36" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="5">
         <v>3571</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D37" s="6"/>
       <c r="E37" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G37" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I37" s="5">
         <v>230</v>
       </c>
       <c r="J37" s="5">
         <v>12</v>
       </c>
       <c r="K37" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="5">
         <v>4330</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="D38" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H38" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I38" s="5">
         <v>228</v>
       </c>
       <c r="J38" s="5">
         <v>10</v>
       </c>
       <c r="K38" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
         <v>2860</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E39" s="6"/>
       <c r="F39" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G39" s="6"/>
       <c r="H39" s="6"/>
       <c r="I39" s="5">
         <v>225</v>
       </c>
       <c r="J39" s="5"/>
       <c r="K39" s="5"/>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="5">
         <v>4138</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D40" s="6"/>
       <c r="E40" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G40" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I40" s="5">
         <v>223</v>
       </c>
       <c r="J40" s="5">
         <v>10</v>
       </c>
       <c r="K40" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="5">
         <v>805</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E41" s="6"/>
       <c r="F41" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G41" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I41" s="5">
         <v>220</v>
       </c>
       <c r="J41" s="5">
         <v>6</v>
       </c>
       <c r="K41" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
         <v>5194</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D42" s="6"/>
       <c r="E42" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G42" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I42" s="5">
         <v>220</v>
       </c>
       <c r="J42" s="5">
         <v>10</v>
       </c>
       <c r="K42" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
         <v>1521</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I43" s="5">
         <v>217</v>
       </c>
       <c r="J43" s="5">
         <v>6</v>
       </c>
       <c r="K43" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="5">
         <v>4917</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E44" s="6"/>
       <c r="F44" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G44" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I44" s="5">
         <v>213</v>
       </c>
       <c r="J44" s="5">
         <v>7</v>
       </c>
       <c r="K44" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
         <v>1610</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E45" s="6"/>
       <c r="F45" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G45" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I45" s="5">
         <v>212</v>
       </c>
       <c r="J45" s="5">
         <v>20</v>
       </c>
       <c r="K45" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
         <v>5774</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D46" s="6"/>
       <c r="E46" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G46" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I46" s="5">
         <v>208</v>
       </c>
       <c r="J46" s="5"/>
       <c r="K46" s="5">
         <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
         <v>4731</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I47" s="5">
         <v>200</v>
       </c>
       <c r="J47" s="5">
         <v>15</v>
       </c>
       <c r="K47" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
         <v>4805</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D48" s="6"/>
       <c r="E48" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G48" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I48" s="5">
         <v>200</v>
       </c>
       <c r="J48" s="5">
         <v>8</v>
       </c>
       <c r="K48" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="5">
         <v>6581</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E49" s="6"/>
       <c r="F49" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G49" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I49" s="5">
         <v>200</v>
       </c>
       <c r="J49" s="5">
         <v>15</v>
       </c>
       <c r="K49" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
         <v>7021</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E50" s="6"/>
       <c r="F50" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G50" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I50" s="5">
         <v>198</v>
       </c>
       <c r="J50" s="5">
         <v>7</v>
       </c>
       <c r="K50" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
         <v>3396</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D51" s="6"/>
       <c r="E51" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I51" s="5">
         <v>197</v>
       </c>
       <c r="J51" s="5">
         <v>12</v>
       </c>
       <c r="K51" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
         <v>4372</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D52" s="6"/>
       <c r="E52" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G52" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I52" s="5">
         <v>197</v>
       </c>
       <c r="J52" s="5">
         <v>18</v>
       </c>
       <c r="K52" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="5">
         <v>6724</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D53" s="6"/>
       <c r="E53" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G53" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I53" s="5">
         <v>195</v>
       </c>
       <c r="J53" s="5">
         <v>10</v>
       </c>
       <c r="K53" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="5">
         <v>3521</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E54" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G54" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I54" s="5">
         <v>194</v>
       </c>
       <c r="J54" s="5">
         <v>7</v>
       </c>
       <c r="K54" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
         <v>3804</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D55" s="6"/>
       <c r="E55" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I55" s="5">
         <v>193</v>
       </c>
       <c r="J55" s="5">
         <v>10</v>
       </c>
       <c r="K55" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
         <v>4856</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D56" s="6"/>
       <c r="E56" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G56" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I56" s="5">
         <v>193</v>
       </c>
       <c r="J56" s="5">
         <v>10</v>
       </c>
       <c r="K56" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
         <v>6300</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G57" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I57" s="5">
         <v>193</v>
       </c>
       <c r="J57" s="5">
         <v>13</v>
       </c>
       <c r="K57" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="5">
         <v>7033</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D58" s="6"/>
       <c r="E58" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G58" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I58" s="5">
         <v>193</v>
       </c>
       <c r="J58" s="5">
         <v>15</v>
       </c>
       <c r="K58" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="5">
         <v>3996</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D59" s="6"/>
       <c r="E59" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I59" s="5">
         <v>192</v>
       </c>
       <c r="J59" s="5"/>
       <c r="K59" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="5">
         <v>2370</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E60" s="6"/>
       <c r="F60" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G60" s="6"/>
       <c r="H60" s="6"/>
       <c r="I60" s="5">
         <v>189</v>
       </c>
       <c r="J60" s="5"/>
       <c r="K60" s="5"/>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="5">
         <v>7565</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E61" s="6"/>
       <c r="F61" s="6"/>
       <c r="G61" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I61" s="5">
         <v>184</v>
       </c>
       <c r="J61" s="5">
         <v>12</v>
       </c>
       <c r="K61" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="5">
         <v>3168</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D62" s="6"/>
       <c r="E62" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I62" s="5">
         <v>183</v>
       </c>
       <c r="J62" s="5"/>
       <c r="K62" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
         <v>423</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E63" s="6"/>
       <c r="F63" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G63" s="6"/>
       <c r="H63" s="6"/>
       <c r="I63" s="5">
         <v>182</v>
       </c>
       <c r="J63" s="5"/>
       <c r="K63" s="5"/>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
         <v>4295</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I64" s="5">
         <v>180</v>
       </c>
       <c r="J64" s="5"/>
       <c r="K64" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
         <v>1759</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G65" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I65" s="5">
         <v>179</v>
       </c>
       <c r="J65" s="5">
         <v>18</v>
       </c>
       <c r="K65" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
         <v>2115</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D66" s="6"/>
       <c r="E66" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G66" s="6"/>
       <c r="H66" s="6"/>
       <c r="I66" s="5">
         <v>179</v>
       </c>
       <c r="J66" s="5"/>
       <c r="K66" s="5"/>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="5">
         <v>5561</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D67" s="6"/>
       <c r="E67" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G67" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I67" s="5">
         <v>178</v>
       </c>
       <c r="J67" s="5"/>
       <c r="K67" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="5">
         <v>2175</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E68" s="6"/>
       <c r="F68" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G68" s="6"/>
       <c r="H68" s="6"/>
       <c r="I68" s="5">
         <v>177</v>
       </c>
       <c r="J68" s="5"/>
       <c r="K68" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="5">
         <v>7552</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D69" s="6"/>
       <c r="E69" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F69" s="6"/>
       <c r="G69" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I69" s="5">
         <v>176</v>
       </c>
       <c r="J69" s="5">
         <v>15</v>
       </c>
       <c r="K69" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="5">
         <v>5346</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D70" s="6"/>
       <c r="E70" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G70" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I70" s="5">
         <v>172</v>
       </c>
       <c r="J70" s="5"/>
       <c r="K70" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="5">
         <v>5921</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D71" s="6"/>
       <c r="E71" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G71" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I71" s="5">
         <v>172</v>
       </c>
       <c r="J71" s="5"/>
       <c r="K71" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="5">
         <v>7001</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D72" s="6"/>
       <c r="E72" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G72" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I72" s="5">
         <v>172</v>
       </c>
       <c r="J72" s="5">
         <v>8</v>
       </c>
       <c r="K72" s="5">
         <v>7</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="5">
         <v>621</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E73" s="6"/>
       <c r="F73" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G73" s="6"/>
       <c r="H73" s="6"/>
       <c r="I73" s="5">
         <v>171</v>
       </c>
       <c r="J73" s="5"/>
       <c r="K73" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="5">
         <v>6879</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D74" s="6"/>
       <c r="E74" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G74" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I74" s="5">
         <v>170</v>
       </c>
       <c r="J74" s="5">
         <v>10</v>
       </c>
       <c r="K74" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="5">
         <v>6935</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E75" s="6"/>
       <c r="F75" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G75" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I75" s="5">
         <v>170</v>
       </c>
       <c r="J75" s="5">
         <v>13</v>
       </c>
       <c r="K75" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
         <v>6936</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E76" s="6"/>
       <c r="F76" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I76" s="5">
         <v>170</v>
       </c>
       <c r="J76" s="5">
         <v>12</v>
       </c>
       <c r="K76" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
         <v>1701</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E77" s="6"/>
       <c r="F77" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G77" s="6"/>
       <c r="H77" s="6"/>
       <c r="I77" s="5">
         <v>167</v>
       </c>
       <c r="J77" s="5"/>
       <c r="K77" s="5"/>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="5">
         <v>5068</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G78" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I78" s="5">
         <v>166</v>
       </c>
       <c r="J78" s="5">
         <v>10</v>
       </c>
       <c r="K78" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
         <v>3997</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D79" s="6"/>
       <c r="E79" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G79" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H79" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I79" s="5">
         <v>164</v>
       </c>
       <c r="J79" s="5"/>
       <c r="K79" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
         <v>6954</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D80" s="6"/>
       <c r="E80" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G80" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I80" s="5">
         <v>164</v>
       </c>
       <c r="J80" s="5">
         <v>12</v>
       </c>
       <c r="K80" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
         <v>5220</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D81" s="6"/>
       <c r="E81" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G81" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I81" s="5">
         <v>157</v>
       </c>
       <c r="J81" s="5"/>
       <c r="K81" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="5">
         <v>5304</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D82" s="6"/>
       <c r="E82" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G82" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I82" s="5">
         <v>157</v>
       </c>
       <c r="J82" s="5"/>
       <c r="K82" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="5">
         <v>1207</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D83" s="6"/>
       <c r="E83" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G83" s="6"/>
       <c r="H83" s="6"/>
       <c r="I83" s="5">
         <v>156</v>
       </c>
       <c r="J83" s="5"/>
       <c r="K83" s="5"/>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="5">
         <v>6108</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D84" s="6"/>
       <c r="E84" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G84" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I84" s="5">
         <v>155</v>
       </c>
       <c r="J84" s="5"/>
       <c r="K84" s="5">
         <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="5">
         <v>2114</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D85" s="6"/>
       <c r="E85" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G85" s="6"/>
       <c r="H85" s="6"/>
       <c r="I85" s="5">
         <v>152</v>
       </c>
       <c r="J85" s="5"/>
       <c r="K85" s="5"/>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="5">
         <v>1760</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E86" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G86" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I86" s="5">
         <v>150</v>
       </c>
       <c r="J86" s="5">
         <v>19</v>
       </c>
       <c r="K86" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="5">
         <v>3149</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D87" s="6"/>
       <c r="E87" s="6"/>
       <c r="F87" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G87" s="6"/>
       <c r="H87" s="6"/>
       <c r="I87" s="5">
         <v>150</v>
       </c>
       <c r="J87" s="5"/>
       <c r="K87" s="5"/>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="5">
         <v>7073</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D88" s="6"/>
       <c r="E88" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G88" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I88" s="5">
         <v>147</v>
       </c>
       <c r="J88" s="5">
         <v>11</v>
       </c>
       <c r="K88" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="5">
         <v>5813</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E89" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G89" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I89" s="5">
         <v>145</v>
       </c>
       <c r="J89" s="5"/>
       <c r="K89" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="5">
         <v>651</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E90" s="6"/>
       <c r="F90" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G90" s="6"/>
       <c r="H90" s="6"/>
       <c r="I90" s="5">
         <v>134</v>
       </c>
       <c r="J90" s="5"/>
       <c r="K90" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="5">
         <v>652</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E91" s="6"/>
       <c r="F91" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G91" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I91" s="5">
         <v>133</v>
       </c>
       <c r="J91" s="5">
         <v>14</v>
       </c>
       <c r="K91" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="5">
         <v>20</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E92" s="6"/>
       <c r="F92" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G92" s="6"/>
       <c r="H92" s="6"/>
       <c r="I92" s="5">
         <v>131</v>
       </c>
       <c r="J92" s="5"/>
       <c r="K92" s="5"/>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="5">
         <v>5484</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C93" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D93" s="6"/>
       <c r="E93" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G93" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I93" s="5">
         <v>129</v>
       </c>
       <c r="J93" s="5">
         <v>7</v>
       </c>
       <c r="K93" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="5">
         <v>1612</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E94" s="6"/>
       <c r="F94" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G94" s="6"/>
       <c r="H94" s="6"/>
       <c r="I94" s="5">
         <v>127</v>
       </c>
       <c r="J94" s="5"/>
       <c r="K94" s="5"/>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="5">
         <v>5010</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D95" s="6"/>
       <c r="E95" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G95" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H95" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I95" s="5">
         <v>126</v>
       </c>
       <c r="J95" s="5">
         <v>9</v>
       </c>
       <c r="K95" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="5">
         <v>1522</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E96" s="6"/>
       <c r="F96" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G96" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I96" s="5">
         <v>125</v>
       </c>
       <c r="J96" s="5">
         <v>10</v>
       </c>
       <c r="K96" s="5"/>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="5">
         <v>6244</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E97" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G97" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H97" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I97" s="5">
         <v>97</v>
       </c>
       <c r="J97" s="5">
         <v>6</v>
       </c>
       <c r="K97" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="5">
         <v>6017</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D98" s="6"/>
       <c r="E98" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G98" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I98" s="5">
         <v>90</v>
       </c>
       <c r="J98" s="5"/>
       <c r="K98" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
         <v>6132</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E99" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G99" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I99" s="5">
         <v>80</v>
       </c>
       <c r="J99" s="5"/>
       <c r="K99" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="5">
         <v>6045</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E100" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G100" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H100" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I100" s="5">
         <v>55</v>
       </c>
       <c r="J100" s="5">
         <v>6</v>
       </c>
       <c r="K100" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="5">
         <v>970</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E101" s="6"/>
       <c r="F101" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G101" s="6"/>
       <c r="H101" s="6"/>
       <c r="I101" s="5">
         <v>0</v>
       </c>
       <c r="J101" s="5"/>
       <c r="K101" s="5"/>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="5">
         <v>971</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E102" s="6"/>
       <c r="F102" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G102" s="6"/>
       <c r="H102" s="6"/>
       <c r="I102" s="5">
         <v>0</v>
       </c>
       <c r="J102" s="5"/>
       <c r="K102" s="5"/>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="5">
         <v>707</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E103" s="6"/>
       <c r="F103" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G103" s="6"/>
       <c r="H103" s="6"/>
       <c r="I103" s="5">
         <v>0</v>
       </c>
       <c r="J103" s="5"/>
       <c r="K103" s="5"/>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="5">
         <v>1611</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D104" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E104" s="6"/>
       <c r="F104" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G104" s="6"/>
       <c r="H104" s="6"/>
       <c r="I104" s="5">
         <v>0</v>
       </c>
       <c r="J104" s="5"/>
       <c r="K104" s="5"/>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="5">
         <v>2369</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E105" s="6"/>
       <c r="F105" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G105" s="6"/>
       <c r="H105" s="6"/>
       <c r="I105" s="5">
         <v>0</v>
       </c>
       <c r="J105" s="5"/>
       <c r="K105" s="5"/>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="5">
         <v>2861</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D106" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E106" s="6"/>
       <c r="F106" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G106" s="6"/>
       <c r="H106" s="6"/>
       <c r="I106" s="5">
         <v>0</v>
       </c>
       <c r="J106" s="5"/>
       <c r="K106" s="5"/>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="5">
         <v>2862</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E107" s="6"/>
       <c r="F107" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G107" s="6"/>
       <c r="H107" s="6"/>
       <c r="I107" s="5">
         <v>0</v>
       </c>
       <c r="J107" s="5"/>
       <c r="K107" s="5"/>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="5">
         <v>3527</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E108" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G108" s="6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I108" s="5">
         <v>0</v>
       </c>
       <c r="J108" s="5">
         <v>13</v>
       </c>
       <c r="K108" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="5">
         <v>3990</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D109" s="6"/>
       <c r="E109" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G109" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H109" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I109" s="5">
         <v>0</v>
       </c>
       <c r="J109" s="5">
         <v>12</v>
       </c>
       <c r="K109" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="5">
         <v>5317</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D110" s="6"/>
       <c r="E110" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F110" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G110" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H110" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I110" s="5">
         <v>0</v>
       </c>
       <c r="J110" s="5"/>
       <c r="K110" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="B111" s="7"/>
       <c r="C111" s="7"/>
       <c r="D111" s="7"/>
       <c r="E111" s="7"/>
       <c r="F111" s="7"/>
       <c r="G111" s="7"/>
       <c r="H111" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>