--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>