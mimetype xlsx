--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -244,50 +244,53 @@
   <si>
     <t xml:space="preserve">Avenue de la Foresterie </t>
   </si>
   <si>
     <t>Donderberg</t>
   </si>
   <si>
     <t xml:space="preserve">Rue des Horticulteurs </t>
   </si>
   <si>
     <t>Square Ambiorix, Marie Louise, Marguerite et avenue Palmerston</t>
   </si>
   <si>
     <t xml:space="preserve">Square Marie-Louise </t>
   </si>
   <si>
     <t xml:space="preserve">Square de l'Arbalète </t>
   </si>
   <si>
     <t>Avenue Hamoir 45</t>
   </si>
   <si>
     <t xml:space="preserve">Place Antoine Gilson </t>
   </si>
   <si>
+    <t>Rue des Pensées 22</t>
+  </si>
+  <si>
     <t>Cimetière de Saint-Josse-ten-Noode</t>
   </si>
   <si>
     <t>Rue Henri Chomé 9</t>
   </si>
   <si>
     <t>Rue des Soldats 21</t>
   </si>
   <si>
     <t>Drève de la Grappe 16</t>
   </si>
   <si>
     <t>Avenue Vanderaey 37</t>
   </si>
   <si>
     <t xml:space="preserve">Rue du Ramier </t>
   </si>
   <si>
     <t>Parc de l'IRSA</t>
   </si>
   <si>
     <t>Chaussée de Waterloo 1504</t>
   </si>
   <si>
     <t>Evere</t>
@@ -383,53 +386,50 @@
     <t>Avenue des Sorbiers 5b</t>
   </si>
   <si>
     <t>Rue du Trône 121-123</t>
   </si>
   <si>
     <t>Rue Simonis 44</t>
   </si>
   <si>
     <t>Avenue Delleur 22</t>
   </si>
   <si>
     <t>Parc de Woluwe</t>
   </si>
   <si>
     <t>Rue de la Procession 24</t>
   </si>
   <si>
     <t>Rue du Collège Saint-Michel 12</t>
   </si>
   <si>
     <t xml:space="preserve">Carré Capouillet </t>
   </si>
   <si>
     <t xml:space="preserve">Place Saint-Vincent </t>
-  </si>
-[...1 lines deleted...]
-    <t>Rue des Pensées 22</t>
   </si>
   <si>
     <t>Abords du bâtiment A de l'ULB</t>
   </si>
   <si>
     <t>Avenue Franklin Roosevelt 50</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Henri Werrie </t>
   </si>
   <si>
     <t>Etterbeek</t>
   </si>
   <si>
     <t>Rue des Bollandistes 22</t>
   </si>
   <si>
     <t>Parc des Sources et propriété Solvay</t>
   </si>
   <si>
     <t>Rue des Champs 129</t>
   </si>
   <si>
     <t>Chaussée de Ninove 1122</t>
   </si>
@@ -948,51 +948,51 @@
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="5">
         <v>1290</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="6"/>
       <c r="E4" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="5">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="J4" s="5">
         <v>17</v>
       </c>
       <c r="K4" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="5">
         <v>1203</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="6" t="s">
@@ -1960,1470 +1960,1470 @@
         <v>3098</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G35" s="6"/>
       <c r="H35" s="6"/>
       <c r="I35" s="5">
         <v>292</v>
       </c>
       <c r="J35" s="5"/>
       <c r="K35" s="5"/>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
-        <v>3518</v>
+        <v>4685</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="D36" s="6" t="s">
+      <c r="D36" s="6"/>
+      <c r="E36" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="E36" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G36" s="6" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="5">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="J36" s="5">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="K36" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="5">
-        <v>4733</v>
+        <v>3518</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>77</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G37" s="6" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I37" s="5">
         <v>290</v>
       </c>
       <c r="J37" s="5">
         <v>23</v>
       </c>
       <c r="K37" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="5">
-        <v>5270</v>
+        <v>4733</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D38" s="6"/>
+        <v>52</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>63</v>
+      </c>
       <c r="E38" s="6" t="s">
         <v>78</v>
       </c>
       <c r="F38" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G38" s="6" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I38" s="5">
         <v>290</v>
       </c>
       <c r="J38" s="5">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K38" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
-        <v>7531</v>
+        <v>5270</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D39" s="6"/>
       <c r="E39" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="F39" s="6"/>
+      <c r="F39" s="6" t="s">
+        <v>25</v>
+      </c>
       <c r="G39" s="6" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="5">
         <v>290</v>
       </c>
       <c r="J39" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K39" s="5">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="5">
-        <v>5435</v>
+        <v>7531</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D40" s="6"/>
       <c r="E40" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="F40" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="6"/>
       <c r="G40" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="5">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="J40" s="5">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="K40" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="5">
-        <v>1888</v>
+        <v>5435</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D41" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D41" s="6"/>
+      <c r="E41" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="E41" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G41" s="6"/>
-      <c r="H41" s="6"/>
+      <c r="G41" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H41" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I41" s="5">
-        <v>286</v>
-[...2 lines deleted...]
-      <c r="K41" s="5"/>
+        <v>287</v>
+      </c>
+      <c r="J41" s="5">
+        <v>17</v>
+      </c>
+      <c r="K41" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
-        <v>3151</v>
+        <v>1888</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="E42" s="6"/>
+        <v>26</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>83</v>
+      </c>
       <c r="F42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G42" s="6"/>
       <c r="H42" s="6"/>
       <c r="I42" s="5">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="5"/>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
-        <v>3622</v>
+        <v>3151</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="D43" s="6"/>
-      <c r="E43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E43" s="6"/>
       <c r="F43" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G43" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G43" s="6"/>
+      <c r="H43" s="6"/>
       <c r="I43" s="5">
-        <v>276</v>
-[...6 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="J43" s="5"/>
+      <c r="K43" s="5"/>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="5">
-        <v>6916</v>
+        <v>3622</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="E44" s="6"/>
+        <v>84</v>
+      </c>
+      <c r="D44" s="6"/>
+      <c r="E44" s="6" t="s">
+        <v>85</v>
+      </c>
       <c r="F44" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I44" s="5">
         <v>276</v>
       </c>
       <c r="J44" s="5">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="K44" s="5">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
-        <v>6362</v>
+        <v>6916</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E45" s="6"/>
       <c r="F45" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G45" s="6" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="5">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J45" s="5">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="K45" s="5">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
-        <v>1854</v>
+        <v>6362</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="D46" s="6" t="s">
+      <c r="D46" s="6"/>
+      <c r="E46" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="E46" s="6"/>
       <c r="F46" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G46" s="6"/>
-      <c r="H46" s="6"/>
+      <c r="G46" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I46" s="5">
-        <v>274</v>
-[...2 lines deleted...]
-      <c r="K46" s="5"/>
+        <v>275</v>
+      </c>
+      <c r="J46" s="5">
+        <v>21</v>
+      </c>
+      <c r="K46" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
-        <v>3937</v>
+        <v>1854</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="E47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E47" s="6"/>
       <c r="F47" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G47" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G47" s="6"/>
+      <c r="H47" s="6"/>
       <c r="I47" s="5">
-        <v>269</v>
-[...6 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="J47" s="5"/>
+      <c r="K47" s="5"/>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
-        <v>5044</v>
+        <v>3937</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="E48" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="D48" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="6"/>
       <c r="F48" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G48" s="6" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I48" s="5">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="J48" s="5">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K48" s="5">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="5">
-        <v>4582</v>
+        <v>5044</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-      <c r="E49" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D49" s="6" t="s">
         <v>91</v>
       </c>
+      <c r="E49" s="6"/>
       <c r="F49" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I49" s="5">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="J49" s="5">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K49" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
-        <v>197</v>
+        <v>4582</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D50" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" s="6"/>
+      <c r="E50" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F50" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G50" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I50" s="5">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J50" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K50" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
-        <v>5356</v>
+        <v>197</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D51" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E51" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="E51" s="6"/>
       <c r="F51" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I51" s="5">
         <v>264</v>
       </c>
       <c r="J51" s="5">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K51" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
-        <v>6319</v>
+        <v>5356</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="E52" s="6"/>
       <c r="F52" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G52" s="6" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I52" s="5">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J52" s="5">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="K52" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="5">
-        <v>337</v>
+        <v>6319</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="E53" s="6"/>
+        <v>68</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>69</v>
+      </c>
       <c r="F53" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G53" s="6" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="5">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="J53" s="5">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K53" s="5">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="5">
-        <v>5310</v>
+        <v>337</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="E54" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D54" s="6" t="s">
         <v>96</v>
       </c>
+      <c r="E54" s="6"/>
       <c r="F54" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G54" s="6" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I54" s="5">
         <v>261</v>
       </c>
-      <c r="J54" s="5"/>
+      <c r="J54" s="5">
+        <v>20</v>
+      </c>
       <c r="K54" s="5">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
-        <v>4697</v>
+        <v>5310</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D55" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D55" s="6"/>
+      <c r="E55" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="E55" s="6"/>
       <c r="F55" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I55" s="5">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="J55" s="5"/>
       <c r="K55" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
-        <v>6406</v>
+        <v>4697</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D56" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="D56" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E56" s="6"/>
       <c r="F56" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G56" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="5">
         <v>260</v>
       </c>
       <c r="J56" s="5">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="K56" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
-        <v>6693</v>
+        <v>6406</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D57" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="D57" s="6"/>
+      <c r="E57" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="E57" s="6"/>
       <c r="F57" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G57" s="6" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I57" s="5">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J57" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K57" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="5">
-        <v>4629</v>
+        <v>6693</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="E58" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E58" s="6"/>
       <c r="F58" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G58" s="6" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I58" s="5">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="J58" s="5">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K58" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="5">
-        <v>1847</v>
+        <v>4629</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D59" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="E59" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="E59" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G59" s="6"/>
-      <c r="H59" s="6"/>
+      <c r="G59" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I59" s="5">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="J59" s="5"/>
+        <v>257</v>
+      </c>
+      <c r="J59" s="5">
+        <v>18</v>
+      </c>
       <c r="K59" s="5">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="5">
-        <v>6275</v>
+        <v>1847</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D60" s="6"/>
+        <v>26</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>104</v>
+      </c>
       <c r="E60" s="6" t="s">
         <v>105</v>
       </c>
       <c r="F60" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G60" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G60" s="6"/>
+      <c r="H60" s="6"/>
       <c r="I60" s="5">
         <v>256</v>
       </c>
-      <c r="J60" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J60" s="5"/>
       <c r="K60" s="5">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="5">
-        <v>6176</v>
+        <v>6275</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="D61" s="6"/>
       <c r="E61" s="6" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F61" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I61" s="5">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="J61" s="5"/>
+        <v>256</v>
+      </c>
+      <c r="J61" s="5">
+        <v>20</v>
+      </c>
       <c r="K61" s="5">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="5">
-        <v>6897</v>
+        <v>6176</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="E62" s="6"/>
+        <v>107</v>
+      </c>
+      <c r="D62" s="6"/>
+      <c r="E62" s="6" t="s">
+        <v>108</v>
+      </c>
       <c r="F62" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G62" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="I62" s="5">
-        <v>254</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="J62" s="5"/>
       <c r="K62" s="5">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
-        <v>922</v>
+        <v>6897</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="E63" s="6"/>
       <c r="F63" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G63" s="6"/>
-      <c r="H63" s="6"/>
+      <c r="G63" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H63" s="6" t="s">
+        <v>29</v>
+      </c>
       <c r="I63" s="5">
-        <v>253</v>
-[...2 lines deleted...]
-      <c r="K63" s="5"/>
+        <v>254</v>
+      </c>
+      <c r="J63" s="5">
+        <v>17</v>
+      </c>
+      <c r="K63" s="5">
+        <v>9</v>
+      </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
-        <v>5112</v>
+        <v>922</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-      <c r="E64" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D64" s="6" t="s">
         <v>109</v>
       </c>
+      <c r="E64" s="6"/>
       <c r="F64" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G64" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G64" s="6"/>
+      <c r="H64" s="6"/>
       <c r="I64" s="5">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="J64" s="5"/>
-      <c r="K64" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K64" s="5"/>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
-        <v>7128</v>
+        <v>5112</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="D65" s="6"/>
       <c r="E65" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="F65" s="6"/>
+      <c r="F65" s="6" t="s">
+        <v>25</v>
+      </c>
       <c r="G65" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="5">
         <v>251</v>
       </c>
-      <c r="J65" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J65" s="5"/>
       <c r="K65" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
-        <v>3163</v>
+        <v>7128</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="D66" s="6"/>
       <c r="E66" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="F66" s="6" t="s">
-[...3 lines deleted...]
-      <c r="H66" s="6"/>
+      <c r="F66" s="6"/>
+      <c r="G66" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I66" s="5">
-        <v>250</v>
-[...2 lines deleted...]
-      <c r="K66" s="5"/>
+        <v>251</v>
+      </c>
+      <c r="J66" s="5">
+        <v>20</v>
+      </c>
+      <c r="K66" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="5">
-        <v>5965</v>
+        <v>3163</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="D67" s="6"/>
       <c r="E67" s="6" t="s">
         <v>112</v>
       </c>
       <c r="F67" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G67" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G67" s="6"/>
+      <c r="H67" s="6"/>
       <c r="I67" s="5">
         <v>250</v>
       </c>
       <c r="J67" s="5"/>
-      <c r="K67" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K67" s="5"/>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="5">
-        <v>7044</v>
+        <v>5965</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D68" s="6"/>
       <c r="E68" s="6" t="s">
         <v>113</v>
       </c>
       <c r="F68" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G68" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="I68" s="5">
-        <v>245</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="J68" s="5"/>
       <c r="K68" s="5">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="5">
-        <v>4555</v>
+        <v>7044</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="D69" s="6"/>
       <c r="E69" s="6" t="s">
         <v>114</v>
       </c>
       <c r="F69" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G69" s="6" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="I69" s="5">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="J69" s="5">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K69" s="5">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="5">
-        <v>6060</v>
+        <v>4555</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D70" s="6"/>
       <c r="E70" s="6" t="s">
         <v>115</v>
       </c>
       <c r="F70" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G70" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="5">
         <v>240</v>
       </c>
       <c r="J70" s="5">
+        <v>19</v>
+      </c>
+      <c r="K70" s="5">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="5">
-        <v>2411</v>
+        <v>6060</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="D71" s="6"/>
       <c r="E71" s="6" t="s">
         <v>116</v>
       </c>
       <c r="F71" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G71" s="6"/>
-      <c r="H71" s="6"/>
+      <c r="G71" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I71" s="5">
-        <v>235</v>
-[...2 lines deleted...]
-      <c r="K71" s="5"/>
+        <v>240</v>
+      </c>
+      <c r="J71" s="5">
+        <v>16</v>
+      </c>
+      <c r="K71" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="5">
-        <v>2869</v>
+        <v>2411</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D72" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D72" s="6"/>
+      <c r="E72" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="E72" s="6"/>
       <c r="F72" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G72" s="6"/>
       <c r="H72" s="6"/>
       <c r="I72" s="5">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="J72" s="5"/>
       <c r="K72" s="5"/>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="5">
-        <v>5740</v>
+        <v>2869</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="E73" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D73" s="6" t="s">
         <v>118</v>
       </c>
+      <c r="E73" s="6"/>
       <c r="F73" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G73" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G73" s="6"/>
+      <c r="H73" s="6"/>
       <c r="I73" s="5">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="J73" s="5"/>
-      <c r="K73" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K73" s="5"/>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="5">
-        <v>5997</v>
+        <v>5740</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="D74" s="6"/>
       <c r="E74" s="6" t="s">
         <v>119</v>
       </c>
       <c r="F74" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G74" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I74" s="5">
         <v>226</v>
       </c>
       <c r="J74" s="5"/>
       <c r="K74" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="5">
-        <v>6940</v>
+        <v>5997</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="E75" s="6"/>
+        <v>42</v>
+      </c>
+      <c r="D75" s="6"/>
+      <c r="E75" s="6" t="s">
+        <v>120</v>
+      </c>
       <c r="F75" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G75" s="6" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I75" s="5">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J75" s="5"/>
       <c r="K75" s="5">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
-        <v>1319</v>
+        <v>6940</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E76" s="6"/>
       <c r="F76" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G76" s="6"/>
-      <c r="H76" s="6"/>
+      <c r="G76" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>29</v>
+      </c>
       <c r="I76" s="5">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J76" s="5"/>
-      <c r="K76" s="5"/>
+      <c r="K76" s="5">
+        <v>9</v>
+      </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
-        <v>6899</v>
+        <v>1319</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="E77" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D77" s="6"/>
+      <c r="E77" s="6" t="s">
+        <v>121</v>
+      </c>
       <c r="F77" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G77" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G77" s="6"/>
+      <c r="H77" s="6"/>
       <c r="I77" s="5">
-        <v>222</v>
-[...6 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="J77" s="5"/>
+      <c r="K77" s="5"/>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="5">
-        <v>3331</v>
+        <v>6899</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>83</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E78" s="6"/>
       <c r="F78" s="6" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="G78" s="6" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I78" s="5">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J78" s="5">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K78" s="5">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
-        <v>4685</v>
+        <v>3331</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="D79" s="6"/>
       <c r="E79" s="6" t="s">
         <v>122</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="G79" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="5">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="J79" s="5">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="K79" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
         <v>6262</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>123</v>
       </c>
       <c r="E80" s="6" t="s">
         <v>124</v>
       </c>
       <c r="F80" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G80" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="5">
         <v>218</v>
       </c>
       <c r="J80" s="5">
         <v>13</v>
       </c>
       <c r="K80" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
         <v>5077</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D81" s="6"/>
       <c r="E81" s="6" t="s">
         <v>125</v>
       </c>
       <c r="F81" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G81" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I81" s="5">
         <v>215</v>
       </c>
       <c r="J81" s="5">
         <v>20</v>
       </c>
       <c r="K81" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:11">
@@ -3539,51 +3539,51 @@
       </c>
       <c r="H85" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="5">
         <v>201</v>
       </c>
       <c r="J85" s="5">
         <v>18</v>
       </c>
       <c r="K85" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="5">
         <v>338</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>57</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E86" s="6"/>
       <c r="F86" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G86" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="5">
         <v>200</v>
       </c>
       <c r="J86" s="5">
         <v>20</v>
       </c>
       <c r="K86" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="5">
         <v>4931</v>
       </c>
@@ -3699,51 +3699,51 @@
       <c r="F90" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G90" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="5">
         <v>191</v>
       </c>
       <c r="J90" s="5"/>
       <c r="K90" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="5">
         <v>5494</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>133</v>
       </c>
       <c r="E91" s="6" t="s">
         <v>134</v>
       </c>
       <c r="F91" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="5">
         <v>190</v>
       </c>
       <c r="J91" s="5">
         <v>25</v>
       </c>
       <c r="K91" s="5">
         <v>14</v>
       </c>
@@ -3937,51 +3937,51 @@
       </c>
       <c r="H97" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I97" s="5">
         <v>93</v>
       </c>
       <c r="J97" s="5">
         <v>14</v>
       </c>
       <c r="K97" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="5">
         <v>6980</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>44</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E98" s="6"/>
       <c r="F98" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G98" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="5">
         <v>57</v>
       </c>
       <c r="J98" s="5">
         <v>10</v>
       </c>
       <c r="K98" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
         <v>2950</v>
       </c>