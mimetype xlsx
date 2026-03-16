--- v1 (2026-01-15)
+++ v2 (2026-03-16)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -151,60 +151,60 @@
   <si>
     <t>Watermael-Boitsfort</t>
   </si>
   <si>
     <t>Parc du Jagersveld</t>
   </si>
   <si>
     <t>Rue Emile Banning 85</t>
   </si>
   <si>
     <t xml:space="preserve">Rue du Ministre </t>
   </si>
   <si>
     <t>Arbre visible de la voirie, occupant une position centrale dans le paysage.</t>
   </si>
   <si>
     <t>Avenue des Nymphes 56-58</t>
   </si>
   <si>
     <t>Woluwé-Saint-Pierre</t>
   </si>
   <si>
     <t>Parc Parmentier</t>
   </si>
   <si>
+    <t>Abords de l'église Saint-Clément</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue du Loutrier </t>
+  </si>
+  <si>
     <t>Forest</t>
   </si>
   <si>
     <t>Parc de Forest</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Rue du Loutrier </t>
   </si>
   <si>
     <t>Chaussée de La Hulpe 181</t>
   </si>
   <si>
     <t>Plantation en alignement</t>
   </si>
   <si>
     <t>Schaerbeek</t>
   </si>
   <si>
     <t>Boulevard Lambermont 141</t>
   </si>
   <si>
     <t>Berchem-Sainte-Agathe</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Kasterlinden </t>
   </si>
   <si>
     <t>Inscrit sur la liste de sauvegarde</t>
   </si>
   <si>
     <t>Hippodrome de Boitsfort</t>
   </si>
@@ -1283,114 +1283,114 @@
       <c r="D14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="6"/>
       <c r="F14" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="5">
         <v>362</v>
       </c>
       <c r="J14" s="5">
         <v>27</v>
       </c>
       <c r="K14" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="5">
-        <v>6893</v>
+        <v>2340</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="E15" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="E15" s="6"/>
       <c r="F15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="5">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="J15" s="5">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="K15" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
-        <v>2340</v>
+        <v>6893</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="E16" s="6" t="s">
         <v>47</v>
       </c>
+      <c r="E16" s="6"/>
       <c r="F16" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G16" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="5">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="J16" s="5">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="K16" s="5">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
         <v>2412</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="6"/>
       <c r="E17" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>33</v>
       </c>
@@ -1472,57 +1472,57 @@
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
         <v>400</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="6"/>
       <c r="E20" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>54</v>
       </c>
       <c r="G20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="5">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="J20" s="5">
         <v>7</v>
       </c>
       <c r="K20" s="5">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
         <v>1868</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="6"/>
       <c r="F21" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G21" s="6"/>
       <c r="H21" s="6"/>
       <c r="I21" s="5">
         <v>327</v>
       </c>
       <c r="J21" s="5"/>
@@ -2069,51 +2069,51 @@
       </c>
       <c r="G38" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="5">
         <v>290</v>
       </c>
       <c r="J38" s="5">
         <v>23</v>
       </c>
       <c r="K38" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
         <v>5270</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D39" s="6"/>
       <c r="E39" s="6" t="s">
         <v>79</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="5">
         <v>290</v>
       </c>
       <c r="J39" s="5">
         <v>22</v>
       </c>
       <c r="K39" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:11">
@@ -2249,54 +2249,54 @@
       </c>
       <c r="G44" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="5">
         <v>276</v>
       </c>
       <c r="J44" s="5">
         <v>23</v>
       </c>
       <c r="K44" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
         <v>6916</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E45" s="6"/>
       <c r="F45" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="5">
         <v>276</v>
       </c>
       <c r="J45" s="5">
         <v>28</v>
       </c>
       <c r="K45" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
         <v>6362</v>
       </c>
@@ -2476,51 +2476,51 @@
       </c>
       <c r="G51" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I51" s="5">
         <v>264</v>
       </c>
       <c r="J51" s="5">
         <v>18</v>
       </c>
       <c r="K51" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
         <v>5356</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E52" s="6"/>
       <c r="F52" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G52" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="5">
         <v>264</v>
       </c>
       <c r="J52" s="5">
         <v>21</v>
       </c>
       <c r="K52" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:11">
@@ -2577,51 +2577,51 @@
       </c>
       <c r="G54" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="5">
         <v>261</v>
       </c>
       <c r="J54" s="5">
         <v>20</v>
       </c>
       <c r="K54" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
         <v>5310</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D55" s="6"/>
       <c r="E55" s="6" t="s">
         <v>97</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I55" s="5">
         <v>261</v>
       </c>
       <c r="J55" s="5"/>
       <c r="K55" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
         <v>4697</v>
@@ -2835,54 +2835,54 @@
       <c r="F62" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G62" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="5">
         <v>255</v>
       </c>
       <c r="J62" s="5"/>
       <c r="K62" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
         <v>6897</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E63" s="6"/>
       <c r="F63" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G63" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="5">
         <v>254</v>
       </c>
       <c r="J63" s="5">
         <v>17</v>
       </c>
       <c r="K63" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
         <v>922</v>
       </c>
@@ -3222,54 +3222,54 @@
       <c r="F75" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G75" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="5">
         <v>226</v>
       </c>
       <c r="J75" s="5"/>
       <c r="K75" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
         <v>6940</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E76" s="6"/>
       <c r="F76" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G76" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="5">
         <v>225</v>
       </c>
       <c r="J76" s="5"/>
       <c r="K76" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
         <v>1319</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>12</v>
@@ -3278,54 +3278,54 @@
         <v>13</v>
       </c>
       <c r="D77" s="6"/>
       <c r="E77" s="6" t="s">
         <v>121</v>
       </c>
       <c r="F77" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G77" s="6"/>
       <c r="H77" s="6"/>
       <c r="I77" s="5">
         <v>224</v>
       </c>
       <c r="J77" s="5"/>
       <c r="K77" s="5"/>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="5">
         <v>6899</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E78" s="6"/>
       <c r="F78" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G78" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="5">
         <v>222</v>
       </c>
       <c r="J78" s="5">
         <v>18</v>
       </c>
       <c r="K78" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
         <v>3331</v>
       </c>
@@ -3503,54 +3503,54 @@
       </c>
       <c r="G84" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="5">
         <v>203</v>
       </c>
       <c r="J84" s="5">
         <v>18</v>
       </c>
       <c r="K84" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="5">
         <v>6898</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E85" s="6"/>
       <c r="F85" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G85" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="5">
         <v>201</v>
       </c>
       <c r="J85" s="5">
         <v>18</v>
       </c>
       <c r="K85" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="5">
         <v>338</v>
       </c>
@@ -3734,51 +3734,51 @@
       </c>
       <c r="G91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="5">
         <v>190</v>
       </c>
       <c r="J91" s="5">
         <v>25</v>
       </c>
       <c r="K91" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="5">
         <v>4415</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D92" s="6"/>
       <c r="E92" s="6" t="s">
         <v>135</v>
       </c>
       <c r="F92" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G92" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="5">
         <v>183</v>
       </c>
       <c r="J92" s="5">
         <v>18</v>
       </c>
       <c r="K92" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:11">
@@ -3800,54 +3800,54 @@
       </c>
       <c r="G93" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="5">
         <v>168</v>
       </c>
       <c r="J93" s="5">
         <v>20</v>
       </c>
       <c r="K93" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="5">
         <v>6900</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E94" s="6"/>
       <c r="F94" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G94" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="5">
         <v>156</v>
       </c>
       <c r="J94" s="5">
         <v>15</v>
       </c>
       <c r="K94" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="5">
         <v>6160</v>
       </c>
@@ -3882,51 +3882,51 @@
       <c r="A96" s="5">
         <v>5863</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>138</v>
       </c>
       <c r="E96" s="6" t="s">
         <v>139</v>
       </c>
       <c r="F96" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G96" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I96" s="5">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="J96" s="5">
         <v>15</v>
       </c>
       <c r="K96" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="5">
         <v>5865</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>138</v>
       </c>
       <c r="E97" s="6" t="s">
         <v>139</v>
       </c>
       <c r="F97" s="6" t="s">
@@ -3934,84 +3934,84 @@
       </c>
       <c r="G97" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I97" s="5">
         <v>93</v>
       </c>
       <c r="J97" s="5">
         <v>14</v>
       </c>
       <c r="K97" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="5">
         <v>6980</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E98" s="6"/>
       <c r="F98" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G98" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="5">
         <v>57</v>
       </c>
       <c r="J98" s="5">
         <v>10</v>
       </c>
       <c r="K98" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
         <v>2950</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D99" s="6"/>
       <c r="E99" s="6" t="s">
         <v>140</v>
       </c>
       <c r="F99" s="6" t="s">
         <v>141</v>
       </c>
       <c r="G99" s="6"/>
       <c r="H99" s="6"/>
       <c r="I99" s="5">
         <v>0</v>
       </c>
       <c r="J99" s="5"/>
       <c r="K99" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="B100" s="7"/>
       <c r="C100" s="7"/>
       <c r="D100" s="7"/>
       <c r="E100" s="7"/>
       <c r="F100" s="7"/>
       <c r="G100" s="7"/>