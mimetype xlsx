--- v0 (2025-10-23)
+++ v1 (2025-12-26)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-10-23</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-12-26</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -196,60 +196,60 @@
   <si>
     <t>Avenue du Derby 12</t>
   </si>
   <si>
     <t>Avenue de Tervueren 290</t>
   </si>
   <si>
     <t xml:space="preserve">Rue de Ruysbroeck </t>
   </si>
   <si>
     <t>Parc Forestier</t>
   </si>
   <si>
     <t>Evere</t>
   </si>
   <si>
     <t>Avenue Jules Bordet 11</t>
   </si>
   <si>
     <t>Avenue Kersbeek 46</t>
   </si>
   <si>
     <t>Parc Astrid</t>
   </si>
   <si>
+    <t>Parc Cherridreux</t>
+  </si>
+  <si>
     <t>Jette</t>
   </si>
   <si>
     <t>Avenue du Laerbeek 145</t>
   </si>
   <si>
     <t>Parc Josaphat</t>
-  </si>
-[...1 lines deleted...]
-    <t>Parc Cherridreux</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Ambassadeur van Vollenhoven </t>
   </si>
   <si>
     <t xml:space="preserve">Avenue des Croix du Feu </t>
   </si>
   <si>
     <t>Square Camille Paulsen 8</t>
   </si>
   <si>
     <t>Arbre disparu</t>
   </si>
   <si>
     <t>Parc de la clinique Sans Souci</t>
   </si>
   <si>
     <t>Avenue de l'Exposition Universelle 218</t>
   </si>
   <si>
     <t>Woluwé-Saint-Lambert</t>
   </si>
   <si>
     <t>Ancienne propriété Lindthout</t>
   </si>
@@ -1949,178 +1949,178 @@
         <v>4</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E30" s="6"/>
       <c r="F30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G30" s="6"/>
       <c r="H30" s="6"/>
       <c r="I30" s="5">
         <v>365</v>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="5"/>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
-        <v>5175</v>
+        <v>5138</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="D31" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E31" s="6"/>
       <c r="F31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="I31" s="5">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J31" s="5">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="K31" s="5">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
-        <v>1703</v>
+        <v>5175</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D32" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D32" s="6"/>
+      <c r="E32" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="E32" s="6"/>
       <c r="F32" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G32" s="6"/>
-      <c r="H32" s="6"/>
+      <c r="G32" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>22</v>
+      </c>
       <c r="I32" s="5">
-        <v>362</v>
-[...2 lines deleted...]
-      <c r="K32" s="5"/>
+        <v>364</v>
+      </c>
+      <c r="J32" s="5">
+        <v>18</v>
+      </c>
+      <c r="K32" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
-        <v>925</v>
+        <v>1703</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="E33" s="6"/>
       <c r="F33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G33" s="6"/>
-      <c r="H33" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H33" s="6"/>
       <c r="I33" s="5">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="J33" s="5"/>
       <c r="K33" s="5"/>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
-        <v>5138</v>
+        <v>925</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="E34" s="6"/>
       <c r="F34" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G34" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G34" s="6"/>
       <c r="H34" s="6" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I34" s="5">
         <v>360</v>
       </c>
-      <c r="J34" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J34" s="5"/>
+      <c r="K34" s="5"/>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
         <v>6436</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="5">
         <v>360</v>
       </c>
       <c r="J35" s="5">
         <v>33</v>
       </c>
       <c r="K35" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
@@ -2234,51 +2234,51 @@
       <c r="F39" s="6" t="s">
         <v>66</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="5">
         <v>354</v>
       </c>
       <c r="J39" s="5"/>
       <c r="K39" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="5">
         <v>4968</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G40" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I40" s="5">
         <v>354</v>
       </c>
       <c r="J40" s="5">
         <v>20</v>
       </c>
       <c r="K40" s="5">
         <v>10</v>
       </c>
@@ -2466,51 +2466,51 @@
       </c>
       <c r="H46" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I46" s="5">
         <v>349</v>
       </c>
       <c r="J46" s="5">
         <v>25</v>
       </c>
       <c r="K46" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
         <v>6546</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E47" s="6"/>
       <c r="F47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="5">
         <v>348</v>
       </c>
       <c r="J47" s="5">
         <v>30</v>
       </c>
       <c r="K47" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
         <v>425</v>
       </c>
@@ -2670,64 +2670,64 @@
       </c>
       <c r="H52" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I52" s="5">
         <v>344</v>
       </c>
       <c r="J52" s="5">
         <v>28</v>
       </c>
       <c r="K52" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="5">
         <v>5160</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>24</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E53" s="6"/>
       <c r="F53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G53" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I53" s="5">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="J53" s="5">
         <v>35</v>
       </c>
       <c r="K53" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="5">
         <v>459</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>86</v>
       </c>
       <c r="E54" s="6"/>
       <c r="F54" s="6" t="s">
         <v>19</v>
       </c>
@@ -3398,51 +3398,51 @@
       </c>
       <c r="H74" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I74" s="5">
         <v>316</v>
       </c>
       <c r="J74" s="5">
         <v>24</v>
       </c>
       <c r="K74" s="5">
         <v>27</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="5">
         <v>5167</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="6" t="s">
         <v>24</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E75" s="6"/>
       <c r="F75" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G75" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I75" s="5">
         <v>315</v>
       </c>
       <c r="J75" s="5">
         <v>30</v>
       </c>
       <c r="K75" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
         <v>2124</v>
       </c>
@@ -4825,51 +4825,51 @@
         <v>41</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>121</v>
       </c>
       <c r="E120" s="6"/>
       <c r="F120" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G120" s="6"/>
       <c r="H120" s="6"/>
       <c r="I120" s="5">
         <v>266</v>
       </c>
       <c r="J120" s="5"/>
       <c r="K120" s="5"/>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="5">
         <v>5082</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>156</v>
       </c>
       <c r="E121" s="6" t="s">
         <v>157</v>
       </c>
       <c r="F121" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G121" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H121" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I121" s="5">
         <v>265</v>
       </c>
       <c r="J121" s="5">
         <v>18</v>
       </c>
       <c r="K121" s="5">
         <v>15</v>
       </c>
@@ -5341,51 +5341,51 @@
       </c>
       <c r="G136" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I136" s="5">
         <v>253</v>
       </c>
       <c r="J136" s="5">
         <v>18</v>
       </c>
       <c r="K136" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="5">
         <v>6607</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C137" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D137" s="6"/>
       <c r="E137" s="6" t="s">
         <v>171</v>
       </c>
       <c r="F137" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G137" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H137" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I137" s="5">
         <v>253</v>
       </c>
       <c r="J137" s="5">
         <v>15</v>
       </c>
       <c r="K137" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:11">
@@ -5702,51 +5702,51 @@
       </c>
       <c r="G147" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H147" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I147" s="5">
         <v>241</v>
       </c>
       <c r="J147" s="5">
         <v>19</v>
       </c>
       <c r="K147" s="5">
         <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="5">
         <v>6638</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C148" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D148" s="6"/>
       <c r="E148" s="6" t="s">
         <v>181</v>
       </c>
       <c r="F148" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G148" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I148" s="5">
         <v>241</v>
       </c>
       <c r="J148" s="5">
         <v>16</v>
       </c>
       <c r="K148" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="149" spans="1:11">
@@ -6193,51 +6193,51 @@
       </c>
       <c r="G162" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H162" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I162" s="5">
         <v>208</v>
       </c>
       <c r="J162" s="5">
         <v>12</v>
       </c>
       <c r="K162" s="5">
         <v>13</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="5">
         <v>1425</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C163" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>198</v>
       </c>
       <c r="E163" s="6"/>
       <c r="F163" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G163" s="6"/>
       <c r="H163" s="6"/>
       <c r="I163" s="5">
         <v>205</v>
       </c>
       <c r="J163" s="5"/>
       <c r="K163" s="5"/>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="5">
         <v>667</v>
       </c>
       <c r="B164" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C164" s="6" t="s">
         <v>13</v>