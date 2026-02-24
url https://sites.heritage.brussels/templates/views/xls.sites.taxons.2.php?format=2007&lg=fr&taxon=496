--- v1 (2025-12-26)
+++ v2 (2026-02-24)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-12-26</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-02-24</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -451,68 +451,68 @@
   <si>
     <t xml:space="preserve">Place de Jamblinne de Meux </t>
   </si>
   <si>
     <t>Place de Jamblinne de Meux face 42</t>
   </si>
   <si>
     <t>Avenue Orban 209</t>
   </si>
   <si>
     <t>Rue Defacqz 134</t>
   </si>
   <si>
     <t>Avenue de la Couronne 105</t>
   </si>
   <si>
     <t xml:space="preserve">Clos des Peupliers </t>
   </si>
   <si>
     <t>Square Joséphine-Charlotte</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue de Broqueville </t>
   </si>
   <si>
+    <t>Allée H.Demarque</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chaussée de Boondael </t>
+  </si>
+  <si>
     <t>Rue de Florence 39</t>
   </si>
   <si>
     <t>Avenue de Selliers de Moranville 51</t>
   </si>
   <si>
     <t>Rue Archimède 69</t>
   </si>
   <si>
     <t>Avenue Rogier 277</t>
   </si>
   <si>
-    <t>Allée H.Demarque</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Avenue Louis Bertrand </t>
   </si>
   <si>
     <t>Rue Alfred Giron 44</t>
   </si>
   <si>
     <t>Avenue de Stalingrad 62</t>
   </si>
   <si>
     <t>Parc Walckiers</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Chaumontel </t>
   </si>
   <si>
     <t>Avenue George Bergmann 20</t>
   </si>
   <si>
     <t>Parc Huybrechts</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Rosalie Uyttenhove </t>
   </si>
   <si>
     <t>Avenue de la Chapelle 35</t>
@@ -523,50 +523,56 @@
   <si>
     <t>Rue Dautzenberg 41</t>
   </si>
   <si>
     <t>Jardins de l'Abbaye de la Cambre</t>
   </si>
   <si>
     <t>Rue des Confédérés 70</t>
   </si>
   <si>
     <t xml:space="preserve">Place Louis Morichar </t>
   </si>
   <si>
     <t>Rue Ropsy Chaudron 7</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Jan Blockx </t>
   </si>
   <si>
     <t>Rue Archimède 71</t>
   </si>
   <si>
     <t>Avenue de Meysse 7</t>
   </si>
   <si>
+    <t>Parc de la Royale Belge</t>
+  </si>
+  <si>
+    <t>Boulevard du Souverain 25</t>
+  </si>
+  <si>
     <t xml:space="preserve">Avenue des Vaillants </t>
   </si>
   <si>
     <t>Ganshoren</t>
   </si>
   <si>
     <t xml:space="preserve">Square du Centenaire </t>
   </si>
   <si>
     <t xml:space="preserve">Avenue du Comté de Jette </t>
   </si>
   <si>
     <t>Avenue Grandchamp 213</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue des Eperons d'Or </t>
   </si>
   <si>
     <t xml:space="preserve">Rue du Champ de l'Eglise </t>
   </si>
   <si>
     <t xml:space="preserve">Square Albert Verhaeren </t>
   </si>
   <si>
     <t>Hof ter Musschen</t>
@@ -578,56 +584,50 @@
     <t xml:space="preserve">Square Joséphine-Charlotte </t>
   </si>
   <si>
     <t>Parc Montjoie</t>
   </si>
   <si>
     <t>Avenue du Suffrage Universel 31</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Secrétin </t>
   </si>
   <si>
     <t>Avenue Alfred Madoux 26</t>
   </si>
   <si>
     <t>Avenue du Suffrage Universel 33</t>
   </si>
   <si>
     <t>Rue des Fleuristes 24</t>
   </si>
   <si>
     <t>Rue Marianne 40</t>
   </si>
   <si>
     <t>Rue Ravenstein 1-3</t>
-  </si>
-[...4 lines deleted...]
-    <t>Boulevard du Souverain 25</t>
   </si>
   <si>
     <t>Avenue Rogier 273</t>
   </si>
   <si>
     <t>Rue de la Sablonnière 29</t>
   </si>
   <si>
     <t>Parc Georges-Henri</t>
   </si>
   <si>
     <t xml:space="preserve">Square de Meudon </t>
   </si>
   <si>
     <t>Saint-Josse-Ten-Noode</t>
   </si>
   <si>
     <t>Square Henri Frick</t>
   </si>
   <si>
     <t xml:space="preserve">Square Henri Frick </t>
   </si>
   <si>
     <t>Rue Potagère 79</t>
   </si>
@@ -4387,264 +4387,264 @@
         <v>924</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E106" s="6"/>
       <c r="F106" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G106" s="6"/>
       <c r="H106" s="6"/>
       <c r="I106" s="5">
         <v>280</v>
       </c>
       <c r="J106" s="5"/>
       <c r="K106" s="5"/>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="5">
-        <v>5308</v>
+        <v>4641</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="D107" s="6"/>
+      <c r="D107" s="6" t="s">
+        <v>144</v>
+      </c>
       <c r="E107" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F107" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G107" s="6" t="s">
-        <v>26</v>
+        <v>99</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="I107" s="5">
         <v>280</v>
       </c>
       <c r="J107" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K107" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="5">
-        <v>6375</v>
+        <v>5308</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D108" s="6"/>
       <c r="E108" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F108" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G108" s="6" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I108" s="5">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J108" s="5">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="K108" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="5">
-        <v>1719</v>
+        <v>6375</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      <c r="E109" s="6"/>
+        <v>32</v>
+      </c>
+      <c r="D109" s="6"/>
+      <c r="E109" s="6" t="s">
+        <v>147</v>
+      </c>
       <c r="F109" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G109" s="6"/>
-      <c r="H109" s="6"/>
+      <c r="G109" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H109" s="6" t="s">
+        <v>22</v>
+      </c>
       <c r="I109" s="5">
-        <v>278</v>
-[...2 lines deleted...]
-      <c r="K109" s="5"/>
+        <v>279</v>
+      </c>
+      <c r="J109" s="5">
+        <v>16</v>
+      </c>
+      <c r="K109" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="5">
-        <v>3496</v>
+        <v>1719</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="E110" s="6"/>
       <c r="F110" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G110" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G110" s="6"/>
+      <c r="H110" s="6"/>
       <c r="I110" s="5">
         <v>278</v>
       </c>
-      <c r="J110" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J110" s="5"/>
+      <c r="K110" s="5"/>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="5">
-        <v>3266</v>
+        <v>3496</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="D111" s="6"/>
       <c r="E111" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F111" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G111" s="6" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="I111" s="5">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="J111" s="5">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="K111" s="5">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="5">
-        <v>5</v>
+        <v>3266</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="E112" s="6"/>
+        <v>41</v>
+      </c>
+      <c r="D112" s="6"/>
+      <c r="E112" s="6" t="s">
+        <v>149</v>
+      </c>
       <c r="F112" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G112" s="6"/>
-      <c r="H112" s="6"/>
+      <c r="G112" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>40</v>
+      </c>
       <c r="I112" s="5">
-        <v>276</v>
-[...2 lines deleted...]
-      <c r="K112" s="5"/>
+        <v>277</v>
+      </c>
+      <c r="J112" s="5">
+        <v>22</v>
+      </c>
+      <c r="K112" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="5">
-        <v>4641</v>
+        <v>5</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="6" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="D113" s="6" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="E113" s="6"/>
       <c r="F113" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G113" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G113" s="6"/>
+      <c r="H113" s="6"/>
       <c r="I113" s="5">
-        <v>272</v>
-[...6 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="J113" s="5"/>
+      <c r="K113" s="5"/>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="5">
         <v>3784</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D114" s="6"/>
       <c r="E114" s="6" t="s">
         <v>150</v>
       </c>
       <c r="F114" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G114" s="6" t="s">
         <v>99</v>
       </c>
       <c r="H114" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="5">
@@ -5269,729 +5269,729 @@
       <c r="D134" s="6"/>
       <c r="E134" s="6" t="s">
         <v>164</v>
       </c>
       <c r="F134" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G134" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I134" s="5">
         <v>255</v>
       </c>
       <c r="J134" s="5">
         <v>20</v>
       </c>
       <c r="K134" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="5">
-        <v>2517</v>
+        <v>6211</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C135" s="6" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D135" s="6"/>
+        <v>48</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>168</v>
+      </c>
       <c r="E135" s="6" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F135" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G135" s="6" t="s">
-        <v>99</v>
+        <v>29</v>
       </c>
       <c r="H135" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="I135" s="5">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J135" s="5">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="K135" s="5">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="5">
-        <v>4793</v>
+        <v>2517</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C136" s="6" t="s">
-        <v>169</v>
+        <v>69</v>
       </c>
       <c r="D136" s="6"/>
       <c r="E136" s="6" t="s">
         <v>170</v>
       </c>
       <c r="F136" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G136" s="6" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I136" s="5">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J136" s="5">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K136" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="5">
-        <v>6607</v>
+        <v>4793</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C137" s="6" t="s">
-        <v>60</v>
+        <v>171</v>
       </c>
       <c r="D137" s="6"/>
       <c r="E137" s="6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F137" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G137" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H137" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="I137" s="5">
         <v>253</v>
       </c>
       <c r="J137" s="5">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="K137" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="5">
-        <v>3003</v>
+        <v>6607</v>
       </c>
       <c r="B138" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C138" s="6" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="D138" s="6"/>
       <c r="E138" s="6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F138" s="6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G138" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I138" s="5">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="J138" s="5">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="K138" s="5">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="5">
-        <v>6425</v>
+        <v>3003</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C139" s="6" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D139" s="6"/>
       <c r="E139" s="6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F139" s="6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G139" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I139" s="5">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J139" s="5">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="K139" s="5">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="5">
-        <v>5398</v>
+        <v>6425</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C140" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D140" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>89</v>
+      </c>
       <c r="E140" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F140" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G140" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H140" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I140" s="5">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J140" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K140" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="5">
-        <v>4346</v>
+        <v>5398</v>
       </c>
       <c r="B141" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C141" s="6" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="D141" s="6"/>
       <c r="E141" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F141" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G141" s="6" t="s">
-        <v>99</v>
+        <v>29</v>
       </c>
       <c r="H141" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I141" s="5">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="J141" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K141" s="5">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="5">
-        <v>7621</v>
+        <v>4346</v>
       </c>
       <c r="B142" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C142" s="6" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D142" s="6"/>
       <c r="E142" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="F142" s="6"/>
+      <c r="F142" s="6" t="s">
+        <v>19</v>
+      </c>
       <c r="G142" s="6" t="s">
         <v>99</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I142" s="5">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J142" s="5">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="K142" s="5">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="5">
-        <v>3319</v>
+        <v>7621</v>
       </c>
       <c r="B143" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C143" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D143" s="6" t="s">
-        <v>142</v>
+        <v>178</v>
       </c>
       <c r="E143" s="6" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="F143" s="6"/>
       <c r="G143" s="6" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I143" s="5">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="J143" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="K143" s="5">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="5">
-        <v>6197</v>
+        <v>3319</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C144" s="6" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="D144" s="6" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="E144" s="6"/>
+        <v>142</v>
+      </c>
+      <c r="E144" s="6" t="s">
+        <v>180</v>
+      </c>
       <c r="F144" s="6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G144" s="6" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="H144" s="6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="I144" s="5">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="J144" s="5">
         <v>20</v>
       </c>
       <c r="K144" s="5">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="5">
-        <v>5876</v>
+        <v>6197</v>
       </c>
       <c r="B145" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C145" s="6" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E145" s="6"/>
       <c r="F145" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G145" s="6" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="H145" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I145" s="5">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J145" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K145" s="5">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="5">
-        <v>1752</v>
+        <v>5876</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C146" s="6" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D146" s="6"/>
       <c r="E146" s="6" t="s">
-        <v>180</v>
+        <v>164</v>
       </c>
       <c r="F146" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G146" s="6"/>
-      <c r="H146" s="6"/>
+      <c r="G146" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H146" s="6" t="s">
+        <v>36</v>
+      </c>
       <c r="I146" s="5">
-        <v>241</v>
-[...2 lines deleted...]
-      <c r="K146" s="5"/>
+        <v>242</v>
+      </c>
+      <c r="J146" s="5">
+        <v>18</v>
+      </c>
+      <c r="K146" s="5">
+        <v>8</v>
+      </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="5">
-        <v>3321</v>
+        <v>1752</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C147" s="6" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D147" s="6"/>
       <c r="E147" s="6" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="F147" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G147" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G147" s="6"/>
+      <c r="H147" s="6"/>
       <c r="I147" s="5">
         <v>241</v>
       </c>
-      <c r="J147" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J147" s="5"/>
+      <c r="K147" s="5"/>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="5">
-        <v>6638</v>
+        <v>3321</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C148" s="6" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D148" s="6"/>
+        <v>69</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>142</v>
+      </c>
       <c r="E148" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="F148" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G148" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H148" s="6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="I148" s="5">
         <v>241</v>
       </c>
       <c r="J148" s="5">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="K148" s="5">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="5">
-        <v>2518</v>
+        <v>6638</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C149" s="6" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="D149" s="6"/>
       <c r="E149" s="6" t="s">
-        <v>168</v>
+        <v>183</v>
       </c>
       <c r="F149" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G149" s="6" t="s">
-        <v>99</v>
+        <v>29</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I149" s="5">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="J149" s="5">
         <v>16</v>
       </c>
       <c r="K149" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="5">
-        <v>5747</v>
+        <v>2518</v>
       </c>
       <c r="B150" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C150" s="6" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="D150" s="6"/>
       <c r="E150" s="6" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="F150" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G150" s="6" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="H150" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="I150" s="5">
         <v>235</v>
       </c>
       <c r="J150" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="K150" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="5">
-        <v>1753</v>
+        <v>5747</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C151" s="6" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="D151" s="6"/>
       <c r="E151" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F151" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="G151" s="6"/>
-      <c r="H151" s="6"/>
+      <c r="G151" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H151" s="6" t="s">
+        <v>22</v>
+      </c>
       <c r="I151" s="5">
-        <v>234</v>
-[...2 lines deleted...]
-      <c r="K151" s="5"/>
+        <v>235</v>
+      </c>
+      <c r="J151" s="5">
+        <v>20</v>
+      </c>
+      <c r="K151" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="5">
-        <v>3468</v>
+        <v>1753</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C152" s="6" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D152" s="6"/>
       <c r="E152" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F152" s="6" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="G152" s="6"/>
+      <c r="H152" s="6"/>
       <c r="I152" s="5">
-        <v>232</v>
-[...6 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="J152" s="5"/>
+      <c r="K152" s="5"/>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="5">
-        <v>4876</v>
+        <v>3468</v>
       </c>
       <c r="B153" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C153" s="6" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D153" s="6"/>
       <c r="E153" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F153" s="6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G153" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H153" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I153" s="5">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="J153" s="5"/>
+        <v>232</v>
+      </c>
+      <c r="J153" s="5">
+        <v>16</v>
+      </c>
       <c r="K153" s="5">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="5">
-        <v>6018</v>
+        <v>4876</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C154" s="6" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D154" s="6"/>
       <c r="E154" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F154" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G154" s="6" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I154" s="5">
-        <v>230</v>
-[...3 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="J154" s="5"/>
       <c r="K154" s="5">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="5">
-        <v>6211</v>
+        <v>6018</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C155" s="6" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D155" s="6"/>
       <c r="E155" s="6" t="s">
         <v>188</v>
       </c>
       <c r="F155" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G155" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H155" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I155" s="5">
         <v>230</v>
       </c>
       <c r="J155" s="5">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="K155" s="5">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="5">
         <v>3265</v>
       </c>
       <c r="B156" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C156" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D156" s="6"/>
       <c r="E156" s="6" t="s">
         <v>189</v>
       </c>
       <c r="F156" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G156" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H156" s="6" t="s">
         <v>40</v>
       </c>
@@ -6313,51 +6313,51 @@
       <c r="H166" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I166" s="5">
         <v>197</v>
       </c>
       <c r="J166" s="5">
         <v>20</v>
       </c>
       <c r="K166" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="5">
         <v>3467</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C167" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D167" s="6"/>
       <c r="E167" s="6" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F167" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G167" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H167" s="6" t="s">
         <v>22</v>
       </c>
       <c r="I167" s="5">
         <v>192</v>
       </c>
       <c r="J167" s="5">
         <v>16</v>
       </c>
       <c r="K167" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="5">
         <v>5877</v>
       </c>
       <c r="B168" s="6" t="s">