--- v0 (2025-10-23)
+++ v1 (2025-12-26)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="380">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-10-23</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-12-26</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -103,65 +103,65 @@
   <si>
     <t>Parc public de Laeken</t>
   </si>
   <si>
     <t>Watermael-Boitsfort</t>
   </si>
   <si>
     <t>Avenue des Coccinelles 6</t>
   </si>
   <si>
     <t>Inscrit sur la liste de sauvegarde mais abattu</t>
   </si>
   <si>
     <t>Arbre en partie visible de la voirie</t>
   </si>
   <si>
     <t>Arbre isolé</t>
   </si>
   <si>
     <t xml:space="preserve">Rue des Ibis </t>
   </si>
   <si>
     <t>Arbre visible de la voirie, occupant une position centrale dans le paysage.</t>
   </si>
   <si>
+    <t>Square Frère Orban</t>
+  </si>
+  <si>
+    <t>Arbre visible de la voirie</t>
+  </si>
+  <si>
     <t>Parc Léopold</t>
   </si>
   <si>
     <t>Arbre invisible de la voirie, en espace (semi)-public</t>
   </si>
   <si>
     <t>Groupe de moins de 5 arbres</t>
   </si>
   <si>
-    <t>Square Frère Orban</t>
-[...4 lines deleted...]
-  <si>
     <t>Parc du Cinquantenaire</t>
   </si>
   <si>
     <t>Forest</t>
   </si>
   <si>
     <t>Parc de Forest</t>
   </si>
   <si>
     <t>Inventorié mais abattu</t>
   </si>
   <si>
     <t>Parc d'Osseghem</t>
   </si>
   <si>
     <t>Plantation en massif</t>
   </si>
   <si>
     <t>Avenue Van Kerm 7</t>
   </si>
   <si>
     <t>Parc de la Drève Sainte-Anne</t>
   </si>
   <si>
     <t>Schaerbeek</t>
@@ -253,51 +253,51 @@
   <si>
     <t xml:space="preserve">Square Henri Frick </t>
   </si>
   <si>
     <t>Quai Fernand Demets 23</t>
   </si>
   <si>
     <t>Parc Walckiers</t>
   </si>
   <si>
     <t>Saint-Gilles</t>
   </si>
   <si>
     <t>Parc Pierre Paulus</t>
   </si>
   <si>
     <t>Berchem-Sainte-Agathe</t>
   </si>
   <si>
     <t>Avenue de la Basilique 14</t>
   </si>
   <si>
     <t>Etterbeek</t>
   </si>
   <si>
-    <t>Parc Bosman</t>
+    <t>Jardin de l'ancienne propriété Bosman</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Gérard </t>
   </si>
   <si>
     <t>Chaussée de Charleroi 116</t>
   </si>
   <si>
     <t>Square Prince Léopold</t>
   </si>
   <si>
     <t xml:space="preserve">Square Prince Léopold </t>
   </si>
   <si>
     <t>Avenue du Derby 18</t>
   </si>
   <si>
     <t>Jette</t>
   </si>
   <si>
     <t>Parc de la clinique Sans Souci</t>
   </si>
   <si>
     <t>Auderghem</t>
   </si>
@@ -541,74 +541,74 @@
   <si>
     <t>Rue Victor Allard 88</t>
   </si>
   <si>
     <t xml:space="preserve">Square François Riga </t>
   </si>
   <si>
     <t>Université Libre de Bruxelles - Solbosch</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Adolphe Buyl </t>
   </si>
   <si>
     <t>Avenue des Hospices 186</t>
   </si>
   <si>
     <t>Jardin de l'école normale de Berkendael</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Berkendael </t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Van Bever </t>
   </si>
   <si>
+    <t>Square du Vieux Tilleul 11?</t>
+  </si>
+  <si>
     <t>Rue Léopold I 314</t>
   </si>
   <si>
     <t>Rue de la Poste 51</t>
   </si>
   <si>
     <t>Avenue Edouard Ducpétiaux 106</t>
   </si>
   <si>
     <t>Rue de la Concorde 51</t>
   </si>
   <si>
     <t>Avenue du Derby 12</t>
   </si>
   <si>
     <t>Rue Bollinckx 15</t>
   </si>
   <si>
     <t>Parc de la Héronnière</t>
   </si>
   <si>
-    <t>Square du Vieux Tilleul 11?</t>
-[...1 lines deleted...]
-  <si>
     <t>Parc Tenbosch</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue de l'Optimisme </t>
   </si>
   <si>
     <t>Avenue Edmond Mesens 2</t>
   </si>
   <si>
     <t>Zavelenberg</t>
   </si>
   <si>
     <t>Parc Buchholtz</t>
   </si>
   <si>
     <t xml:space="preserve">Rue Américaine </t>
   </si>
   <si>
     <t>Rue Maurice Wilmotte 57</t>
   </si>
   <si>
     <t>Rue Hydraulique 14</t>
   </si>
   <si>
     <t>Rue Antoine Bréart 105</t>
@@ -814,50 +814,53 @@
   <si>
     <t>Arbre disparu</t>
   </si>
   <si>
     <t>Avenue Van Bever 21</t>
   </si>
   <si>
     <t>Place des Palais 7</t>
   </si>
   <si>
     <t>Chaussée de Haecht 571</t>
   </si>
   <si>
     <t xml:space="preserve">Boulevard du Régent </t>
   </si>
   <si>
     <t>Abords de l'Eglise Notre-Dame de Laeken</t>
   </si>
   <si>
     <t>Jardin de l'église des Pères Barnabites</t>
   </si>
   <si>
     <t>Avenue Brugmann 121</t>
   </si>
   <si>
+    <t>Parc Cherridreux</t>
+  </si>
+  <si>
     <t>Square Prince Charles</t>
   </si>
   <si>
     <t>Rue Mareyde 21</t>
   </si>
   <si>
     <t>Avenue de Tervueren 361</t>
   </si>
   <si>
     <t>Rue des Sablons 9</t>
   </si>
   <si>
     <t>Rue de la Concorde 55</t>
   </si>
   <si>
     <t>Avenue Grandchamp 213</t>
   </si>
   <si>
     <t>Propriété Fond'Roy</t>
   </si>
   <si>
     <t>Avenue du Prince d'Orange 49-51</t>
   </si>
   <si>
     <t>Rue Paloke 40</t>
@@ -872,53 +875,50 @@
     <t>Jardin  Massart</t>
   </si>
   <si>
     <t>Parvis Saint-Pierre 1</t>
   </si>
   <si>
     <t>Parc Hauwaert</t>
   </si>
   <si>
     <t>Rue Gallait 78</t>
   </si>
   <si>
     <t>Rue de la Limite 116</t>
   </si>
   <si>
     <t>Boulevard du Régent 47</t>
   </si>
   <si>
     <t>Parc du château Morel - Domaine de la Héronnière</t>
   </si>
   <si>
     <t>Rue Nisard 9</t>
   </si>
   <si>
     <t>Parc du Bempt</t>
-  </si>
-[...1 lines deleted...]
-    <t>Parc Cherridreux</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue des Azalées </t>
   </si>
   <si>
     <t>Avenue Louise 43</t>
   </si>
   <si>
     <t>Avenue de Foestraets 79</t>
   </si>
   <si>
     <t>Rue de la Concorde 60</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue du Soldat Britannique </t>
   </si>
   <si>
     <t>Avenue du Onze Novembre 57</t>
   </si>
   <si>
     <t>Moulin de Lindekemaele et abords</t>
   </si>
   <si>
     <t>Avenue Jean-François Debecker 38-40</t>
   </si>
@@ -1764,187 +1764,187 @@
       <c r="D7" s="6"/>
       <c r="E7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I7" s="5">
         <v>500</v>
       </c>
       <c r="J7" s="5">
         <v>18</v>
       </c>
       <c r="K7" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="5">
-        <v>760</v>
+        <v>851</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="6"/>
       <c r="F8" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I8" s="5">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="J8" s="5">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K8" s="5">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="5">
-        <v>851</v>
+        <v>760</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E9" s="6"/>
       <c r="F9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H9" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="H9" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I9" s="5">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="J9" s="5">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K9" s="5">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
         <v>587</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="6"/>
       <c r="F10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="5">
         <v>460</v>
       </c>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5">
         <v>1159</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="6"/>
       <c r="F11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I11" s="5">
         <v>445</v>
       </c>
       <c r="J11" s="5"/>
       <c r="K11" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
         <v>7456</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="5">
         <v>445</v>
       </c>
       <c r="J12" s="5">
         <v>22</v>
       </c>
       <c r="K12" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
         <v>3934</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="6"/>
@@ -1966,89 +1966,89 @@
       <c r="J13" s="5">
         <v>18</v>
       </c>
       <c r="K13" s="5">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5">
         <v>957</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="6"/>
       <c r="F14" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H14" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I14" s="5">
         <v>443</v>
       </c>
       <c r="J14" s="5">
         <v>18</v>
       </c>
       <c r="K14" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="5">
         <v>1666</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G15" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H15" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I15" s="5">
         <v>442</v>
       </c>
       <c r="J15" s="5">
         <v>30</v>
       </c>
       <c r="K15" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
         <v>6411</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="6"/>
@@ -2069,51 +2069,51 @@
       </c>
       <c r="K16" s="5">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
         <v>6141</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="5">
         <v>437</v>
       </c>
       <c r="J17" s="5">
         <v>22</v>
       </c>
       <c r="K17" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
         <v>1160</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D18" s="6" t="s">
@@ -2230,51 +2230,51 @@
       <c r="J21" s="5">
         <v>18</v>
       </c>
       <c r="K21" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
         <v>2027</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D22" s="6"/>
       <c r="E22" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I22" s="5">
         <v>429</v>
       </c>
       <c r="J22" s="5"/>
       <c r="K22" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
         <v>4802</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D23" s="6"/>
       <c r="E23" s="6" t="s">
         <v>54</v>
@@ -2294,122 +2294,122 @@
       <c r="J23" s="5">
         <v>30</v>
       </c>
       <c r="K23" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
         <v>5879</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D24" s="6"/>
       <c r="E24" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I24" s="5">
         <v>425</v>
       </c>
       <c r="J24" s="5">
         <v>23</v>
       </c>
       <c r="K24" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
         <v>1670</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I25" s="5">
         <v>422</v>
       </c>
       <c r="J25" s="5">
         <v>26</v>
       </c>
       <c r="K25" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
         <v>102</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E26" s="6"/>
       <c r="F26" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I26" s="5">
         <v>417</v>
       </c>
       <c r="J26" s="5">
         <v>25</v>
       </c>
       <c r="K26" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
         <v>5268</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="6" t="s">
         <v>59</v>
       </c>
@@ -2428,54 +2428,54 @@
       <c r="J27" s="5">
         <v>20</v>
       </c>
       <c r="K27" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
         <v>1673</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E28" s="6"/>
       <c r="F28" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I28" s="5">
         <v>410</v>
       </c>
       <c r="J28" s="5">
         <v>30</v>
       </c>
       <c r="K28" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
         <v>4665</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D29" s="6"/>
       <c r="E29" s="6" t="s">
         <v>60</v>
       </c>
@@ -2528,51 +2528,51 @@
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
         <v>2434</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I31" s="5">
         <v>407</v>
       </c>
       <c r="J31" s="5">
         <v>15</v>
       </c>
       <c r="K31" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
         <v>7498</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E32" s="6" t="s">
@@ -2591,54 +2591,54 @@
       <c r="J32" s="5">
         <v>23</v>
       </c>
       <c r="K32" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
         <v>1671</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E33" s="6"/>
       <c r="F33" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I33" s="5">
         <v>404</v>
       </c>
       <c r="J33" s="5">
         <v>30</v>
       </c>
       <c r="K33" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
         <v>6680</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E34" s="6" t="s">
@@ -2657,183 +2657,183 @@
         <v>404</v>
       </c>
       <c r="J34" s="5"/>
       <c r="K34" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
         <v>1676</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E35" s="6"/>
       <c r="F35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I35" s="5">
         <v>402</v>
       </c>
       <c r="J35" s="5">
         <v>23</v>
       </c>
       <c r="K35" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
         <v>3246</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>69</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G36" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I36" s="5">
         <v>402</v>
       </c>
       <c r="J36" s="5">
         <v>25</v>
       </c>
       <c r="K36" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="5">
         <v>7591</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D37" s="6"/>
       <c r="E37" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F37" s="6"/>
       <c r="G37" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I37" s="5">
         <v>402</v>
       </c>
       <c r="J37" s="5">
         <v>20</v>
       </c>
       <c r="K37" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="5">
         <v>5292</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>72</v>
       </c>
       <c r="E38" s="6"/>
       <c r="F38" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="5">
         <v>401</v>
       </c>
       <c r="J38" s="5">
         <v>20</v>
       </c>
       <c r="K38" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
         <v>1755</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E39" s="6"/>
       <c r="F39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I39" s="5">
         <v>400</v>
       </c>
       <c r="J39" s="5">
         <v>27</v>
       </c>
       <c r="K39" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="5">
         <v>3111</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="6"/>
@@ -2905,119 +2905,119 @@
         <v>399</v>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="5"/>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
         <v>1020</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>78</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I43" s="5">
         <v>397</v>
       </c>
       <c r="J43" s="5">
         <v>20</v>
       </c>
       <c r="K43" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="5">
         <v>4099</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D44" s="6"/>
       <c r="E44" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I44" s="5">
         <v>394</v>
       </c>
       <c r="J44" s="5">
         <v>25</v>
       </c>
       <c r="K44" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
         <v>5395</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>81</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>82</v>
       </c>
       <c r="F45" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G45" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I45" s="5">
         <v>392</v>
       </c>
       <c r="J45" s="5"/>
       <c r="K45" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
         <v>5798</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D46" s="6"/>
       <c r="E46" s="6" t="s">
         <v>83</v>
@@ -3035,150 +3035,150 @@
         <v>392</v>
       </c>
       <c r="J46" s="5"/>
       <c r="K46" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
         <v>1523</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E47" s="6"/>
       <c r="F47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I47" s="5">
         <v>391</v>
       </c>
       <c r="J47" s="5">
         <v>20</v>
       </c>
       <c r="K47" s="5"/>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
         <v>198</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D48" s="6"/>
       <c r="E48" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F48" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I48" s="5">
         <v>389</v>
       </c>
       <c r="J48" s="5">
         <v>15</v>
       </c>
       <c r="K48" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="5">
         <v>1672</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E49" s="6"/>
       <c r="F49" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I49" s="5">
         <v>389</v>
       </c>
       <c r="J49" s="5">
         <v>26</v>
       </c>
       <c r="K49" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
         <v>2514</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F50" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G50" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I50" s="5">
         <v>386</v>
       </c>
       <c r="J50" s="5">
         <v>23</v>
       </c>
       <c r="K50" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
         <v>4454</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D51" s="6"/>
@@ -3266,51 +3266,51 @@
       <c r="J53" s="5">
         <v>20</v>
       </c>
       <c r="K53" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="5">
         <v>588</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E54" s="6"/>
       <c r="F54" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G54" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="5">
         <v>382</v>
       </c>
       <c r="J54" s="5">
         <v>18</v>
       </c>
       <c r="K54" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
         <v>689</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D55" s="6"/>
@@ -3365,89 +3365,89 @@
       </c>
       <c r="K56" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
         <v>1735</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E57" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F57" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G57" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I57" s="5">
         <v>378</v>
       </c>
       <c r="J57" s="5">
         <v>20</v>
       </c>
       <c r="K57" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="5">
         <v>1667</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E58" s="6" t="s">
         <v>43</v>
       </c>
       <c r="F58" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G58" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H58" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I58" s="5">
         <v>376</v>
       </c>
       <c r="J58" s="5">
         <v>25</v>
       </c>
       <c r="K58" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="5">
         <v>1921</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D59" s="6"/>
       <c r="E59" s="6" t="s">
         <v>97</v>
       </c>
@@ -3526,84 +3526,84 @@
       <c r="J61" s="5">
         <v>25</v>
       </c>
       <c r="K61" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="5">
         <v>6593</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>102</v>
       </c>
       <c r="E62" s="6"/>
       <c r="F62" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I62" s="5">
         <v>376</v>
       </c>
       <c r="J62" s="5">
         <v>28</v>
       </c>
       <c r="K62" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
         <v>6945</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>103</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>104</v>
       </c>
       <c r="E63" s="6"/>
       <c r="F63" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I63" s="5">
         <v>375</v>
       </c>
       <c r="J63" s="5">
         <v>24</v>
       </c>
       <c r="K63" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
         <v>4504</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D64" s="6"/>
@@ -3626,51 +3626,51 @@
       <c r="K64" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
         <v>464</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E65" s="6"/>
       <c r="F65" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G65" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I65" s="5">
         <v>372</v>
       </c>
       <c r="J65" s="5"/>
       <c r="K65" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
         <v>674</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>108</v>
       </c>
@@ -3716,54 +3716,54 @@
       <c r="H67" s="6"/>
       <c r="I67" s="5">
         <v>372</v>
       </c>
       <c r="J67" s="5"/>
       <c r="K67" s="5"/>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="5">
         <v>627</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E68" s="6"/>
       <c r="F68" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G68" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I68" s="5">
         <v>370</v>
       </c>
       <c r="J68" s="5">
         <v>20</v>
       </c>
       <c r="K68" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="5">
         <v>3746</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D69" s="6"/>
       <c r="E69" s="6" t="s">
         <v>112</v>
       </c>
@@ -3847,51 +3847,51 @@
       <c r="K71" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="5">
         <v>1586</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="6" t="s">
         <v>115</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>116</v>
       </c>
       <c r="E72" s="6"/>
       <c r="F72" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G72" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I72" s="5">
         <v>369</v>
       </c>
       <c r="J72" s="5"/>
       <c r="K72" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="5">
         <v>3555</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D73" s="6"/>
       <c r="E73" s="6" t="s">
         <v>117</v>
       </c>
       <c r="F73" s="6" t="s">
         <v>16</v>
@@ -3965,58 +3965,58 @@
       </c>
       <c r="H75" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I75" s="5">
         <v>368</v>
       </c>
       <c r="J75" s="5">
         <v>25</v>
       </c>
       <c r="K75" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
         <v>761</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E76" s="6"/>
       <c r="F76" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I76" s="5">
         <v>367</v>
       </c>
       <c r="J76" s="5">
         <v>25</v>
       </c>
       <c r="K76" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
         <v>1161</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D77" s="6" t="s">
@@ -4032,149 +4032,149 @@
         <v>367</v>
       </c>
       <c r="J77" s="5"/>
       <c r="K77" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="5">
         <v>3380</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D78" s="6"/>
       <c r="E78" s="6" t="s">
         <v>119</v>
       </c>
       <c r="F78" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G78" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I78" s="5">
         <v>365</v>
       </c>
       <c r="J78" s="5">
         <v>19</v>
       </c>
       <c r="K78" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
         <v>7467</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D79" s="6"/>
       <c r="E79" s="6"/>
       <c r="F79" s="6"/>
       <c r="G79" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="5">
         <v>364</v>
       </c>
       <c r="J79" s="5">
         <v>18</v>
       </c>
       <c r="K79" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
         <v>3984</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D80" s="6"/>
       <c r="E80" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F80" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G80" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I80" s="5">
         <v>363</v>
       </c>
       <c r="J80" s="5">
         <v>22</v>
       </c>
       <c r="K80" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
         <v>3156</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D81" s="6"/>
       <c r="E81" s="6" t="s">
         <v>121</v>
       </c>
       <c r="F81" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G81" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I81" s="5">
         <v>362</v>
       </c>
       <c r="J81" s="5">
         <v>20</v>
       </c>
       <c r="K81" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="5">
         <v>5712</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="6" t="s">
@@ -4358,54 +4358,54 @@
       <c r="J87" s="5">
         <v>22</v>
       </c>
       <c r="K87" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="5">
         <v>5339</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D88" s="6"/>
       <c r="E88" s="6" t="s">
         <v>126</v>
       </c>
       <c r="F88" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G88" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I88" s="5">
         <v>360</v>
       </c>
       <c r="J88" s="5">
         <v>30</v>
       </c>
       <c r="K88" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="5">
         <v>6024</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E89" s="6" t="s">
@@ -4457,54 +4457,54 @@
         <v>360</v>
       </c>
       <c r="J90" s="5">
         <v>25</v>
       </c>
       <c r="K90" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="5">
         <v>7309</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E91" s="6"/>
       <c r="F91" s="6"/>
       <c r="G91" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H91" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I91" s="5">
         <v>359</v>
       </c>
       <c r="J91" s="5">
         <v>20</v>
       </c>
       <c r="K91" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="5">
         <v>3507</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D92" s="6"/>
       <c r="E92" s="6" t="s">
         <v>131</v>
       </c>
@@ -4525,84 +4525,84 @@
       </c>
       <c r="K92" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="5">
         <v>1262</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>132</v>
       </c>
       <c r="E93" s="6" t="s">
         <v>133</v>
       </c>
       <c r="F93" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G93" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I93" s="5">
         <v>356</v>
       </c>
       <c r="J93" s="5"/>
       <c r="K93" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="5">
         <v>4019</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>134</v>
       </c>
       <c r="E94" s="6" t="s">
         <v>135</v>
       </c>
       <c r="F94" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G94" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="5">
         <v>356</v>
       </c>
       <c r="J94" s="5">
         <v>18</v>
       </c>
       <c r="K94" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="5">
         <v>4063</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D95" s="6"/>
@@ -4622,118 +4622,118 @@
         <v>356</v>
       </c>
       <c r="J95" s="5"/>
       <c r="K95" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="5">
         <v>1587</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>115</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>116</v>
       </c>
       <c r="E96" s="6"/>
       <c r="F96" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G96" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I96" s="5">
         <v>355</v>
       </c>
       <c r="J96" s="5">
         <v>18</v>
       </c>
       <c r="K96" s="5"/>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="5">
         <v>7113</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E97" s="6"/>
       <c r="F97" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G97" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I97" s="5">
         <v>355</v>
       </c>
       <c r="J97" s="5"/>
       <c r="K97" s="5">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="5">
         <v>715</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E98" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F98" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G98" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H98" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I98" s="5">
         <v>354</v>
       </c>
       <c r="J98" s="5">
         <v>26</v>
       </c>
       <c r="K98" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
         <v>1162</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E99" s="6"/>
@@ -4773,124 +4773,124 @@
       <c r="H100" s="6"/>
       <c r="I100" s="5">
         <v>352</v>
       </c>
       <c r="J100" s="5"/>
       <c r="K100" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="5">
         <v>7285</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>141</v>
       </c>
       <c r="E101" s="6"/>
       <c r="F101" s="6"/>
       <c r="G101" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I101" s="5">
         <v>352</v>
       </c>
       <c r="J101" s="5">
         <v>23</v>
       </c>
       <c r="K101" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="5">
         <v>2435</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E102" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F102" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G102" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I102" s="5">
         <v>350</v>
       </c>
       <c r="J102" s="5">
         <v>8</v>
       </c>
       <c r="K102" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="5">
         <v>3290</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E103" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F103" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G103" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I103" s="5">
         <v>349</v>
       </c>
       <c r="J103" s="5">
         <v>30</v>
       </c>
       <c r="K103" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="5">
         <v>606</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>144</v>
       </c>
       <c r="E104" s="6"/>
@@ -4937,51 +4937,51 @@
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="5">
         <v>1669</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E106" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F106" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G106" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H106" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I106" s="5">
         <v>347</v>
       </c>
       <c r="J106" s="5">
         <v>32</v>
       </c>
       <c r="K106" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="5">
         <v>958</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>145</v>
       </c>
       <c r="E107" s="6"/>
@@ -4992,86 +4992,86 @@
       <c r="H107" s="6"/>
       <c r="I107" s="5">
         <v>346</v>
       </c>
       <c r="J107" s="5"/>
       <c r="K107" s="5"/>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="5">
         <v>6717</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D108" s="6"/>
       <c r="E108" s="6" t="s">
         <v>146</v>
       </c>
       <c r="F108" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G108" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I108" s="5">
         <v>346</v>
       </c>
       <c r="J108" s="5">
         <v>17</v>
       </c>
       <c r="K108" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="5">
         <v>1736</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>95</v>
       </c>
       <c r="E109" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F109" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G109" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I109" s="5">
         <v>345</v>
       </c>
       <c r="J109" s="5">
         <v>20</v>
       </c>
       <c r="K109" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="5">
         <v>1615</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="6" t="s">
         <v>115</v>
       </c>
       <c r="D110" s="6"/>
@@ -5131,51 +5131,51 @@
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="5">
         <v>5019</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>150</v>
       </c>
       <c r="E112" s="6" t="s">
         <v>151</v>
       </c>
       <c r="F112" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G112" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I112" s="5">
         <v>345</v>
       </c>
       <c r="J112" s="5">
         <v>20</v>
       </c>
       <c r="K112" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="5">
         <v>1291</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D113" s="6"/>
       <c r="E113" s="6" t="s">
         <v>152</v>
       </c>
@@ -5230,51 +5230,51 @@
       <c r="K114" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="5">
         <v>4501</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C115" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D115" s="6"/>
       <c r="E115" s="6" t="s">
         <v>155</v>
       </c>
       <c r="F115" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G115" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H115" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I115" s="5">
         <v>343</v>
       </c>
       <c r="J115" s="5">
         <v>22</v>
       </c>
       <c r="K115" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="5">
         <v>5599</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C116" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>156</v>
       </c>
       <c r="E116" s="6" t="s">
@@ -5295,122 +5295,122 @@
       <c r="J116" s="5"/>
       <c r="K116" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="5">
         <v>5640</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>158</v>
       </c>
       <c r="E117" s="6" t="s">
         <v>159</v>
       </c>
       <c r="F117" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G117" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I117" s="5">
         <v>343</v>
       </c>
       <c r="J117" s="5">
         <v>25</v>
       </c>
       <c r="K117" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="5">
         <v>6941</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C118" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>35</v>
       </c>
       <c r="E118" s="6"/>
       <c r="F118" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G118" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="5">
         <v>343</v>
       </c>
       <c r="J118" s="5">
         <v>20</v>
       </c>
       <c r="K118" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="5">
         <v>927</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C119" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>160</v>
       </c>
       <c r="E119" s="6" t="s">
         <v>161</v>
       </c>
       <c r="F119" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G119" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H119" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I119" s="5">
         <v>341</v>
       </c>
       <c r="J119" s="5">
         <v>25</v>
       </c>
       <c r="K119" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="5">
         <v>1115</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>162</v>
       </c>
       <c r="E120" s="6"/>
@@ -5460,51 +5460,51 @@
       <c r="J121" s="5"/>
       <c r="K121" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="5">
         <v>1922</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>165</v>
       </c>
       <c r="E122" s="6" t="s">
         <v>166</v>
       </c>
       <c r="F122" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G122" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H122" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I122" s="5">
         <v>341</v>
       </c>
       <c r="J122" s="5"/>
       <c r="K122" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="5">
         <v>3267</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>142</v>
       </c>
@@ -5528,51 +5528,51 @@
       </c>
       <c r="K123" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="5">
         <v>4632</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>168</v>
       </c>
       <c r="E124" s="6" t="s">
         <v>169</v>
       </c>
       <c r="F124" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G124" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H124" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="5">
         <v>340</v>
       </c>
       <c r="J124" s="5">
         <v>18</v>
       </c>
       <c r="K124" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="5">
         <v>5093</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C125" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D125" s="6"/>
@@ -5629,51 +5629,51 @@
       <c r="J126" s="5">
         <v>25</v>
       </c>
       <c r="K126" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="5">
         <v>199</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C127" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D127" s="6"/>
       <c r="E127" s="6" t="s">
         <v>87</v>
       </c>
       <c r="F127" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G127" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I127" s="5">
         <v>338</v>
       </c>
       <c r="J127" s="5">
         <v>15</v>
       </c>
       <c r="K127" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="5">
         <v>1674</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C128" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D128" s="6" t="s">
@@ -5746,595 +5746,595 @@
       <c r="K130" s="5"/>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="5">
         <v>3274</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C131" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E131" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F131" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G131" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H131" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I131" s="5">
         <v>337</v>
       </c>
       <c r="J131" s="5">
         <v>28</v>
       </c>
       <c r="K131" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="5">
-        <v>5086</v>
+        <v>4663</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C132" s="6" t="s">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="D132" s="6"/>
       <c r="E132" s="6" t="s">
         <v>174</v>
       </c>
       <c r="F132" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G132" s="6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H132" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I132" s="5">
         <v>337</v>
       </c>
       <c r="J132" s="5">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="K132" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="5">
-        <v>1756</v>
+        <v>5086</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C133" s="6" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="E133" s="6"/>
+        <v>84</v>
+      </c>
+      <c r="D133" s="6"/>
+      <c r="E133" s="6" t="s">
+        <v>175</v>
+      </c>
       <c r="F133" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G133" s="6" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="H133" s="6" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="I133" s="5">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="J133" s="5"/>
+        <v>337</v>
+      </c>
+      <c r="J133" s="5">
+        <v>23</v>
+      </c>
       <c r="K133" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="5">
-        <v>3294</v>
+        <v>1756</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="6" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="D134" s="6" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="E134" s="6"/>
       <c r="F134" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="G134" s="6" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H134" s="6" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="I134" s="5">
         <v>336</v>
       </c>
-      <c r="J134" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J134" s="5"/>
       <c r="K134" s="5">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="5">
-        <v>3344</v>
+        <v>3294</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C135" s="6" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D135" s="6"/>
+        <v>41</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>142</v>
+      </c>
       <c r="E135" s="6" t="s">
-        <v>175</v>
+        <v>143</v>
       </c>
       <c r="F135" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G135" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H135" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I135" s="5">
         <v>336</v>
       </c>
       <c r="J135" s="5">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="K135" s="5">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="5">
-        <v>4500</v>
+        <v>3344</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C136" s="6" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="D136" s="6"/>
       <c r="E136" s="6" t="s">
-        <v>155</v>
+        <v>176</v>
       </c>
       <c r="F136" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G136" s="6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H136" s="6" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I136" s="5">
         <v>336</v>
       </c>
       <c r="J136" s="5">
         <v>21</v>
       </c>
       <c r="K136" s="5">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="5">
-        <v>5338</v>
+        <v>4500</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C137" s="6" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D137" s="6"/>
       <c r="E137" s="6" t="s">
-        <v>126</v>
+        <v>155</v>
       </c>
       <c r="F137" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G137" s="6" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="H137" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I137" s="5">
         <v>336</v>
       </c>
       <c r="J137" s="5">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="K137" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="5">
-        <v>6407</v>
+        <v>5338</v>
       </c>
       <c r="B138" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C138" s="6" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="D138" s="6"/>
       <c r="E138" s="6" t="s">
-        <v>176</v>
+        <v>126</v>
       </c>
       <c r="F138" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G138" s="6" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H138" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I138" s="5">
         <v>336</v>
       </c>
       <c r="J138" s="5">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K138" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="5">
-        <v>4533</v>
+        <v>6407</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C139" s="6" t="s">
-        <v>46</v>
+        <v>73</v>
       </c>
       <c r="D139" s="6"/>
       <c r="E139" s="6" t="s">
         <v>177</v>
       </c>
       <c r="F139" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G139" s="6" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H139" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I139" s="5">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="J139" s="5">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K139" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="5">
-        <v>5796</v>
+        <v>4533</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C140" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D140" s="6"/>
       <c r="E140" s="6" t="s">
         <v>178</v>
       </c>
       <c r="F140" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G140" s="6" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="H140" s="6" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I140" s="5">
         <v>335</v>
       </c>
       <c r="J140" s="5">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="K140" s="5">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="5">
-        <v>6015</v>
+        <v>5796</v>
       </c>
       <c r="B141" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C141" s="6" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D141" s="6"/>
       <c r="E141" s="6" t="s">
         <v>179</v>
       </c>
       <c r="F141" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="G141" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H141" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I141" s="5">
         <v>335</v>
       </c>
       <c r="J141" s="5">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="K141" s="5">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="5">
-        <v>6577</v>
+        <v>6015</v>
       </c>
       <c r="B142" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C142" s="6" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      <c r="E142" s="6"/>
+        <v>55</v>
+      </c>
+      <c r="D142" s="6"/>
+      <c r="E142" s="6" t="s">
+        <v>180</v>
+      </c>
       <c r="F142" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G142" s="6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H142" s="6" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="I142" s="5">
         <v>335</v>
       </c>
       <c r="J142" s="5">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K142" s="5">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="5">
-        <v>607</v>
+        <v>6577</v>
       </c>
       <c r="B143" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C143" s="6" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="D143" s="6" t="s">
-        <v>144</v>
+        <v>42</v>
       </c>
       <c r="E143" s="6"/>
       <c r="F143" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G143" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I143" s="5">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J143" s="5">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K143" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="5">
-        <v>2323</v>
+        <v>607</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C144" s="6" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D144" s="6" t="s">
-        <v>180</v>
+        <v>144</v>
       </c>
       <c r="E144" s="6"/>
       <c r="F144" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G144" s="6"/>
-      <c r="H144" s="6"/>
+      <c r="G144" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H144" s="6" t="s">
+        <v>38</v>
+      </c>
       <c r="I144" s="5">
         <v>334</v>
       </c>
-      <c r="J144" s="5"/>
-      <c r="K144" s="5"/>
+      <c r="J144" s="5">
+        <v>25</v>
+      </c>
+      <c r="K144" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="5">
-        <v>4663</v>
+        <v>2323</v>
       </c>
       <c r="B145" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C145" s="6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-      <c r="E145" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D145" s="6" t="s">
         <v>181</v>
       </c>
+      <c r="E145" s="6"/>
       <c r="F145" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G145" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G145" s="6"/>
+      <c r="H145" s="6"/>
       <c r="I145" s="5">
         <v>334</v>
       </c>
-      <c r="J145" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J145" s="5"/>
+      <c r="K145" s="5"/>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="5">
         <v>1668</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C146" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E146" s="6"/>
       <c r="F146" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G146" s="6"/>
       <c r="H146" s="6"/>
       <c r="I146" s="5">
         <v>333</v>
       </c>
       <c r="J146" s="5"/>
       <c r="K146" s="5"/>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="5">
         <v>1675</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C147" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E147" s="6"/>
       <c r="F147" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G147" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H147" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I147" s="5">
         <v>333</v>
       </c>
       <c r="J147" s="5">
         <v>23</v>
       </c>
       <c r="K147" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="5">
         <v>4633</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C148" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>168</v>
       </c>
       <c r="E148" s="6" t="s">
         <v>169</v>
       </c>
       <c r="F148" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G148" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I148" s="5">
         <v>333</v>
       </c>
       <c r="J148" s="5">
         <v>20</v>
       </c>
       <c r="K148" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="5">
         <v>3557</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D149" s="6"/>
@@ -6359,51 +6359,51 @@
       <c r="K149" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="5">
         <v>3905</v>
       </c>
       <c r="B150" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C150" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D150" s="6"/>
       <c r="E150" s="6" t="s">
         <v>121</v>
       </c>
       <c r="F150" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G150" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H150" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I150" s="5">
         <v>332</v>
       </c>
       <c r="J150" s="5">
         <v>22</v>
       </c>
       <c r="K150" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="5">
         <v>1314</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C151" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>168</v>
       </c>
       <c r="E151" s="6" t="s">
@@ -6424,51 +6424,51 @@
       <c r="J151" s="5">
         <v>24</v>
       </c>
       <c r="K151" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="5">
         <v>1333</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C152" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>182</v>
       </c>
       <c r="E152" s="6"/>
       <c r="F152" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G152" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H152" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I152" s="5">
         <v>330</v>
       </c>
       <c r="J152" s="5">
         <v>18</v>
       </c>
       <c r="K152" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="5">
         <v>1769</v>
       </c>
       <c r="B153" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C153" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D153" s="6" t="s">
@@ -6482,87 +6482,87 @@
       <c r="H153" s="6"/>
       <c r="I153" s="5">
         <v>330</v>
       </c>
       <c r="J153" s="5"/>
       <c r="K153" s="5"/>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="5">
         <v>3636</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C154" s="6" t="s">
         <v>103</v>
       </c>
       <c r="D154" s="6"/>
       <c r="E154" s="6" t="s">
         <v>183</v>
       </c>
       <c r="F154" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G154" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H154" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I154" s="5">
         <v>330</v>
       </c>
       <c r="J154" s="5">
         <v>22</v>
       </c>
       <c r="K154" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="5">
         <v>6798</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C155" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D155" s="6"/>
       <c r="E155" s="6" t="s">
         <v>184</v>
       </c>
       <c r="F155" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G155" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H155" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I155" s="5">
         <v>330</v>
       </c>
       <c r="J155" s="5">
         <v>25</v>
       </c>
       <c r="K155" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="5">
         <v>431</v>
       </c>
       <c r="B156" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C156" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>185</v>
       </c>
       <c r="E156" s="6"/>
@@ -6614,51 +6614,51 @@
       </c>
       <c r="K157" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="5">
         <v>4486</v>
       </c>
       <c r="B158" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C158" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>186</v>
       </c>
       <c r="E158" s="6" t="s">
         <v>187</v>
       </c>
       <c r="F158" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G158" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H158" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I158" s="5">
         <v>329</v>
       </c>
       <c r="J158" s="5">
         <v>27</v>
       </c>
       <c r="K158" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="5">
         <v>5278</v>
       </c>
       <c r="B159" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C159" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D159" s="6"/>
@@ -6751,118 +6751,118 @@
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="5">
         <v>3275</v>
       </c>
       <c r="B162" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E162" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F162" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G162" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H162" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I162" s="5">
         <v>327</v>
       </c>
       <c r="J162" s="5">
         <v>27</v>
       </c>
       <c r="K162" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="5">
         <v>3276</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C163" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E163" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F163" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G163" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H163" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I163" s="5">
         <v>327</v>
       </c>
       <c r="J163" s="5">
         <v>28</v>
       </c>
       <c r="K163" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="5">
         <v>6142</v>
       </c>
       <c r="B164" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C164" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E164" s="6" t="s">
         <v>45</v>
       </c>
       <c r="F164" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G164" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H164" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I164" s="5">
         <v>327</v>
       </c>
       <c r="J164" s="5">
         <v>26</v>
       </c>
       <c r="K164" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="5">
         <v>656</v>
       </c>
       <c r="B165" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C165" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D165" s="6" t="s">
@@ -6936,51 +6936,51 @@
       <c r="H167" s="6"/>
       <c r="I167" s="5">
         <v>325</v>
       </c>
       <c r="J167" s="5"/>
       <c r="K167" s="5"/>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="5">
         <v>684</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C168" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D168" s="6"/>
       <c r="E168" s="6" t="s">
         <v>195</v>
       </c>
       <c r="F168" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G168" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H168" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I168" s="5">
         <v>325</v>
       </c>
       <c r="J168" s="5">
         <v>20</v>
       </c>
       <c r="K168" s="5"/>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="5">
         <v>5573</v>
       </c>
       <c r="B169" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C169" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>196</v>
       </c>
@@ -7002,51 +7002,51 @@
       <c r="J169" s="5">
         <v>22</v>
       </c>
       <c r="K169" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="5">
         <v>6384</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C170" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>74</v>
       </c>
       <c r="E170" s="6"/>
       <c r="F170" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G170" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I170" s="5">
         <v>325</v>
       </c>
       <c r="J170" s="5">
         <v>26</v>
       </c>
       <c r="K170" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="5">
         <v>5440</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C171" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D171" s="6" t="s">
@@ -7068,89 +7068,89 @@
         <v>324</v>
       </c>
       <c r="J171" s="5"/>
       <c r="K171" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="5">
         <v>5459</v>
       </c>
       <c r="B172" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C172" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D172" s="6"/>
       <c r="E172" s="6" t="s">
         <v>195</v>
       </c>
       <c r="F172" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G172" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I172" s="5">
         <v>324</v>
       </c>
       <c r="J172" s="5">
         <v>25</v>
       </c>
       <c r="K172" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="5">
         <v>655</v>
       </c>
       <c r="B173" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C173" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>200</v>
       </c>
       <c r="E173" s="6" t="s">
         <v>201</v>
       </c>
       <c r="F173" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G173" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H173" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I173" s="5">
         <v>323</v>
       </c>
       <c r="J173" s="5">
         <v>22</v>
       </c>
       <c r="K173" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="5">
         <v>675</v>
       </c>
       <c r="B174" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C174" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D174" s="6"/>
       <c r="E174" s="6"/>
       <c r="F174" s="6" t="s">
         <v>16</v>
@@ -7163,120 +7163,120 @@
         <v>323</v>
       </c>
       <c r="J174" s="5"/>
       <c r="K174" s="5"/>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="5">
         <v>2483</v>
       </c>
       <c r="B175" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C175" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>202</v>
       </c>
       <c r="E175" s="6" t="s">
         <v>203</v>
       </c>
       <c r="F175" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G175" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H175" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I175" s="5">
         <v>323</v>
       </c>
       <c r="J175" s="5"/>
       <c r="K175" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="5">
         <v>6235</v>
       </c>
       <c r="B176" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C176" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>204</v>
       </c>
       <c r="E176" s="6"/>
       <c r="F176" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G176" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H176" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I176" s="5">
         <v>323</v>
       </c>
       <c r="J176" s="5">
         <v>20</v>
       </c>
       <c r="K176" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="5">
         <v>6557</v>
       </c>
       <c r="B177" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C177" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E177" s="6" t="s">
         <v>101</v>
       </c>
       <c r="F177" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G177" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H177" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I177" s="5">
         <v>323</v>
       </c>
       <c r="J177" s="5">
         <v>23</v>
       </c>
       <c r="K177" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="5">
         <v>7489</v>
       </c>
       <c r="B178" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C178" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D178" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E178" s="6" t="s">
@@ -7351,122 +7351,122 @@
       <c r="H180" s="6"/>
       <c r="I180" s="5">
         <v>321</v>
       </c>
       <c r="J180" s="5"/>
       <c r="K180" s="5"/>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="5">
         <v>4083</v>
       </c>
       <c r="B181" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C181" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D181" s="6"/>
       <c r="E181" s="6" t="s">
         <v>205</v>
       </c>
       <c r="F181" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G181" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H181" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I181" s="5">
         <v>321</v>
       </c>
       <c r="J181" s="5">
         <v>23</v>
       </c>
       <c r="K181" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="5">
         <v>4519</v>
       </c>
       <c r="B182" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C182" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>206</v>
       </c>
       <c r="E182" s="6" t="s">
         <v>207</v>
       </c>
       <c r="F182" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G182" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H182" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I182" s="5">
         <v>321</v>
       </c>
       <c r="J182" s="5">
         <v>32</v>
       </c>
       <c r="K182" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="5">
         <v>4566</v>
       </c>
       <c r="B183" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C183" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D183" s="6"/>
       <c r="E183" s="6" t="s">
         <v>208</v>
       </c>
       <c r="F183" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G183" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H183" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I183" s="5">
         <v>321</v>
       </c>
       <c r="J183" s="5">
         <v>30</v>
       </c>
       <c r="K183" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" s="5">
         <v>4485</v>
       </c>
       <c r="B184" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C184" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>186</v>
       </c>
       <c r="E184" s="6" t="s">
@@ -7558,84 +7558,84 @@
       <c r="K186" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" s="5">
         <v>6955</v>
       </c>
       <c r="B187" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C187" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D187" s="6"/>
       <c r="E187" s="6" t="s">
         <v>212</v>
       </c>
       <c r="F187" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G187" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H187" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I187" s="5">
         <v>320</v>
       </c>
       <c r="J187" s="5">
         <v>23</v>
       </c>
       <c r="K187" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" s="5">
         <v>4374</v>
       </c>
       <c r="B188" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C188" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D188" s="6"/>
       <c r="E188" s="6" t="s">
         <v>213</v>
       </c>
       <c r="F188" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G188" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H188" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I188" s="5">
         <v>319</v>
       </c>
       <c r="J188" s="5">
         <v>30</v>
       </c>
       <c r="K188" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" s="5">
         <v>814</v>
       </c>
       <c r="B189" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C189" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D189" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E189" s="6" t="s">
@@ -7677,128 +7677,128 @@
       <c r="H190" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="5">
         <v>318</v>
       </c>
       <c r="J190" s="5">
         <v>28</v>
       </c>
       <c r="K190" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" s="5">
         <v>5799</v>
       </c>
       <c r="B191" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C191" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D191" s="6"/>
       <c r="E191" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F191" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G191" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H191" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I191" s="5">
         <v>318</v>
       </c>
       <c r="J191" s="5">
         <v>18</v>
       </c>
       <c r="K191" s="5">
         <v>7</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" s="5">
         <v>194</v>
       </c>
       <c r="B192" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C192" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D192" s="6" t="s">
         <v>214</v>
       </c>
       <c r="E192" s="6" t="s">
         <v>215</v>
       </c>
       <c r="F192" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G192" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H192" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I192" s="5">
         <v>317</v>
       </c>
       <c r="J192" s="5">
         <v>20</v>
       </c>
       <c r="K192" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" s="5">
         <v>1097</v>
       </c>
       <c r="B193" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C193" s="6" t="s">
         <v>103</v>
       </c>
       <c r="D193" s="6"/>
       <c r="E193" s="6" t="s">
         <v>183</v>
       </c>
       <c r="F193" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G193" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H193" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I193" s="5">
         <v>317</v>
       </c>
       <c r="J193" s="5">
         <v>22</v>
       </c>
       <c r="K193" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="5">
         <v>1714</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C194" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D194" s="6" t="s">
         <v>216</v>
       </c>
       <c r="E194" s="6"/>
@@ -7814,51 +7814,51 @@
       <c r="K194" s="5"/>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="5">
         <v>5384</v>
       </c>
       <c r="B195" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C195" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D195" s="6" t="s">
         <v>171</v>
       </c>
       <c r="E195" s="6" t="s">
         <v>217</v>
       </c>
       <c r="F195" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G195" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H195" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I195" s="5">
         <v>317</v>
       </c>
       <c r="J195" s="5">
         <v>25</v>
       </c>
       <c r="K195" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" s="5">
         <v>6504</v>
       </c>
       <c r="B196" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C196" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D196" s="6"/>
       <c r="E196" s="6" t="s">
         <v>218</v>
       </c>
@@ -7900,87 +7900,87 @@
       <c r="H197" s="6"/>
       <c r="I197" s="5">
         <v>316</v>
       </c>
       <c r="J197" s="5"/>
       <c r="K197" s="5"/>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" s="5">
         <v>447</v>
       </c>
       <c r="B198" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C198" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D198" s="6" t="s">
         <v>219</v>
       </c>
       <c r="E198" s="6"/>
       <c r="F198" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G198" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H198" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I198" s="5">
         <v>316</v>
       </c>
       <c r="J198" s="5">
         <v>30</v>
       </c>
       <c r="K198" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" s="5">
         <v>4804</v>
       </c>
       <c r="B199" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C199" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D199" s="6"/>
       <c r="E199" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F199" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G199" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H199" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I199" s="5">
         <v>316</v>
       </c>
       <c r="J199" s="5">
         <v>20</v>
       </c>
       <c r="K199" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="5">
         <v>3681</v>
       </c>
       <c r="B200" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C200" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D200" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E200" s="6" t="s">
@@ -8003,221 +8003,221 @@
       </c>
       <c r="K200" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="5">
         <v>4971</v>
       </c>
       <c r="B201" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C201" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D201" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E201" s="6" t="s">
         <v>220</v>
       </c>
       <c r="F201" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G201" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H201" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I201" s="5">
         <v>315</v>
       </c>
       <c r="J201" s="5"/>
       <c r="K201" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="5">
         <v>929</v>
       </c>
       <c r="B202" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C202" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D202" s="6" t="s">
         <v>160</v>
       </c>
       <c r="E202" s="6" t="s">
         <v>161</v>
       </c>
       <c r="F202" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G202" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H202" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I202" s="5">
         <v>314</v>
       </c>
       <c r="J202" s="5">
         <v>20</v>
       </c>
       <c r="K202" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="5">
         <v>6311</v>
       </c>
       <c r="B203" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C203" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D203" s="6" t="s">
         <v>132</v>
       </c>
       <c r="E203" s="6" t="s">
         <v>221</v>
       </c>
       <c r="F203" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G203" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H203" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I203" s="5">
         <v>313</v>
       </c>
       <c r="J203" s="5">
         <v>17</v>
       </c>
       <c r="K203" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="5">
         <v>1487</v>
       </c>
       <c r="B204" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C204" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D204" s="6"/>
       <c r="E204" s="6" t="s">
         <v>222</v>
       </c>
       <c r="F204" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G204" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H204" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I204" s="5">
         <v>312</v>
       </c>
       <c r="J204" s="5">
         <v>20</v>
       </c>
       <c r="K204" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" s="5">
         <v>4206</v>
       </c>
       <c r="B205" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C205" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D205" s="6"/>
       <c r="E205" s="6" t="s">
         <v>223</v>
       </c>
       <c r="F205" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G205" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H205" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I205" s="5">
         <v>312</v>
       </c>
       <c r="J205" s="5">
         <v>25</v>
       </c>
       <c r="K205" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="5">
         <v>7574</v>
       </c>
       <c r="B206" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C206" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D206" s="6" t="s">
         <v>224</v>
       </c>
       <c r="E206" s="6" t="s">
         <v>225</v>
       </c>
       <c r="F206" s="6"/>
       <c r="G206" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H206" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I206" s="5">
         <v>312</v>
       </c>
       <c r="J206" s="5">
         <v>30</v>
       </c>
       <c r="K206" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="5">
         <v>488</v>
       </c>
       <c r="B207" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C207" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D207" s="6" t="s">
         <v>194</v>
       </c>
       <c r="E207" s="6"/>
@@ -8266,84 +8266,84 @@
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="5">
         <v>3482</v>
       </c>
       <c r="B209" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C209" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D209" s="6" t="s">
         <v>227</v>
       </c>
       <c r="E209" s="6" t="s">
         <v>228</v>
       </c>
       <c r="F209" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G209" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H209" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I209" s="5">
         <v>310</v>
       </c>
       <c r="J209" s="5">
         <v>19</v>
       </c>
       <c r="K209" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="5">
         <v>6234</v>
       </c>
       <c r="B210" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C210" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D210" s="6" t="s">
         <v>204</v>
       </c>
       <c r="E210" s="6"/>
       <c r="F210" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G210" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H210" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I210" s="5">
         <v>310</v>
       </c>
       <c r="J210" s="5">
         <v>20</v>
       </c>
       <c r="K210" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="5">
         <v>209</v>
       </c>
       <c r="B211" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C211" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D211" s="6"/>
       <c r="E211" s="6" t="s">
         <v>229</v>
       </c>
@@ -8363,51 +8363,51 @@
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="5">
         <v>4965</v>
       </c>
       <c r="B212" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C212" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D212" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E212" s="6" t="s">
         <v>220</v>
       </c>
       <c r="F212" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G212" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H212" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I212" s="5">
         <v>309</v>
       </c>
       <c r="J212" s="5">
         <v>20</v>
       </c>
       <c r="K212" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="5">
         <v>6555</v>
       </c>
       <c r="B213" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C213" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D213" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E213" s="6"/>
@@ -8457,243 +8457,243 @@
       <c r="J214" s="5">
         <v>18</v>
       </c>
       <c r="K214" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="5">
         <v>628</v>
       </c>
       <c r="B215" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C215" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D215" s="6" t="s">
         <v>111</v>
       </c>
       <c r="E215" s="6"/>
       <c r="F215" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G215" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H215" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I215" s="5">
         <v>308</v>
       </c>
       <c r="J215" s="5"/>
       <c r="K215" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="5">
         <v>4882</v>
       </c>
       <c r="B216" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C216" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D216" s="6"/>
       <c r="E216" s="6" t="s">
         <v>231</v>
       </c>
       <c r="F216" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G216" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H216" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I216" s="5">
         <v>308</v>
       </c>
       <c r="J216" s="5">
         <v>19</v>
       </c>
       <c r="K216" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="5">
         <v>6291</v>
       </c>
       <c r="B217" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C217" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D217" s="6"/>
       <c r="E217" s="6" t="s">
         <v>232</v>
       </c>
       <c r="F217" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G217" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H217" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I217" s="5">
         <v>308</v>
       </c>
       <c r="J217" s="5">
         <v>25</v>
       </c>
       <c r="K217" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" s="5">
         <v>6378</v>
       </c>
       <c r="B218" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C218" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D218" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E218" s="6"/>
       <c r="F218" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G218" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H218" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I218" s="5">
         <v>308</v>
       </c>
       <c r="J218" s="5">
         <v>24</v>
       </c>
       <c r="K218" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" s="5">
         <v>5927</v>
       </c>
       <c r="B219" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C219" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D219" s="6"/>
       <c r="E219" s="6" t="s">
         <v>233</v>
       </c>
       <c r="F219" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G219" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H219" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I219" s="5">
         <v>307</v>
       </c>
       <c r="J219" s="5"/>
       <c r="K219" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" s="5">
         <v>6122</v>
       </c>
       <c r="B220" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C220" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D220" s="6" t="s">
         <v>234</v>
       </c>
       <c r="E220" s="6"/>
       <c r="F220" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G220" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H220" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I220" s="5">
         <v>307</v>
       </c>
       <c r="J220" s="5"/>
       <c r="K220" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" s="5">
         <v>7032</v>
       </c>
       <c r="B221" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C221" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D221" s="6"/>
       <c r="E221" s="6" t="s">
         <v>235</v>
       </c>
       <c r="F221" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G221" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H221" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I221" s="5">
         <v>307</v>
       </c>
       <c r="J221" s="5">
         <v>22</v>
       </c>
       <c r="K221" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" s="5">
         <v>590</v>
       </c>
       <c r="B222" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C222" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D222" s="6" t="s">
@@ -8707,54 +8707,54 @@
       <c r="H222" s="6"/>
       <c r="I222" s="5">
         <v>306</v>
       </c>
       <c r="J222" s="5"/>
       <c r="K222" s="5"/>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" s="5">
         <v>1040</v>
       </c>
       <c r="B223" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C223" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D223" s="6" t="s">
         <v>102</v>
       </c>
       <c r="E223" s="6"/>
       <c r="F223" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G223" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H223" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I223" s="5">
         <v>306</v>
       </c>
       <c r="J223" s="5">
         <v>25</v>
       </c>
       <c r="K223" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" s="5">
         <v>1488</v>
       </c>
       <c r="B224" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C224" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D224" s="6"/>
       <c r="E224" s="6" t="s">
         <v>236</v>
       </c>
@@ -8797,149 +8797,149 @@
       <c r="K225" s="5"/>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" s="5">
         <v>3235</v>
       </c>
       <c r="B226" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C226" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D226" s="6" t="s">
         <v>238</v>
       </c>
       <c r="E226" s="6" t="s">
         <v>239</v>
       </c>
       <c r="F226" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G226" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H226" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I226" s="5">
         <v>306</v>
       </c>
       <c r="J226" s="5">
         <v>18</v>
       </c>
       <c r="K226" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" s="5">
         <v>3471</v>
       </c>
       <c r="B227" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C227" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D227" s="6"/>
       <c r="E227" s="6" t="s">
         <v>240</v>
       </c>
       <c r="F227" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G227" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H227" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I227" s="5">
         <v>306</v>
       </c>
       <c r="J227" s="5">
         <v>18</v>
       </c>
       <c r="K227" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" s="5">
         <v>4487</v>
       </c>
       <c r="B228" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C228" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D228" s="6" t="s">
         <v>186</v>
       </c>
       <c r="E228" s="6" t="s">
         <v>187</v>
       </c>
       <c r="F228" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G228" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H228" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I228" s="5">
         <v>306</v>
       </c>
       <c r="J228" s="5">
         <v>28</v>
       </c>
       <c r="K228" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" s="5">
         <v>5456</v>
       </c>
       <c r="B229" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C229" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D229" s="6"/>
       <c r="E229" s="6" t="s">
         <v>195</v>
       </c>
       <c r="F229" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G229" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H229" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I229" s="5">
         <v>306</v>
       </c>
       <c r="J229" s="5">
         <v>30</v>
       </c>
       <c r="K229" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" s="5">
         <v>5637</v>
       </c>
       <c r="B230" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C230" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D230" s="6" t="s">
@@ -9143,87 +9143,87 @@
       <c r="H236" s="6"/>
       <c r="I236" s="5">
         <v>302</v>
       </c>
       <c r="J236" s="5"/>
       <c r="K236" s="5"/>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" s="5">
         <v>1334</v>
       </c>
       <c r="B237" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C237" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D237" s="6" t="s">
         <v>182</v>
       </c>
       <c r="E237" s="6"/>
       <c r="F237" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G237" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H237" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I237" s="5">
         <v>302</v>
       </c>
       <c r="J237" s="5"/>
       <c r="K237" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" s="5">
         <v>3293</v>
       </c>
       <c r="B238" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C238" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D238" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E238" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F238" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G238" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H238" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I238" s="5">
         <v>302</v>
       </c>
       <c r="J238" s="5">
         <v>30</v>
       </c>
       <c r="K238" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" s="5">
         <v>4624</v>
       </c>
       <c r="B239" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C239" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D239" s="6"/>
       <c r="E239" s="6" t="s">
         <v>243</v>
       </c>
@@ -9264,51 +9264,51 @@
         <v>16</v>
       </c>
       <c r="G240" s="6"/>
       <c r="H240" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I240" s="5">
         <v>301</v>
       </c>
       <c r="J240" s="5"/>
       <c r="K240" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" s="5">
         <v>762</v>
       </c>
       <c r="B241" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C241" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D241" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E241" s="6"/>
       <c r="F241" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G241" s="6"/>
       <c r="H241" s="6"/>
       <c r="I241" s="5">
         <v>301</v>
       </c>
       <c r="J241" s="5"/>
       <c r="K241" s="5"/>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" s="5">
         <v>373</v>
       </c>
       <c r="B242" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C242" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D242" s="6" t="s">
         <v>237</v>
@@ -9323,54 +9323,54 @@
         <v>300</v>
       </c>
       <c r="J242" s="5"/>
       <c r="K242" s="5"/>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" s="5">
         <v>714</v>
       </c>
       <c r="B243" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C243" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D243" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E243" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F243" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G243" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H243" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I243" s="5">
         <v>300</v>
       </c>
       <c r="J243" s="5">
         <v>25</v>
       </c>
       <c r="K243" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" s="5">
         <v>1820</v>
       </c>
       <c r="B244" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C244" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D244" s="6"/>
       <c r="E244" s="6" t="s">
         <v>244</v>
       </c>
@@ -9389,54 +9389,54 @@
       <c r="J244" s="5">
         <v>18</v>
       </c>
       <c r="K244" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" s="5">
         <v>3472</v>
       </c>
       <c r="B245" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C245" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D245" s="6"/>
       <c r="E245" s="6" t="s">
         <v>240</v>
       </c>
       <c r="F245" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G245" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H245" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I245" s="5">
         <v>300</v>
       </c>
       <c r="J245" s="5">
         <v>20</v>
       </c>
       <c r="K245" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" s="5">
         <v>3788</v>
       </c>
       <c r="B246" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C246" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D246" s="6"/>
       <c r="E246" s="6" t="s">
         <v>245</v>
       </c>
@@ -9455,51 +9455,51 @@
       <c r="J246" s="5">
         <v>18</v>
       </c>
       <c r="K246" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" s="5">
         <v>3963</v>
       </c>
       <c r="B247" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C247" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D247" s="6"/>
       <c r="E247" s="6" t="s">
         <v>246</v>
       </c>
       <c r="F247" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G247" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H247" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I247" s="5">
         <v>300</v>
       </c>
       <c r="J247" s="5">
         <v>17</v>
       </c>
       <c r="K247" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" s="5">
         <v>4034</v>
       </c>
       <c r="B248" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C248" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D248" s="6"/>
@@ -9524,114 +9524,114 @@
       <c r="K248" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" s="5">
         <v>4100</v>
       </c>
       <c r="B249" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C249" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D249" s="6"/>
       <c r="E249" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F249" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G249" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H249" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I249" s="5">
         <v>300</v>
       </c>
       <c r="J249" s="5">
         <v>22</v>
       </c>
       <c r="K249" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" s="5">
         <v>4121</v>
       </c>
       <c r="B250" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C250" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D250" s="6"/>
       <c r="E250" s="6" t="s">
         <v>248</v>
       </c>
       <c r="F250" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G250" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H250" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I250" s="5">
         <v>300</v>
       </c>
       <c r="J250" s="5">
         <v>20</v>
       </c>
       <c r="K250" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" s="5">
         <v>5267</v>
       </c>
       <c r="B251" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C251" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D251" s="6"/>
       <c r="E251" s="6" t="s">
         <v>249</v>
       </c>
       <c r="F251" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G251" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H251" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I251" s="5">
         <v>300</v>
       </c>
       <c r="J251" s="5"/>
       <c r="K251" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" s="5">
         <v>5381</v>
       </c>
       <c r="B252" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C252" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D252" s="6" t="s">
         <v>171</v>
       </c>
@@ -9691,117 +9691,117 @@
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" s="5">
         <v>6203</v>
       </c>
       <c r="B254" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C254" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D254" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E254" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F254" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G254" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H254" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I254" s="5">
         <v>300</v>
       </c>
       <c r="J254" s="5">
         <v>13</v>
       </c>
       <c r="K254" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" s="5">
         <v>7299</v>
       </c>
       <c r="B255" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C255" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D255" s="6" t="s">
         <v>251</v>
       </c>
       <c r="E255" s="6"/>
       <c r="F255" s="6"/>
       <c r="G255" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H255" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I255" s="5">
         <v>300</v>
       </c>
       <c r="J255" s="5">
         <v>23</v>
       </c>
       <c r="K255" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" s="5">
         <v>928</v>
       </c>
       <c r="B256" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C256" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D256" s="6" t="s">
         <v>160</v>
       </c>
       <c r="E256" s="6" t="s">
         <v>161</v>
       </c>
       <c r="F256" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G256" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H256" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I256" s="5">
         <v>299</v>
       </c>
       <c r="J256" s="5">
         <v>20</v>
       </c>
       <c r="K256" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" s="5">
         <v>2286</v>
       </c>
       <c r="B257" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C257" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D257" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E257" s="6"/>
@@ -9840,58 +9840,58 @@
       <c r="G258" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H258" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I258" s="5">
         <v>299</v>
       </c>
       <c r="J258" s="5"/>
       <c r="K258" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" s="5">
         <v>6133</v>
       </c>
       <c r="B259" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C259" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D259" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E259" s="6"/>
       <c r="F259" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G259" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H259" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I259" s="5">
         <v>299</v>
       </c>
       <c r="J259" s="5">
         <v>22</v>
       </c>
       <c r="K259" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" s="5">
         <v>1733</v>
       </c>
       <c r="B260" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C260" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D260" s="6"/>
@@ -9910,150 +9910,150 @@
       <c r="K260" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" s="5">
         <v>4928</v>
       </c>
       <c r="B261" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C261" s="6" t="s">
         <v>115</v>
       </c>
       <c r="D261" s="6"/>
       <c r="E261" s="6" t="s">
         <v>254</v>
       </c>
       <c r="F261" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G261" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H261" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I261" s="5">
         <v>298</v>
       </c>
       <c r="J261" s="5"/>
       <c r="K261" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" s="5">
         <v>4964</v>
       </c>
       <c r="B262" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C262" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D262" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E262" s="6" t="s">
         <v>220</v>
       </c>
       <c r="F262" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G262" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H262" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I262" s="5">
         <v>298</v>
       </c>
       <c r="J262" s="5"/>
       <c r="K262" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" s="5">
         <v>4077</v>
       </c>
       <c r="B263" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C263" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D263" s="6"/>
       <c r="E263" s="6" t="s">
         <v>255</v>
       </c>
       <c r="F263" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G263" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H263" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I263" s="5">
         <v>297</v>
       </c>
       <c r="J263" s="5">
         <v>24</v>
       </c>
       <c r="K263" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" s="5">
         <v>4958</v>
       </c>
       <c r="B264" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C264" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D264" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E264" s="6" t="s">
         <v>220</v>
       </c>
       <c r="F264" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G264" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H264" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I264" s="5">
         <v>297</v>
       </c>
       <c r="J264" s="5">
         <v>25</v>
       </c>
       <c r="K264" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" s="5">
         <v>5200</v>
       </c>
       <c r="B265" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C265" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D265" s="6" t="s">
         <v>214</v>
       </c>
       <c r="E265" s="6" t="s">
@@ -10076,89 +10076,89 @@
       </c>
       <c r="K265" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" s="5">
         <v>5641</v>
       </c>
       <c r="B266" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C266" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D266" s="6" t="s">
         <v>158</v>
       </c>
       <c r="E266" s="6" t="s">
         <v>159</v>
       </c>
       <c r="F266" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G266" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H266" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I266" s="5">
         <v>297</v>
       </c>
       <c r="J266" s="5">
         <v>25</v>
       </c>
       <c r="K266" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" s="5">
         <v>7104</v>
       </c>
       <c r="B267" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C267" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D267" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E267" s="6" t="s">
         <v>220</v>
       </c>
       <c r="F267" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G267" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H267" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I267" s="5">
         <v>297</v>
       </c>
       <c r="J267" s="5">
         <v>25</v>
       </c>
       <c r="K267" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" s="5">
         <v>486</v>
       </c>
       <c r="B268" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C268" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D268" s="6" t="s">
         <v>194</v>
       </c>
       <c r="E268" s="6"/>
@@ -10307,51 +10307,51 @@
       <c r="K273" s="5"/>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" s="5">
         <v>3292</v>
       </c>
       <c r="B274" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C274" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D274" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E274" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F274" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G274" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H274" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I274" s="5">
         <v>294</v>
       </c>
       <c r="J274" s="5">
         <v>30</v>
       </c>
       <c r="K274" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" s="5">
         <v>6678</v>
       </c>
       <c r="B275" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C275" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D275" s="6"/>
       <c r="E275" s="6" t="s">
         <v>259</v>
       </c>
@@ -10426,51 +10426,51 @@
       <c r="H277" s="6"/>
       <c r="I277" s="5">
         <v>292</v>
       </c>
       <c r="J277" s="5"/>
       <c r="K277" s="5"/>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" s="5">
         <v>3766</v>
       </c>
       <c r="B278" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C278" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D278" s="6"/>
       <c r="E278" s="6" t="s">
         <v>260</v>
       </c>
       <c r="F278" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G278" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H278" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I278" s="5">
         <v>292</v>
       </c>
       <c r="J278" s="5">
         <v>20</v>
       </c>
       <c r="K278" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" s="5">
         <v>4929</v>
       </c>
       <c r="B279" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C279" s="6" t="s">
         <v>115</v>
       </c>
       <c r="D279" s="6"/>
@@ -10521,51 +10521,51 @@
       <c r="J280" s="5">
         <v>20</v>
       </c>
       <c r="K280" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" s="5">
         <v>7421</v>
       </c>
       <c r="B281" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C281" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D281" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E281" s="6" t="s">
         <v>261</v>
       </c>
       <c r="F281" s="6"/>
       <c r="G281" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H281" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I281" s="5">
         <v>292</v>
       </c>
       <c r="J281" s="5">
         <v>18</v>
       </c>
       <c r="K281" s="5">
         <v>13</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" s="5">
         <v>618</v>
       </c>
       <c r="B282" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C282" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D282" s="6" t="s">
@@ -10581,1725 +10581,1725 @@
         <v>291</v>
       </c>
       <c r="J282" s="5"/>
       <c r="K282" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" s="5">
         <v>941</v>
       </c>
       <c r="B283" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C283" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D283" s="6" t="s">
         <v>168</v>
       </c>
       <c r="E283" s="6"/>
       <c r="F283" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G283" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H283" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I283" s="5">
         <v>291</v>
       </c>
       <c r="J283" s="5">
         <v>27</v>
       </c>
       <c r="K283" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" s="5">
         <v>1252</v>
       </c>
       <c r="B284" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C284" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D284" s="6" t="s">
         <v>263</v>
       </c>
       <c r="E284" s="6" t="s">
         <v>264</v>
       </c>
       <c r="F284" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G284" s="6"/>
       <c r="H284" s="6"/>
       <c r="I284" s="5">
         <v>291</v>
       </c>
       <c r="J284" s="5"/>
       <c r="K284" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" s="5">
-        <v>6322</v>
+        <v>5133</v>
       </c>
       <c r="B285" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C285" s="6" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D285" s="6" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="E285" s="6"/>
       <c r="F285" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G285" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H285" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I285" s="5">
         <v>291</v>
       </c>
-      <c r="J285" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J285" s="5"/>
       <c r="K285" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" s="5">
-        <v>6567</v>
+        <v>6322</v>
       </c>
       <c r="B286" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C286" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D286" s="6" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="E286" s="6"/>
+        <v>209</v>
+      </c>
+      <c r="E286" s="6" t="s">
+        <v>210</v>
+      </c>
       <c r="F286" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G286" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H286" s="6" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I286" s="5">
         <v>291</v>
       </c>
       <c r="J286" s="5">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="K286" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" s="5">
-        <v>2561</v>
+        <v>6567</v>
       </c>
       <c r="B287" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C287" s="6" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-      <c r="E287" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D287" s="6" t="s">
         <v>266</v>
       </c>
+      <c r="E287" s="6"/>
       <c r="F287" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G287" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H287" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="H287" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I287" s="5">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="J287" s="5">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="K287" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" s="5">
-        <v>7258</v>
+        <v>2561</v>
       </c>
       <c r="B288" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C288" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D288" s="6"/>
       <c r="E288" s="6" t="s">
         <v>267</v>
       </c>
-      <c r="F288" s="6"/>
+      <c r="F288" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="G288" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H288" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I288" s="5">
         <v>290</v>
       </c>
       <c r="J288" s="5">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="K288" s="5">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" s="5">
-        <v>3428</v>
+        <v>7258</v>
       </c>
       <c r="B289" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C289" s="6" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="D289" s="6"/>
       <c r="E289" s="6" t="s">
         <v>268</v>
       </c>
-      <c r="F289" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F289" s="6"/>
       <c r="G289" s="6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H289" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I289" s="5">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="J289" s="5">
         <v>20</v>
       </c>
       <c r="K289" s="5">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" s="5">
-        <v>4897</v>
+        <v>3428</v>
       </c>
       <c r="B290" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C290" s="6" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="D290" s="6"/>
       <c r="E290" s="6" t="s">
         <v>269</v>
       </c>
       <c r="F290" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G290" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H290" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I290" s="5">
         <v>289</v>
       </c>
       <c r="J290" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K290" s="5">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" s="5">
-        <v>2562</v>
+        <v>4897</v>
       </c>
       <c r="B291" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C291" s="6" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="D291" s="6"/>
       <c r="E291" s="6" t="s">
         <v>270</v>
       </c>
       <c r="F291" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G291" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H291" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I291" s="5">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="J291" s="5">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K291" s="5">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" s="5">
-        <v>3291</v>
+        <v>2562</v>
       </c>
       <c r="B292" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C292" s="6" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D292" s="6"/>
       <c r="E292" s="6" t="s">
-        <v>143</v>
+        <v>271</v>
       </c>
       <c r="F292" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="G292" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H292" s="6" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I292" s="5">
         <v>288</v>
       </c>
       <c r="J292" s="5">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="K292" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" s="5">
-        <v>7298</v>
+        <v>3291</v>
       </c>
       <c r="B293" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C293" s="6" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D293" s="6" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-      <c r="F293" s="6"/>
+        <v>142</v>
+      </c>
+      <c r="E293" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F293" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="G293" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H293" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I293" s="5">
         <v>288</v>
       </c>
       <c r="J293" s="5">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="K293" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" s="5">
-        <v>4992</v>
+        <v>7298</v>
       </c>
       <c r="B294" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C294" s="6" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="D294" s="6" t="s">
-        <v>271</v>
-[...6 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="E294" s="6"/>
+      <c r="F294" s="6"/>
       <c r="G294" s="6" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H294" s="6" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I294" s="5">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="J294" s="5"/>
+        <v>288</v>
+      </c>
+      <c r="J294" s="5">
+        <v>22</v>
+      </c>
       <c r="K294" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" s="5">
-        <v>5245</v>
+        <v>4992</v>
       </c>
       <c r="B295" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C295" s="6" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D295" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D295" s="6" t="s">
+        <v>272</v>
+      </c>
       <c r="E295" s="6" t="s">
         <v>273</v>
       </c>
       <c r="F295" s="6" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="G295" s="6" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H295" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I295" s="5">
         <v>287</v>
       </c>
       <c r="J295" s="5"/>
       <c r="K295" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" s="5">
-        <v>467</v>
+        <v>5245</v>
       </c>
       <c r="B296" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C296" s="6" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      <c r="E296" s="6"/>
+        <v>115</v>
+      </c>
+      <c r="D296" s="6"/>
+      <c r="E296" s="6" t="s">
+        <v>274</v>
+      </c>
       <c r="F296" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G296" s="6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H296" s="6" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I296" s="5">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="J296" s="5"/>
       <c r="K296" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" s="5">
-        <v>503</v>
+        <v>467</v>
       </c>
       <c r="B297" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C297" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D297" s="6" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
       <c r="E297" s="6"/>
       <c r="F297" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G297" s="6"/>
-      <c r="H297" s="6"/>
+      <c r="G297" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H297" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="I297" s="5">
         <v>286</v>
       </c>
       <c r="J297" s="5"/>
-      <c r="K297" s="5"/>
+      <c r="K297" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" s="5">
-        <v>1414</v>
+        <v>503</v>
       </c>
       <c r="B298" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C298" s="6" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="D298" s="6" t="s">
-        <v>274</v>
+        <v>141</v>
       </c>
       <c r="E298" s="6"/>
       <c r="F298" s="6" t="s">
-        <v>257</v>
-[...6 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="G298" s="6"/>
+      <c r="H298" s="6"/>
       <c r="I298" s="5">
         <v>286</v>
       </c>
       <c r="J298" s="5"/>
-      <c r="K298" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K298" s="5"/>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" s="5">
-        <v>3630</v>
+        <v>1414</v>
       </c>
       <c r="B299" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C299" s="6" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="E299" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="D299" s="6" t="s">
         <v>275</v>
       </c>
+      <c r="E299" s="6"/>
       <c r="F299" s="6" t="s">
-        <v>16</v>
+        <v>257</v>
       </c>
       <c r="G299" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H299" s="6" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I299" s="5">
         <v>286</v>
       </c>
       <c r="J299" s="5"/>
       <c r="K299" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" s="5">
-        <v>6901</v>
+        <v>3630</v>
       </c>
       <c r="B300" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C300" s="6" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E300" s="6"/>
+        <v>103</v>
+      </c>
+      <c r="D300" s="6"/>
+      <c r="E300" s="6" t="s">
+        <v>276</v>
+      </c>
       <c r="F300" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G300" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H300" s="6" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="I300" s="5">
         <v>286</v>
       </c>
-      <c r="J300" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J300" s="5"/>
       <c r="K300" s="5">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" s="5">
-        <v>249</v>
+        <v>5166</v>
       </c>
       <c r="B301" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C301" s="6" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="D301" s="6" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="E301" s="6"/>
       <c r="F301" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G301" s="6"/>
-      <c r="H301" s="6"/>
+      <c r="G301" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H301" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="I301" s="5">
-        <v>285</v>
-[...2 lines deleted...]
-      <c r="K301" s="5"/>
+        <v>286</v>
+      </c>
+      <c r="J301" s="5">
+        <v>25</v>
+      </c>
+      <c r="K301" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" s="5">
-        <v>4125</v>
+        <v>6901</v>
       </c>
       <c r="B302" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C302" s="6" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="D302" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E302" s="6"/>
       <c r="F302" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G302" s="6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H302" s="6" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="I302" s="5">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="J302" s="5">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K302" s="5">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" s="5">
-        <v>4910</v>
+        <v>249</v>
       </c>
       <c r="B303" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C303" s="6" t="s">
-        <v>115</v>
+        <v>86</v>
       </c>
       <c r="D303" s="6" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E303" s="6"/>
       <c r="F303" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G303" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G303" s="6"/>
+      <c r="H303" s="6"/>
       <c r="I303" s="5">
         <v>285</v>
       </c>
-      <c r="J303" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J303" s="5"/>
+      <c r="K303" s="5"/>
     </row>
     <row r="304" spans="1:11">
       <c r="A304" s="5">
-        <v>4959</v>
+        <v>4125</v>
       </c>
       <c r="B304" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C304" s="6" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D304" s="6"/>
       <c r="E304" s="6" t="s">
-        <v>220</v>
+        <v>278</v>
       </c>
       <c r="F304" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G304" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H304" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I304" s="5">
         <v>285</v>
       </c>
-      <c r="J304" s="5"/>
+      <c r="J304" s="5">
+        <v>18</v>
+      </c>
       <c r="K304" s="5">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305" s="5">
-        <v>6554</v>
+        <v>4910</v>
       </c>
       <c r="B305" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C305" s="6" t="s">
-        <v>41</v>
+        <v>115</v>
       </c>
       <c r="D305" s="6" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="E305" s="6"/>
       <c r="F305" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G305" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H305" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I305" s="5">
         <v>285</v>
       </c>
       <c r="J305" s="5">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="K305" s="5">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306" s="5">
-        <v>3818</v>
+        <v>4959</v>
       </c>
       <c r="B306" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C306" s="6" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D306" s="6"/>
+        <v>84</v>
+      </c>
+      <c r="D306" s="6" t="s">
+        <v>85</v>
+      </c>
       <c r="E306" s="6" t="s">
-        <v>279</v>
+        <v>220</v>
       </c>
       <c r="F306" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="G306" s="6" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H306" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I306" s="5">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="J306" s="5"/>
       <c r="K306" s="5">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307" s="5">
-        <v>1713</v>
+        <v>6554</v>
       </c>
       <c r="B307" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C307" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D307" s="6" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="E307" s="6"/>
+        <v>42</v>
+      </c>
+      <c r="E307" s="6" t="s">
+        <v>57</v>
+      </c>
       <c r="F307" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G307" s="6"/>
-      <c r="H307" s="6"/>
+      <c r="G307" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H307" s="6" t="s">
+        <v>38</v>
+      </c>
       <c r="I307" s="5">
-        <v>283</v>
-[...2 lines deleted...]
-      <c r="K307" s="5"/>
+        <v>285</v>
+      </c>
+      <c r="J307" s="5">
+        <v>33</v>
+      </c>
+      <c r="K307" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" s="5">
-        <v>3399</v>
+        <v>3818</v>
       </c>
       <c r="B308" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C308" s="6" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="D308" s="6"/>
       <c r="E308" s="6" t="s">
         <v>280</v>
       </c>
       <c r="F308" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G308" s="6" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="H308" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I308" s="5">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J308" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K308" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309" s="5">
-        <v>3513</v>
+        <v>1713</v>
       </c>
       <c r="B309" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C309" s="6" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D309" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="E309" s="6"/>
       <c r="F309" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G309" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G309" s="6"/>
+      <c r="H309" s="6"/>
       <c r="I309" s="5">
         <v>283</v>
       </c>
-      <c r="J309" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J309" s="5"/>
+      <c r="K309" s="5"/>
     </row>
     <row r="310" spans="1:11">
       <c r="A310" s="5">
-        <v>7224</v>
+        <v>3399</v>
       </c>
       <c r="B310" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C310" s="6" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D310" s="6"/>
       <c r="E310" s="6" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="F310" s="6"/>
+        <v>281</v>
+      </c>
+      <c r="F310" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="G310" s="6" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="H310" s="6" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="I310" s="5">
         <v>283</v>
       </c>
       <c r="J310" s="5">
+        <v>22</v>
+      </c>
+      <c r="K310" s="5">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" s="5">
-        <v>1113</v>
+        <v>3513</v>
       </c>
       <c r="B311" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C311" s="6" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E311" s="6"/>
+        <v>19</v>
+      </c>
+      <c r="D311" s="6"/>
+      <c r="E311" s="6" t="s">
+        <v>282</v>
+      </c>
       <c r="F311" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G311" s="6"/>
-      <c r="H311" s="6"/>
+      <c r="G311" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H311" s="6" t="s">
+        <v>25</v>
+      </c>
       <c r="I311" s="5">
-        <v>281</v>
-[...2 lines deleted...]
-      <c r="K311" s="5"/>
+        <v>283</v>
+      </c>
+      <c r="J311" s="5">
+        <v>18</v>
+      </c>
+      <c r="K311" s="5">
+        <v>17</v>
+      </c>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" s="5">
-        <v>4803</v>
+        <v>7224</v>
       </c>
       <c r="B312" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C312" s="6" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D312" s="6"/>
+        <v>21</v>
+      </c>
+      <c r="D312" s="6" t="s">
+        <v>283</v>
+      </c>
       <c r="E312" s="6" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="F312" s="6"/>
       <c r="G312" s="6" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="H312" s="6" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="I312" s="5">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="J312" s="5">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K312" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" s="5">
-        <v>5342</v>
+        <v>1113</v>
       </c>
       <c r="B313" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C313" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="D313" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D313" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="E313" s="6"/>
       <c r="F313" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G313" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G313" s="6"/>
+      <c r="H313" s="6"/>
       <c r="I313" s="5">
         <v>281</v>
       </c>
-      <c r="J313" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J313" s="5"/>
+      <c r="K313" s="5"/>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" s="5">
-        <v>6855</v>
+        <v>4803</v>
       </c>
       <c r="B314" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C314" s="6" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E314" s="6"/>
+        <v>53</v>
+      </c>
+      <c r="D314" s="6"/>
+      <c r="E314" s="6" t="s">
+        <v>54</v>
+      </c>
       <c r="F314" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G314" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H314" s="6" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I314" s="5">
         <v>281</v>
       </c>
       <c r="J314" s="5">
         <v>22</v>
       </c>
       <c r="K314" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" s="5">
-        <v>5166</v>
+        <v>5342</v>
       </c>
       <c r="B315" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C315" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="E315" s="6"/>
+        <v>34</v>
+      </c>
+      <c r="D315" s="6"/>
+      <c r="E315" s="6" t="s">
+        <v>126</v>
+      </c>
       <c r="F315" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G315" s="6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H315" s="6" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I315" s="5">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J315" s="5">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="K315" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" s="5">
-        <v>6433</v>
+        <v>6855</v>
       </c>
       <c r="B316" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C316" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D316" s="6" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="E316" s="6"/>
       <c r="F316" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G316" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H316" s="6" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I316" s="5">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J316" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K316" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" s="5">
-        <v>6434</v>
+        <v>6433</v>
       </c>
       <c r="B317" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C317" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D317" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E317" s="6" t="s">
         <v>286</v>
       </c>
       <c r="F317" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G317" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H317" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I317" s="5">
         <v>280</v>
       </c>
       <c r="J317" s="5">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K317" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" s="5">
-        <v>3273</v>
+        <v>6434</v>
       </c>
       <c r="B318" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C318" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D318" s="6" t="s">
-        <v>142</v>
+        <v>42</v>
       </c>
       <c r="E318" s="6" t="s">
-        <v>143</v>
+        <v>286</v>
       </c>
       <c r="F318" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G318" s="6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H318" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I318" s="5">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J318" s="5">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K318" s="5">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" s="5">
-        <v>2287</v>
+        <v>3273</v>
       </c>
       <c r="B319" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C319" s="6" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D319" s="6" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="E319" s="6"/>
+        <v>142</v>
+      </c>
+      <c r="E319" s="6" t="s">
+        <v>143</v>
+      </c>
       <c r="F319" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G319" s="6"/>
-      <c r="H319" s="6"/>
+      <c r="G319" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H319" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="I319" s="5">
-        <v>278</v>
-[...2 lines deleted...]
-      <c r="K319" s="5"/>
+        <v>279</v>
+      </c>
+      <c r="J319" s="5">
+        <v>25</v>
+      </c>
+      <c r="K319" s="5">
+        <v>20</v>
+      </c>
     </row>
     <row r="320" spans="1:11">
       <c r="A320" s="5">
-        <v>3980</v>
+        <v>2287</v>
       </c>
       <c r="B320" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C320" s="6" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D320" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="E320" s="6"/>
       <c r="F320" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G320" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G320" s="6"/>
+      <c r="H320" s="6"/>
       <c r="I320" s="5">
         <v>278</v>
       </c>
-      <c r="J320" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J320" s="5"/>
+      <c r="K320" s="5"/>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" s="5">
-        <v>7301</v>
+        <v>3980</v>
       </c>
       <c r="B321" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C321" s="6" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-      <c r="F321" s="6"/>
+        <v>73</v>
+      </c>
+      <c r="D321" s="6"/>
+      <c r="E321" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="F321" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="G321" s="6" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H321" s="6" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="I321" s="5">
         <v>278</v>
       </c>
       <c r="J321" s="5">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K321" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" s="5">
-        <v>1917</v>
+        <v>7301</v>
       </c>
       <c r="B322" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C322" s="6" t="s">
-        <v>13</v>
-[...9 lines deleted...]
-      <c r="H322" s="6"/>
+        <v>46</v>
+      </c>
+      <c r="D322" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="E322" s="6"/>
+      <c r="F322" s="6"/>
+      <c r="G322" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H322" s="6" t="s">
+        <v>38</v>
+      </c>
       <c r="I322" s="5">
-        <v>277</v>
-[...2 lines deleted...]
-      <c r="K322" s="5"/>
+        <v>278</v>
+      </c>
+      <c r="J322" s="5">
+        <v>22</v>
+      </c>
+      <c r="K322" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" s="5">
-        <v>4532</v>
+        <v>1917</v>
       </c>
       <c r="B323" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C323" s="6" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="D323" s="6"/>
       <c r="E323" s="6" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="F323" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G323" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G323" s="6"/>
+      <c r="H323" s="6"/>
       <c r="I323" s="5">
         <v>277</v>
       </c>
-      <c r="J323" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J323" s="5"/>
+      <c r="K323" s="5"/>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" s="5">
-        <v>253</v>
+        <v>4532</v>
       </c>
       <c r="B324" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C324" s="6" t="s">
-        <v>86</v>
-[...4 lines deleted...]
-      <c r="E324" s="6"/>
+        <v>46</v>
+      </c>
+      <c r="D324" s="6"/>
+      <c r="E324" s="6" t="s">
+        <v>289</v>
+      </c>
       <c r="F324" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G324" s="6"/>
-      <c r="H324" s="6"/>
+      <c r="G324" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H324" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="I324" s="5">
-        <v>276</v>
-[...2 lines deleted...]
-      <c r="K324" s="5"/>
+        <v>277</v>
+      </c>
+      <c r="J324" s="5">
+        <v>20</v>
+      </c>
+      <c r="K324" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="325" spans="1:11">
       <c r="A325" s="5">
-        <v>3175</v>
+        <v>253</v>
       </c>
       <c r="B325" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C325" s="6" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="D325" s="6"/>
+        <v>86</v>
+      </c>
+      <c r="D325" s="6" t="s">
+        <v>277</v>
+      </c>
       <c r="E325" s="6"/>
       <c r="F325" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G325" s="6"/>
       <c r="H325" s="6"/>
       <c r="I325" s="5">
         <v>276</v>
       </c>
       <c r="J325" s="5"/>
       <c r="K325" s="5"/>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" s="5">
-        <v>5458</v>
+        <v>3175</v>
       </c>
       <c r="B326" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C326" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D326" s="6"/>
-      <c r="E326" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E326" s="6"/>
       <c r="F326" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G326" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G326" s="6"/>
+      <c r="H326" s="6"/>
       <c r="I326" s="5">
         <v>276</v>
       </c>
-      <c r="J326" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J326" s="5"/>
+      <c r="K326" s="5"/>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" s="5">
-        <v>6744</v>
+        <v>5458</v>
       </c>
       <c r="B327" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C327" s="6" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="D327" s="6"/>
       <c r="E327" s="6" t="s">
-        <v>290</v>
+        <v>195</v>
       </c>
       <c r="F327" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G327" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H327" s="6" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I327" s="5">
         <v>276</v>
       </c>
-      <c r="J327" s="5"/>
+      <c r="J327" s="5">
+        <v>30</v>
+      </c>
       <c r="K327" s="5">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" s="5">
-        <v>4420</v>
+        <v>6744</v>
       </c>
       <c r="B328" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C328" s="6" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="D328" s="6"/>
       <c r="E328" s="6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="F328" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G328" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H328" s="6" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I328" s="5">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="J328" s="5">
+        <v>276</v>
+      </c>
+      <c r="J328" s="5"/>
+      <c r="K328" s="5">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" s="5">
-        <v>5592</v>
+        <v>4420</v>
       </c>
       <c r="B329" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C329" s="6" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="D329" s="6"/>
       <c r="E329" s="6" t="s">
-        <v>157</v>
+        <v>291</v>
       </c>
       <c r="F329" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G329" s="6" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="H329" s="6" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I329" s="5">
         <v>275</v>
       </c>
       <c r="J329" s="5">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="K329" s="5">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" s="5">
-        <v>5807</v>
+        <v>5592</v>
       </c>
       <c r="B330" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C330" s="6" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="D330" s="6" t="s">
-        <v>292</v>
+        <v>156</v>
       </c>
       <c r="E330" s="6" t="s">
-        <v>293</v>
+        <v>157</v>
       </c>
       <c r="F330" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G330" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H330" s="6" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I330" s="5">
         <v>275</v>
       </c>
       <c r="J330" s="5">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="K330" s="5">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" s="5">
-        <v>4073</v>
+        <v>5807</v>
       </c>
       <c r="B331" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C331" s="6" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="D331" s="6" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="E331" s="6" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="F331" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G331" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H331" s="6" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="I331" s="5">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="J331" s="5">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="K331" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" s="5">
-        <v>4439</v>
+        <v>4073</v>
       </c>
       <c r="B332" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C332" s="6" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D332" s="6"/>
+        <v>73</v>
+      </c>
+      <c r="D332" s="6" t="s">
+        <v>294</v>
+      </c>
       <c r="E332" s="6" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="F332" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="G332" s="6" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H332" s="6" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I332" s="5">
         <v>274</v>
       </c>
       <c r="J332" s="5">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K332" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" s="5">
-        <v>4895</v>
+        <v>4439</v>
       </c>
       <c r="B333" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C333" s="6" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="D333" s="6"/>
       <c r="E333" s="6" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="F333" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G333" s="6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H333" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I333" s="5">
         <v>274</v>
       </c>
       <c r="J333" s="5">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="K333" s="5">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" s="5">
-        <v>5133</v>
+        <v>4895</v>
       </c>
       <c r="B334" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C334" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="E334" s="6"/>
+        <v>115</v>
+      </c>
+      <c r="D334" s="6"/>
+      <c r="E334" s="6" t="s">
+        <v>297</v>
+      </c>
       <c r="F334" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G334" s="6" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H334" s="6" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I334" s="5">
         <v>274</v>
       </c>
-      <c r="J334" s="5"/>
+      <c r="J334" s="5">
+        <v>14</v>
+      </c>
       <c r="K334" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" s="5">
         <v>252</v>
       </c>
       <c r="B335" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C335" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D335" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E335" s="6"/>
       <c r="F335" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G335" s="6"/>
       <c r="H335" s="6"/>
       <c r="I335" s="5">
         <v>273</v>
       </c>
       <c r="J335" s="5"/>
       <c r="K335" s="5"/>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" s="5">
         <v>383</v>
       </c>
       <c r="B336" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C336" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D336" s="6"/>
       <c r="E336" s="6" t="s">
         <v>298</v>
       </c>
       <c r="F336" s="6" t="s">
         <v>257</v>
       </c>
       <c r="G336" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H336" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I336" s="5">
         <v>273</v>
       </c>
       <c r="J336" s="5">
         <v>12</v>
       </c>
       <c r="K336" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" s="5">
         <v>432</v>
       </c>
       <c r="B337" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C337" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D337" s="6" t="s">
         <v>185</v>
       </c>
       <c r="E337" s="6"/>
@@ -12469,57 +12469,57 @@
       <c r="H342" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I342" s="5">
         <v>273</v>
       </c>
       <c r="J342" s="5">
         <v>16</v>
       </c>
       <c r="K342" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="343" spans="1:11">
       <c r="A343" s="5">
         <v>6738</v>
       </c>
       <c r="B343" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C343" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D343" s="6"/>
       <c r="E343" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F343" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G343" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H343" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I343" s="5">
         <v>273</v>
       </c>
       <c r="J343" s="5"/>
       <c r="K343" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="344" spans="1:11">
       <c r="A344" s="5">
         <v>2288</v>
       </c>
       <c r="B344" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C344" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D344" s="6" t="s">
         <v>130</v>
       </c>
@@ -12533,84 +12533,84 @@
         <v>272</v>
       </c>
       <c r="J344" s="5"/>
       <c r="K344" s="5"/>
     </row>
     <row r="345" spans="1:11">
       <c r="A345" s="5">
         <v>5582</v>
       </c>
       <c r="B345" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C345" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D345" s="6" t="s">
         <v>196</v>
       </c>
       <c r="E345" s="6" t="s">
         <v>197</v>
       </c>
       <c r="F345" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G345" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H345" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I345" s="5">
         <v>272</v>
       </c>
       <c r="J345" s="5">
         <v>25</v>
       </c>
       <c r="K345" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="346" spans="1:11">
       <c r="A346" s="5">
         <v>763</v>
       </c>
       <c r="B346" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C346" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D346" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E346" s="6"/>
       <c r="F346" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G346" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H346" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I346" s="5">
         <v>271</v>
       </c>
       <c r="J346" s="5">
         <v>26</v>
       </c>
       <c r="K346" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="347" spans="1:11">
       <c r="A347" s="5">
         <v>1716</v>
       </c>
       <c r="B347" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C347" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D347" s="6" t="s">
@@ -12627,274 +12627,274 @@
       </c>
       <c r="J347" s="5"/>
       <c r="K347" s="5"/>
     </row>
     <row r="348" spans="1:11">
       <c r="A348" s="5">
         <v>978</v>
       </c>
       <c r="B348" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C348" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D348" s="6"/>
       <c r="E348" s="6" t="s">
         <v>305</v>
       </c>
       <c r="F348" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G348" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H348" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I348" s="5">
         <v>270</v>
       </c>
       <c r="J348" s="5">
         <v>18</v>
       </c>
       <c r="K348" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:11">
       <c r="A349" s="5">
         <v>764</v>
       </c>
       <c r="B349" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C349" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D349" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E349" s="6"/>
       <c r="F349" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G349" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H349" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I349" s="5">
         <v>270</v>
       </c>
       <c r="J349" s="5">
         <v>15</v>
       </c>
       <c r="K349" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="350" spans="1:11">
       <c r="A350" s="5">
         <v>3236</v>
       </c>
       <c r="B350" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C350" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D350" s="6" t="s">
         <v>238</v>
       </c>
       <c r="E350" s="6" t="s">
         <v>306</v>
       </c>
       <c r="F350" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G350" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H350" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I350" s="5">
         <v>270</v>
       </c>
       <c r="J350" s="5">
         <v>18</v>
       </c>
       <c r="K350" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="351" spans="1:11">
       <c r="A351" s="5">
         <v>4065</v>
       </c>
       <c r="B351" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C351" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D351" s="6"/>
       <c r="E351" s="6" t="s">
         <v>307</v>
       </c>
       <c r="F351" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G351" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H351" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I351" s="5">
         <v>270</v>
       </c>
       <c r="J351" s="5">
         <v>17</v>
       </c>
       <c r="K351" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352" s="5">
         <v>6568</v>
       </c>
       <c r="B352" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C352" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D352" s="6" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E352" s="6"/>
       <c r="F352" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G352" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H352" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I352" s="5">
         <v>270</v>
       </c>
       <c r="J352" s="5">
         <v>30</v>
       </c>
       <c r="K352" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" s="5">
         <v>7508</v>
       </c>
       <c r="B353" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C353" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D353" s="6"/>
       <c r="E353" s="6" t="s">
         <v>308</v>
       </c>
       <c r="F353" s="6"/>
       <c r="G353" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H353" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I353" s="5">
         <v>270</v>
       </c>
       <c r="J353" s="5">
         <v>20</v>
       </c>
       <c r="K353" s="5">
         <v>23</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" s="5">
         <v>765</v>
       </c>
       <c r="B354" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C354" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D354" s="6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E354" s="6"/>
       <c r="F354" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G354" s="6"/>
       <c r="H354" s="6"/>
       <c r="I354" s="5">
         <v>269</v>
       </c>
       <c r="J354" s="5"/>
       <c r="K354" s="5"/>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" s="5">
         <v>7383</v>
       </c>
       <c r="B355" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C355" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D355" s="6" t="s">
         <v>309</v>
       </c>
       <c r="E355" s="6" t="s">
         <v>310</v>
       </c>
       <c r="F355" s="6"/>
       <c r="G355" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H355" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I355" s="5">
         <v>269</v>
       </c>
       <c r="J355" s="5">
         <v>20</v>
       </c>
       <c r="K355" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="356" spans="1:11">
       <c r="A356" s="5">
         <v>4431</v>
       </c>
       <c r="B356" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C356" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D356" s="6"/>
       <c r="E356" s="6" t="s">
         <v>311</v>
       </c>
@@ -12949,51 +12949,51 @@
       <c r="K357" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="358" spans="1:11">
       <c r="A358" s="5">
         <v>7055</v>
       </c>
       <c r="B358" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C358" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D358" s="6"/>
       <c r="E358" s="6" t="s">
         <v>313</v>
       </c>
       <c r="F358" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G358" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H358" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I358" s="5">
         <v>268</v>
       </c>
       <c r="J358" s="5">
         <v>18</v>
       </c>
       <c r="K358" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="359" spans="1:11">
       <c r="A359" s="5">
         <v>1285</v>
       </c>
       <c r="B359" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C359" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D359" s="6"/>
       <c r="E359" s="6" t="s">
         <v>314</v>
       </c>
@@ -13061,51 +13061,51 @@
       <c r="K361" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:11">
       <c r="A362" s="5">
         <v>3427</v>
       </c>
       <c r="B362" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C362" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D362" s="6"/>
       <c r="E362" s="6" t="s">
         <v>316</v>
       </c>
       <c r="F362" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G362" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H362" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I362" s="5">
         <v>266</v>
       </c>
       <c r="J362" s="5">
         <v>21</v>
       </c>
       <c r="K362" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363" s="5">
         <v>5038</v>
       </c>
       <c r="B363" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C363" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D363" s="6"/>
       <c r="E363" s="6" t="s">
         <v>317</v>
       </c>
@@ -13127,51 +13127,51 @@
       <c r="K363" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="364" spans="1:11">
       <c r="A364" s="5">
         <v>5928</v>
       </c>
       <c r="B364" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C364" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D364" s="6"/>
       <c r="E364" s="6" t="s">
         <v>233</v>
       </c>
       <c r="F364" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G364" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H364" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I364" s="5">
         <v>266</v>
       </c>
       <c r="J364" s="5"/>
       <c r="K364" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" s="5">
         <v>4848</v>
       </c>
       <c r="B365" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C365" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D365" s="6"/>
       <c r="E365" s="6" t="s">
         <v>318</v>
       </c>
       <c r="F365" s="6" t="s">
         <v>36</v>
@@ -13191,83 +13191,83 @@
       <c r="K365" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" s="5">
         <v>7447</v>
       </c>
       <c r="B366" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C366" s="6" t="s">
         <v>103</v>
       </c>
       <c r="D366" s="6" t="s">
         <v>319</v>
       </c>
       <c r="E366" s="6" t="s">
         <v>320</v>
       </c>
       <c r="F366" s="6"/>
       <c r="G366" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H366" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I366" s="5">
         <v>265</v>
       </c>
       <c r="J366" s="5">
         <v>20</v>
       </c>
       <c r="K366" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367" s="5">
         <v>3357</v>
       </c>
       <c r="B367" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C367" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D367" s="6" t="s">
         <v>321</v>
       </c>
       <c r="E367" s="6" t="s">
         <v>322</v>
       </c>
       <c r="F367" s="6" t="s">
         <v>257</v>
       </c>
       <c r="G367" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H367" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I367" s="5">
         <v>262</v>
       </c>
       <c r="J367" s="5">
         <v>17</v>
       </c>
       <c r="K367" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368" s="5">
         <v>3457</v>
       </c>
       <c r="B368" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C368" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D368" s="6"/>
@@ -13326,338 +13326,338 @@
       </c>
       <c r="K369" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370" s="5">
         <v>3371</v>
       </c>
       <c r="B370" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C370" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D370" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E370" s="6" t="s">
         <v>301</v>
       </c>
       <c r="F370" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G370" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H370" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I370" s="5">
         <v>261</v>
       </c>
       <c r="J370" s="5">
         <v>25</v>
       </c>
       <c r="K370" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371" s="5">
         <v>3771</v>
       </c>
       <c r="B371" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C371" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D371" s="6"/>
       <c r="E371" s="6" t="s">
         <v>324</v>
       </c>
       <c r="F371" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G371" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H371" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I371" s="5">
         <v>261</v>
       </c>
       <c r="J371" s="5">
         <v>18</v>
       </c>
       <c r="K371" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="372" spans="1:11">
       <c r="A372" s="5">
         <v>5627</v>
       </c>
       <c r="B372" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C372" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D372" s="6"/>
       <c r="E372" s="6" t="s">
         <v>325</v>
       </c>
       <c r="F372" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G372" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H372" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I372" s="5">
         <v>261</v>
       </c>
       <c r="J372" s="5">
         <v>16</v>
       </c>
       <c r="K372" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="373" spans="1:11">
       <c r="A373" s="5">
         <v>3237</v>
       </c>
       <c r="B373" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C373" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D373" s="6" t="s">
         <v>238</v>
       </c>
       <c r="E373" s="6" t="s">
         <v>326</v>
       </c>
       <c r="F373" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G373" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H373" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I373" s="5">
         <v>260</v>
       </c>
       <c r="J373" s="5">
         <v>18</v>
       </c>
       <c r="K373" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374" s="5">
         <v>195</v>
       </c>
       <c r="B374" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C374" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D374" s="6" t="s">
         <v>214</v>
       </c>
       <c r="E374" s="6" t="s">
         <v>215</v>
       </c>
       <c r="F374" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G374" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H374" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I374" s="5">
         <v>259</v>
       </c>
       <c r="J374" s="5">
         <v>18</v>
       </c>
       <c r="K374" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" s="5">
         <v>255</v>
       </c>
       <c r="B375" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C375" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D375" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E375" s="6"/>
       <c r="F375" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G375" s="6"/>
       <c r="H375" s="6"/>
       <c r="I375" s="5">
         <v>259</v>
       </c>
       <c r="J375" s="5"/>
       <c r="K375" s="5"/>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" s="5">
         <v>257</v>
       </c>
       <c r="B376" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C376" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D376" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E376" s="6"/>
       <c r="F376" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G376" s="6"/>
       <c r="H376" s="6"/>
       <c r="I376" s="5">
         <v>259</v>
       </c>
       <c r="J376" s="5"/>
       <c r="K376" s="5"/>
     </row>
     <row r="377" spans="1:11">
       <c r="A377" s="5">
         <v>5493</v>
       </c>
       <c r="B377" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C377" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D377" s="6" t="s">
         <v>294</v>
       </c>
       <c r="E377" s="6" t="s">
         <v>327</v>
       </c>
       <c r="F377" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G377" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H377" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I377" s="5">
         <v>258</v>
       </c>
       <c r="J377" s="5">
         <v>25</v>
       </c>
       <c r="K377" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378" s="5">
         <v>6288</v>
       </c>
       <c r="B378" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C378" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D378" s="6"/>
       <c r="E378" s="6" t="s">
         <v>232</v>
       </c>
       <c r="F378" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G378" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H378" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I378" s="5">
         <v>258</v>
       </c>
       <c r="J378" s="5">
         <v>25</v>
       </c>
       <c r="K378" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="379" spans="1:11">
       <c r="A379" s="5">
         <v>4598</v>
       </c>
       <c r="B379" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C379" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D379" s="6"/>
       <c r="E379" s="6" t="s">
         <v>328</v>
       </c>
       <c r="F379" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G379" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H379" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I379" s="5">
         <v>257</v>
       </c>
       <c r="J379" s="5">
         <v>25</v>
       </c>
       <c r="K379" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="380" spans="1:11">
       <c r="A380" s="5">
         <v>2184</v>
       </c>
       <c r="B380" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C380" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D380" s="6" t="s">
@@ -13704,117 +13704,117 @@
       <c r="J381" s="5">
         <v>15</v>
       </c>
       <c r="K381" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="382" spans="1:11">
       <c r="A382" s="5">
         <v>5455</v>
       </c>
       <c r="B382" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C382" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D382" s="6"/>
       <c r="E382" s="6" t="s">
         <v>195</v>
       </c>
       <c r="F382" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G382" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H382" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I382" s="5">
         <v>256</v>
       </c>
       <c r="J382" s="5"/>
       <c r="K382" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:11">
       <c r="A383" s="5">
         <v>6236</v>
       </c>
       <c r="B383" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C383" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D383" s="6" t="s">
         <v>204</v>
       </c>
       <c r="E383" s="6"/>
       <c r="F383" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G383" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H383" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I383" s="5">
         <v>256</v>
       </c>
       <c r="J383" s="5">
         <v>18</v>
       </c>
       <c r="K383" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="384" spans="1:11">
       <c r="A384" s="5">
         <v>6971</v>
       </c>
       <c r="B384" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C384" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D384" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E384" s="6" t="s">
         <v>286</v>
       </c>
       <c r="F384" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G384" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H384" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I384" s="5">
         <v>256</v>
       </c>
       <c r="J384" s="5">
         <v>25</v>
       </c>
       <c r="K384" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="385" spans="1:11">
       <c r="A385" s="5">
         <v>1315</v>
       </c>
       <c r="B385" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C385" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D385" s="6"/>
@@ -13828,77 +13828,77 @@
       <c r="H385" s="6"/>
       <c r="I385" s="5">
         <v>255</v>
       </c>
       <c r="J385" s="5"/>
       <c r="K385" s="5"/>
     </row>
     <row r="386" spans="1:11">
       <c r="A386" s="5">
         <v>5447</v>
       </c>
       <c r="B386" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C386" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D386" s="6"/>
       <c r="E386" s="6" t="s">
         <v>332</v>
       </c>
       <c r="F386" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G386" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H386" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I386" s="5">
         <v>255</v>
       </c>
       <c r="J386" s="5">
         <v>16</v>
       </c>
       <c r="K386" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="387" spans="1:11">
       <c r="A387" s="5">
         <v>254</v>
       </c>
       <c r="B387" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C387" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D387" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E387" s="6"/>
       <c r="F387" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G387" s="6"/>
       <c r="H387" s="6"/>
       <c r="I387" s="5">
         <v>254</v>
       </c>
       <c r="J387" s="5"/>
       <c r="K387" s="5"/>
     </row>
     <row r="388" spans="1:11">
       <c r="A388" s="5">
         <v>1925</v>
       </c>
       <c r="B388" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C388" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D388" s="6"/>
       <c r="E388" s="6" t="s">
@@ -13989,51 +13989,51 @@
         <v>216</v>
       </c>
       <c r="E391" s="6"/>
       <c r="F391" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G391" s="6"/>
       <c r="H391" s="6"/>
       <c r="I391" s="5">
         <v>251</v>
       </c>
       <c r="J391" s="5"/>
       <c r="K391" s="5"/>
     </row>
     <row r="392" spans="1:11">
       <c r="A392" s="5">
         <v>4911</v>
       </c>
       <c r="B392" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C392" s="6" t="s">
         <v>115</v>
       </c>
       <c r="D392" s="6" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E392" s="6"/>
       <c r="F392" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G392" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H392" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I392" s="5">
         <v>251</v>
       </c>
       <c r="J392" s="5">
         <v>30</v>
       </c>
       <c r="K392" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="393" spans="1:11">
       <c r="A393" s="5">
         <v>5380</v>
       </c>
@@ -14067,51 +14067,51 @@
       <c r="K393" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="394" spans="1:11">
       <c r="A394" s="5">
         <v>3829</v>
       </c>
       <c r="B394" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C394" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D394" s="6"/>
       <c r="E394" s="6" t="s">
         <v>336</v>
       </c>
       <c r="F394" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G394" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H394" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I394" s="5">
         <v>250</v>
       </c>
       <c r="J394" s="5">
         <v>16</v>
       </c>
       <c r="K394" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="395" spans="1:11">
       <c r="A395" s="5">
         <v>3573</v>
       </c>
       <c r="B395" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C395" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D395" s="6"/>
       <c r="E395" s="6" t="s">
         <v>337</v>
       </c>
@@ -14133,51 +14133,51 @@
       <c r="K395" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="396" spans="1:11">
       <c r="A396" s="5">
         <v>3694</v>
       </c>
       <c r="B396" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C396" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D396" s="6"/>
       <c r="E396" s="6" t="s">
         <v>338</v>
       </c>
       <c r="F396" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G396" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H396" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I396" s="5">
         <v>250</v>
       </c>
       <c r="J396" s="5">
         <v>20</v>
       </c>
       <c r="K396" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="397" spans="1:11">
       <c r="A397" s="5">
         <v>3982</v>
       </c>
       <c r="B397" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C397" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D397" s="6"/>
       <c r="E397" s="6" t="s">
         <v>339</v>
       </c>
@@ -14189,177 +14189,177 @@
       </c>
       <c r="H397" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I397" s="5">
         <v>250</v>
       </c>
       <c r="J397" s="5">
         <v>20</v>
       </c>
       <c r="K397" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="398" spans="1:11">
       <c r="A398" s="5">
         <v>256</v>
       </c>
       <c r="B398" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C398" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D398" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E398" s="6"/>
       <c r="F398" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G398" s="6"/>
       <c r="H398" s="6"/>
       <c r="I398" s="5">
         <v>248</v>
       </c>
       <c r="J398" s="5"/>
       <c r="K398" s="5"/>
     </row>
     <row r="399" spans="1:11">
       <c r="A399" s="5">
         <v>2520</v>
       </c>
       <c r="B399" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C399" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D399" s="6" t="s">
         <v>340</v>
       </c>
       <c r="E399" s="6"/>
       <c r="F399" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G399" s="6"/>
       <c r="H399" s="6"/>
       <c r="I399" s="5">
         <v>248</v>
       </c>
       <c r="J399" s="5"/>
       <c r="K399" s="5"/>
     </row>
     <row r="400" spans="1:11">
       <c r="A400" s="5">
         <v>3400</v>
       </c>
       <c r="B400" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C400" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D400" s="6"/>
       <c r="E400" s="6" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F400" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G400" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H400" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I400" s="5">
         <v>248</v>
       </c>
       <c r="J400" s="5">
         <v>22</v>
       </c>
       <c r="K400" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="401" spans="1:11">
       <c r="A401" s="5">
         <v>3637</v>
       </c>
       <c r="B401" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C401" s="6" t="s">
         <v>103</v>
       </c>
       <c r="D401" s="6"/>
       <c r="E401" s="6" t="s">
         <v>183</v>
       </c>
       <c r="F401" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G401" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H401" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I401" s="5">
         <v>248</v>
       </c>
       <c r="J401" s="5">
         <v>22</v>
       </c>
       <c r="K401" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="402" spans="1:11">
       <c r="A402" s="5">
         <v>5446</v>
       </c>
       <c r="B402" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C402" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D402" s="6"/>
       <c r="E402" s="6" t="s">
         <v>332</v>
       </c>
       <c r="F402" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G402" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H402" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I402" s="5">
         <v>248</v>
       </c>
       <c r="J402" s="5">
         <v>13</v>
       </c>
       <c r="K402" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="403" spans="1:11">
       <c r="A403" s="5">
         <v>5646</v>
       </c>
       <c r="B403" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C403" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D403" s="6"/>
       <c r="E403" s="6" t="s">
         <v>341</v>
       </c>
@@ -14379,222 +14379,222 @@
       <c r="K403" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="404" spans="1:11">
       <c r="A404" s="5">
         <v>877</v>
       </c>
       <c r="B404" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C404" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D404" s="6" t="s">
         <v>342</v>
       </c>
       <c r="E404" s="6"/>
       <c r="F404" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G404" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H404" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I404" s="5">
         <v>246</v>
       </c>
       <c r="J404" s="5">
         <v>21</v>
       </c>
       <c r="K404" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="405" spans="1:11">
       <c r="A405" s="5">
         <v>3301</v>
       </c>
       <c r="B405" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C405" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D405" s="6" t="s">
         <v>343</v>
       </c>
       <c r="E405" s="6" t="s">
         <v>344</v>
       </c>
       <c r="F405" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G405" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H405" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I405" s="5">
         <v>245</v>
       </c>
       <c r="J405" s="5">
         <v>22</v>
       </c>
       <c r="K405" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="406" spans="1:11">
       <c r="A406" s="5">
         <v>5881</v>
       </c>
       <c r="B406" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C406" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D406" s="6"/>
       <c r="E406" s="6" t="s">
         <v>345</v>
       </c>
       <c r="F406" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G406" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H406" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I406" s="5">
         <v>245</v>
       </c>
       <c r="J406" s="5">
         <v>22</v>
       </c>
       <c r="K406" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="407" spans="1:11">
       <c r="A407" s="5">
         <v>6654</v>
       </c>
       <c r="B407" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C407" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D407" s="6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E407" s="6"/>
       <c r="F407" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G407" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H407" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I407" s="5">
         <v>244</v>
       </c>
       <c r="J407" s="5">
         <v>12</v>
       </c>
       <c r="K407" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="408" spans="1:11">
       <c r="A408" s="5">
         <v>3232</v>
       </c>
       <c r="B408" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C408" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D408" s="6" t="s">
         <v>238</v>
       </c>
       <c r="E408" s="6" t="s">
         <v>346</v>
       </c>
       <c r="F408" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G408" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H408" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I408" s="5">
         <v>242</v>
       </c>
       <c r="J408" s="5">
         <v>14</v>
       </c>
       <c r="K408" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="409" spans="1:11">
       <c r="A409" s="5">
         <v>3234</v>
       </c>
       <c r="B409" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C409" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D409" s="6" t="s">
         <v>238</v>
       </c>
       <c r="E409" s="6" t="s">
         <v>347</v>
       </c>
       <c r="F409" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G409" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H409" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I409" s="5">
         <v>241</v>
       </c>
       <c r="J409" s="5">
         <v>18</v>
       </c>
       <c r="K409" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="410" spans="1:11">
       <c r="A410" s="5">
         <v>3503</v>
       </c>
       <c r="B410" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C410" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D410" s="6"/>
       <c r="E410" s="6" t="s">
         <v>348</v>
       </c>
@@ -14613,120 +14613,120 @@
       <c r="J410" s="5">
         <v>20</v>
       </c>
       <c r="K410" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="411" spans="1:11">
       <c r="A411" s="5">
         <v>4496</v>
       </c>
       <c r="B411" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C411" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D411" s="6"/>
       <c r="E411" s="6" t="s">
         <v>349</v>
       </c>
       <c r="F411" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G411" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H411" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I411" s="5">
         <v>240</v>
       </c>
       <c r="J411" s="5">
         <v>19</v>
       </c>
       <c r="K411" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:11">
       <c r="A412" s="5">
         <v>4841</v>
       </c>
       <c r="B412" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C412" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D412" s="6"/>
       <c r="E412" s="6" t="s">
         <v>350</v>
       </c>
       <c r="F412" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G412" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H412" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I412" s="5">
         <v>240</v>
       </c>
       <c r="J412" s="5">
         <v>14</v>
       </c>
       <c r="K412" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="413" spans="1:11">
       <c r="A413" s="5">
         <v>7646</v>
       </c>
       <c r="B413" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C413" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D413" s="6" t="s">
         <v>351</v>
       </c>
       <c r="E413" s="6" t="s">
         <v>352</v>
       </c>
       <c r="F413" s="6"/>
       <c r="G413" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H413" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I413" s="5">
         <v>238</v>
       </c>
       <c r="J413" s="5">
         <v>18</v>
       </c>
       <c r="K413" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="414" spans="1:11">
       <c r="A414" s="5">
         <v>1892</v>
       </c>
       <c r="B414" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C414" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D414" s="6"/>
       <c r="E414" s="6" t="s">
         <v>353</v>
       </c>
@@ -14741,54 +14741,54 @@
         <v>237</v>
       </c>
       <c r="J414" s="5"/>
       <c r="K414" s="5"/>
     </row>
     <row r="415" spans="1:11">
       <c r="A415" s="5">
         <v>3483</v>
       </c>
       <c r="B415" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C415" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D415" s="6" t="s">
         <v>227</v>
       </c>
       <c r="E415" s="6" t="s">
         <v>228</v>
       </c>
       <c r="F415" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G415" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H415" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I415" s="5">
         <v>234</v>
       </c>
       <c r="J415" s="5">
         <v>18</v>
       </c>
       <c r="K415" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="416" spans="1:11">
       <c r="A416" s="5">
         <v>881</v>
       </c>
       <c r="B416" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C416" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D416" s="6" t="s">
         <v>354</v>
       </c>
       <c r="E416" s="6"/>
@@ -14865,51 +14865,51 @@
       <c r="J418" s="5">
         <v>18</v>
       </c>
       <c r="K418" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="419" spans="1:11">
       <c r="A419" s="5">
         <v>5336</v>
       </c>
       <c r="B419" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C419" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D419" s="6"/>
       <c r="E419" s="6" t="s">
         <v>126</v>
       </c>
       <c r="F419" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G419" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H419" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I419" s="5">
         <v>232</v>
       </c>
       <c r="J419" s="5"/>
       <c r="K419" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="420" spans="1:11">
       <c r="A420" s="5">
         <v>216</v>
       </c>
       <c r="B420" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C420" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D420" s="6"/>
       <c r="E420" s="6" t="s">
         <v>357</v>
@@ -14921,51 +14921,51 @@
       <c r="H420" s="6"/>
       <c r="I420" s="5">
         <v>231</v>
       </c>
       <c r="J420" s="5"/>
       <c r="K420" s="5"/>
     </row>
     <row r="421" spans="1:11">
       <c r="A421" s="5">
         <v>4748</v>
       </c>
       <c r="B421" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C421" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D421" s="6"/>
       <c r="E421" s="6" t="s">
         <v>358</v>
       </c>
       <c r="F421" s="6" t="s">
         <v>257</v>
       </c>
       <c r="G421" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H421" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I421" s="5">
         <v>231</v>
       </c>
       <c r="J421" s="5">
         <v>16</v>
       </c>
       <c r="K421" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:11">
       <c r="A422" s="5">
         <v>1923</v>
       </c>
       <c r="B422" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C422" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D422" s="6"/>
@@ -14979,151 +14979,151 @@
       <c r="H422" s="6"/>
       <c r="I422" s="5">
         <v>230</v>
       </c>
       <c r="J422" s="5"/>
       <c r="K422" s="5"/>
     </row>
     <row r="423" spans="1:11">
       <c r="A423" s="5">
         <v>4040</v>
       </c>
       <c r="B423" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C423" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D423" s="6"/>
       <c r="E423" s="6" t="s">
         <v>360</v>
       </c>
       <c r="F423" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G423" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H423" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I423" s="5">
         <v>230</v>
       </c>
       <c r="J423" s="5">
         <v>15</v>
       </c>
       <c r="K423" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="424" spans="1:11">
       <c r="A424" s="5">
         <v>5116</v>
       </c>
       <c r="B424" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C424" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D424" s="6"/>
       <c r="E424" s="6" t="s">
         <v>361</v>
       </c>
       <c r="F424" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G424" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H424" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I424" s="5">
         <v>230</v>
       </c>
       <c r="J424" s="5"/>
       <c r="K424" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="425" spans="1:11">
       <c r="A425" s="5">
         <v>3364</v>
       </c>
       <c r="B425" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C425" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D425" s="6"/>
       <c r="E425" s="6" t="s">
         <v>362</v>
       </c>
       <c r="F425" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G425" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H425" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I425" s="5">
         <v>229</v>
       </c>
       <c r="J425" s="5">
         <v>20</v>
       </c>
       <c r="K425" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="426" spans="1:11">
       <c r="A426" s="5">
         <v>4497</v>
       </c>
       <c r="B426" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C426" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D426" s="6"/>
       <c r="E426" s="6" t="s">
         <v>349</v>
       </c>
       <c r="F426" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G426" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H426" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I426" s="5">
         <v>229</v>
       </c>
       <c r="J426" s="5">
         <v>19</v>
       </c>
       <c r="K426" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="427" spans="1:11">
       <c r="A427" s="5">
         <v>3398</v>
       </c>
       <c r="B427" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C427" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D427" s="6"/>
       <c r="E427" s="6" t="s">
         <v>363</v>
       </c>
@@ -15143,185 +15143,185 @@
       <c r="K427" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:11">
       <c r="A428" s="5">
         <v>3365</v>
       </c>
       <c r="B428" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C428" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D428" s="6"/>
       <c r="E428" s="6" t="s">
         <v>362</v>
       </c>
       <c r="F428" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G428" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H428" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I428" s="5">
         <v>226</v>
       </c>
       <c r="J428" s="5">
         <v>20</v>
       </c>
       <c r="K428" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="429" spans="1:11">
       <c r="A429" s="5">
         <v>4039</v>
       </c>
       <c r="B429" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C429" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D429" s="6"/>
       <c r="E429" s="6" t="s">
         <v>360</v>
       </c>
       <c r="F429" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G429" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H429" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I429" s="5">
         <v>226</v>
       </c>
       <c r="J429" s="5">
         <v>15</v>
       </c>
       <c r="K429" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="430" spans="1:11">
       <c r="A430" s="5">
         <v>3444</v>
       </c>
       <c r="B430" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C430" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D430" s="6"/>
       <c r="E430" s="6" t="s">
         <v>364</v>
       </c>
       <c r="F430" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G430" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H430" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I430" s="5">
         <v>225</v>
       </c>
       <c r="J430" s="5">
         <v>21</v>
       </c>
       <c r="K430" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="431" spans="1:11">
       <c r="A431" s="5">
         <v>5857</v>
       </c>
       <c r="B431" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C431" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D431" s="6" t="s">
         <v>365</v>
       </c>
       <c r="E431" s="6" t="s">
         <v>366</v>
       </c>
       <c r="F431" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G431" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H431" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I431" s="5">
         <v>222</v>
       </c>
       <c r="J431" s="5">
         <v>18</v>
       </c>
       <c r="K431" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="432" spans="1:11">
       <c r="A432" s="5">
         <v>3366</v>
       </c>
       <c r="B432" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C432" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D432" s="6"/>
       <c r="E432" s="6" t="s">
         <v>362</v>
       </c>
       <c r="F432" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G432" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H432" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I432" s="5">
         <v>220</v>
       </c>
       <c r="J432" s="5">
         <v>20</v>
       </c>
       <c r="K432" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="433" spans="1:11">
       <c r="A433" s="5">
         <v>3710</v>
       </c>
       <c r="B433" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C433" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D433" s="6"/>
       <c r="E433" s="6" t="s">
         <v>367</v>
       </c>
@@ -15334,51 +15334,51 @@
       <c r="H433" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I433" s="5">
         <v>220</v>
       </c>
       <c r="J433" s="5">
         <v>18</v>
       </c>
       <c r="K433" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="434" spans="1:11">
       <c r="A434" s="5">
         <v>3815</v>
       </c>
       <c r="B434" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C434" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D434" s="6"/>
       <c r="E434" s="6" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F434" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G434" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H434" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I434" s="5">
         <v>220</v>
       </c>
       <c r="J434" s="5">
         <v>20</v>
       </c>
       <c r="K434" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="435" spans="1:11">
       <c r="A435" s="5">
         <v>2183</v>
       </c>
       <c r="B435" s="6" t="s">
@@ -15400,310 +15400,310 @@
         <v>218</v>
       </c>
       <c r="J435" s="5"/>
       <c r="K435" s="5"/>
     </row>
     <row r="436" spans="1:11">
       <c r="A436" s="5">
         <v>3230</v>
       </c>
       <c r="B436" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C436" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D436" s="6" t="s">
         <v>158</v>
       </c>
       <c r="E436" s="6" t="s">
         <v>368</v>
       </c>
       <c r="F436" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G436" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H436" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I436" s="5">
         <v>218</v>
       </c>
       <c r="J436" s="5">
         <v>18</v>
       </c>
       <c r="K436" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="437" spans="1:11">
       <c r="A437" s="5">
         <v>3277</v>
       </c>
       <c r="B437" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C437" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D437" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E437" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F437" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G437" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H437" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I437" s="5">
         <v>218</v>
       </c>
       <c r="J437" s="5">
         <v>29</v>
       </c>
       <c r="K437" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="438" spans="1:11">
       <c r="A438" s="5">
         <v>3233</v>
       </c>
       <c r="B438" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C438" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D438" s="6" t="s">
         <v>238</v>
       </c>
       <c r="E438" s="6" t="s">
         <v>369</v>
       </c>
       <c r="F438" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G438" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H438" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I438" s="5">
         <v>214</v>
       </c>
       <c r="J438" s="5">
         <v>18</v>
       </c>
       <c r="K438" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="439" spans="1:11">
       <c r="A439" s="5">
         <v>7647</v>
       </c>
       <c r="B439" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C439" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D439" s="6"/>
       <c r="E439" s="6" t="s">
         <v>370</v>
       </c>
       <c r="F439" s="6"/>
       <c r="G439" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H439" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I439" s="5">
         <v>208</v>
       </c>
       <c r="J439" s="5">
         <v>18</v>
       </c>
       <c r="K439" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="440" spans="1:11">
       <c r="A440" s="5">
         <v>3340</v>
       </c>
       <c r="B440" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C440" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D440" s="6"/>
       <c r="E440" s="6" t="s">
         <v>371</v>
       </c>
       <c r="F440" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G440" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H440" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I440" s="5">
         <v>204</v>
       </c>
       <c r="J440" s="5">
         <v>20</v>
       </c>
       <c r="K440" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="441" spans="1:11">
       <c r="A441" s="5">
         <v>250</v>
       </c>
       <c r="B441" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C441" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D441" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E441" s="6"/>
       <c r="F441" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G441" s="6"/>
       <c r="H441" s="6"/>
       <c r="I441" s="5">
         <v>203</v>
       </c>
       <c r="J441" s="5"/>
       <c r="K441" s="5"/>
     </row>
     <row r="442" spans="1:11">
       <c r="A442" s="5">
         <v>4749</v>
       </c>
       <c r="B442" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C442" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D442" s="6"/>
       <c r="E442" s="6" t="s">
         <v>358</v>
       </c>
       <c r="F442" s="6" t="s">
         <v>257</v>
       </c>
       <c r="G442" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H442" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I442" s="5">
         <v>202</v>
       </c>
       <c r="J442" s="5"/>
       <c r="K442" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:11">
       <c r="A443" s="5">
         <v>6409</v>
       </c>
       <c r="B443" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C443" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D443" s="6"/>
       <c r="E443" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F443" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G443" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H443" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I443" s="5">
         <v>202</v>
       </c>
       <c r="J443" s="5">
         <v>20</v>
       </c>
       <c r="K443" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="444" spans="1:11">
       <c r="A444" s="5">
         <v>3831</v>
       </c>
       <c r="B444" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C444" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D444" s="6"/>
       <c r="E444" s="6" t="s">
         <v>336</v>
       </c>
       <c r="F444" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G444" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H444" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I444" s="5">
         <v>200</v>
       </c>
       <c r="J444" s="5">
         <v>16</v>
       </c>
       <c r="K444" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="445" spans="1:11">
       <c r="A445" s="5">
         <v>2924</v>
       </c>
       <c r="B445" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C445" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D445" s="6"/>
       <c r="E445" s="6" t="s">
         <v>372</v>
       </c>
@@ -15752,397 +15752,397 @@
       <c r="K446" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="447" spans="1:11">
       <c r="A447" s="5">
         <v>5028</v>
       </c>
       <c r="B447" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C447" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D447" s="6"/>
       <c r="E447" s="6" t="s">
         <v>374</v>
       </c>
       <c r="F447" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G447" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H447" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I447" s="5">
         <v>194</v>
       </c>
       <c r="J447" s="5"/>
       <c r="K447" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="448" spans="1:11">
       <c r="A448" s="5">
         <v>4297</v>
       </c>
       <c r="B448" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C448" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D448" s="6"/>
       <c r="E448" s="6" t="s">
         <v>375</v>
       </c>
       <c r="F448" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G448" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H448" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I448" s="5">
         <v>190</v>
       </c>
       <c r="J448" s="5">
         <v>13</v>
       </c>
       <c r="K448" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="449" spans="1:11">
       <c r="A449" s="5">
         <v>6408</v>
       </c>
       <c r="B449" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C449" s="6" t="s">
         <v>73</v>
       </c>
       <c r="D449" s="6"/>
       <c r="E449" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F449" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G449" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H449" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I449" s="5">
         <v>190</v>
       </c>
       <c r="J449" s="5">
         <v>22</v>
       </c>
       <c r="K449" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="450" spans="1:11">
       <c r="A450" s="5">
         <v>3634</v>
       </c>
       <c r="B450" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C450" s="6" t="s">
         <v>103</v>
       </c>
       <c r="D450" s="6"/>
       <c r="E450" s="6" t="s">
         <v>183</v>
       </c>
       <c r="F450" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G450" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H450" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I450" s="5">
         <v>186</v>
       </c>
       <c r="J450" s="5">
         <v>22</v>
       </c>
       <c r="K450" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="451" spans="1:11">
       <c r="A451" s="5">
         <v>3300</v>
       </c>
       <c r="B451" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C451" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D451" s="6" t="s">
         <v>343</v>
       </c>
       <c r="E451" s="6" t="s">
         <v>344</v>
       </c>
       <c r="F451" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G451" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H451" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I451" s="5">
         <v>183</v>
       </c>
       <c r="J451" s="5">
         <v>22</v>
       </c>
       <c r="K451" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="452" spans="1:11">
       <c r="A452" s="5">
         <v>3303</v>
       </c>
       <c r="B452" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C452" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D452" s="6" t="s">
         <v>343</v>
       </c>
       <c r="E452" s="6" t="s">
         <v>344</v>
       </c>
       <c r="F452" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G452" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H452" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I452" s="5">
         <v>183</v>
       </c>
       <c r="J452" s="5">
         <v>22</v>
       </c>
       <c r="K452" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="453" spans="1:11">
       <c r="A453" s="5">
         <v>3302</v>
       </c>
       <c r="B453" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C453" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D453" s="6" t="s">
         <v>343</v>
       </c>
       <c r="E453" s="6" t="s">
         <v>344</v>
       </c>
       <c r="F453" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G453" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H453" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I453" s="5">
         <v>172</v>
       </c>
       <c r="J453" s="5">
         <v>22</v>
       </c>
       <c r="K453" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="454" spans="1:11">
       <c r="A454" s="5">
         <v>248</v>
       </c>
       <c r="B454" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C454" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D454" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E454" s="6"/>
       <c r="F454" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G454" s="6"/>
       <c r="H454" s="6"/>
       <c r="I454" s="5">
         <v>170</v>
       </c>
       <c r="J454" s="5"/>
       <c r="K454" s="5"/>
     </row>
     <row r="455" spans="1:11">
       <c r="A455" s="5">
         <v>3635</v>
       </c>
       <c r="B455" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C455" s="6" t="s">
         <v>103</v>
       </c>
       <c r="D455" s="6"/>
       <c r="E455" s="6" t="s">
         <v>183</v>
       </c>
       <c r="F455" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G455" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H455" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="I455" s="5">
         <v>167</v>
       </c>
       <c r="J455" s="5">
         <v>22</v>
       </c>
       <c r="K455" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="456" spans="1:11">
       <c r="A456" s="5">
         <v>251</v>
       </c>
       <c r="B456" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C456" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D456" s="6" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E456" s="6"/>
       <c r="F456" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G456" s="6"/>
       <c r="H456" s="6"/>
       <c r="I456" s="5">
         <v>164</v>
       </c>
       <c r="J456" s="5"/>
       <c r="K456" s="5"/>
     </row>
     <row r="457" spans="1:11">
       <c r="A457" s="5">
         <v>4750</v>
       </c>
       <c r="B457" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C457" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D457" s="6"/>
       <c r="E457" s="6" t="s">
         <v>358</v>
       </c>
       <c r="F457" s="6" t="s">
         <v>257</v>
       </c>
       <c r="G457" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H457" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I457" s="5">
         <v>164</v>
       </c>
       <c r="J457" s="5"/>
       <c r="K457" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="458" spans="1:11">
       <c r="A458" s="5">
         <v>4747</v>
       </c>
       <c r="B458" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C458" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D458" s="6"/>
       <c r="E458" s="6" t="s">
         <v>358</v>
       </c>
       <c r="F458" s="6" t="s">
         <v>257</v>
       </c>
       <c r="G458" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H458" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I458" s="5">
         <v>157</v>
       </c>
       <c r="J458" s="5">
         <v>16</v>
       </c>
       <c r="K458" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="459" spans="1:11">
       <c r="A459" s="5">
         <v>485</v>
       </c>
       <c r="B459" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C459" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D459" s="6" t="s">