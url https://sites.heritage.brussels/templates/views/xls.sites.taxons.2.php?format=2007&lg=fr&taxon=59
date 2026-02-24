--- v1 (2025-12-26)
+++ v2 (2026-02-24)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="380">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-12-26</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-02-24</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -9467,51 +9467,51 @@
         <v>12</v>
       </c>
       <c r="C247" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D247" s="6"/>
       <c r="E247" s="6" t="s">
         <v>246</v>
       </c>
       <c r="F247" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G247" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H247" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I247" s="5">
         <v>300</v>
       </c>
       <c r="J247" s="5">
         <v>17</v>
       </c>
       <c r="K247" s="5">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" s="5">
         <v>4034</v>
       </c>
       <c r="B248" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C248" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D248" s="6"/>
       <c r="E248" s="6" t="s">
         <v>247</v>
       </c>
       <c r="F248" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G248" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H248" s="6" t="s">
         <v>25</v>
       </c>
@@ -12000,51 +12000,53 @@
       <c r="A328" s="5">
         <v>6744</v>
       </c>
       <c r="B328" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C328" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D328" s="6"/>
       <c r="E328" s="6" t="s">
         <v>290</v>
       </c>
       <c r="F328" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G328" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H328" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I328" s="5">
         <v>276</v>
       </c>
-      <c r="J328" s="5"/>
+      <c r="J328" s="5">
+        <v>16</v>
+      </c>
       <c r="K328" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" s="5">
         <v>4420</v>
       </c>
       <c r="B329" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C329" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D329" s="6"/>
       <c r="E329" s="6" t="s">
         <v>291</v>
       </c>
       <c r="F329" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G329" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H329" s="6" t="s">
@@ -15088,51 +15090,51 @@
         <v>12</v>
       </c>
       <c r="C426" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D426" s="6"/>
       <c r="E426" s="6" t="s">
         <v>349</v>
       </c>
       <c r="F426" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G426" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H426" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I426" s="5">
         <v>229</v>
       </c>
       <c r="J426" s="5">
         <v>19</v>
       </c>
       <c r="K426" s="5">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="427" spans="1:11">
       <c r="A427" s="5">
         <v>3398</v>
       </c>
       <c r="B427" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C427" s="6" t="s">
         <v>68</v>
       </c>
       <c r="D427" s="6"/>
       <c r="E427" s="6" t="s">
         <v>363</v>
       </c>
       <c r="F427" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G427" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H427" s="6" t="s">
         <v>18</v>
       </c>