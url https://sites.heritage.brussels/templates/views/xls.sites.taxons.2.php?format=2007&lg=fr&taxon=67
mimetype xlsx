--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>