--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="arbres" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
-    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Région de Bruxelles Capitale, Inventaire des arbres remarquables | https://sites.heritage.brussels | 2026-03-03</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>espèce</t>
   </si>
   <si>
     <t>commune</t>
   </si>
   <si>
     <t>site</t>
   </si>
   <si>
     <t>rue</t>
   </si>
   <si>
     <t>statut</t>
   </si>
   <si>
     <t>position</t>
   </si>
   <si>
     <t>plantation</t>
   </si>
@@ -130,119 +130,119 @@
   <si>
     <t>Square Ambiorix, Marie Louise, Marguerite et avenue Palmerston</t>
   </si>
   <si>
     <t>Arbre visible de la voirie</t>
   </si>
   <si>
     <t>Schaerbeek</t>
   </si>
   <si>
     <t>Avenue des Héliotropes 1</t>
   </si>
   <si>
     <t>Berchem-Sainte-Agathe</t>
   </si>
   <si>
     <t>Rue des Combattants 19</t>
   </si>
   <si>
     <t>Jardin de l'œuvre du calvaire</t>
   </si>
   <si>
     <t>Rue Limauge 14a-c</t>
   </si>
   <si>
+    <t xml:space="preserve">Place du Grand Sablon </t>
+  </si>
+  <si>
     <t>Abbaye de Forest</t>
   </si>
   <si>
     <t>Avenue de Tervueren 66</t>
   </si>
   <si>
     <t>Inventorié mais abattu</t>
   </si>
   <si>
     <t>Plantation en massif</t>
   </si>
   <si>
     <t>Avenue de la Basilique 85</t>
   </si>
   <si>
-    <t xml:space="preserve">Place du Grand Sablon </t>
+    <t>Avenue Jeanne 27</t>
+  </si>
+  <si>
+    <t>Arbre visible de la voirie, occupant une position centrale dans le paysage.</t>
   </si>
   <si>
     <t>Uccle</t>
   </si>
   <si>
     <t>Rue Groeselenberg 57</t>
   </si>
   <si>
     <t>Avenue Ferdauci 22-26</t>
   </si>
   <si>
-    <t>Avenue Jeanne 27</t>
-[...4 lines deleted...]
-  <si>
     <t>Parc privé de l'Institut royal des Sciences naturelles de Belgique et chemin des Chablis</t>
   </si>
   <si>
     <t>Rue du Marché aux Herbes 111</t>
   </si>
   <si>
     <t>Ancienne propriété Pirenne</t>
   </si>
   <si>
     <t>Avenue de la Floride 127</t>
   </si>
   <si>
     <t>Boulevard Pachéco 34</t>
   </si>
   <si>
     <t>Avenue Hélène 1</t>
   </si>
   <si>
     <t>Rue d'Alsace-Lorraine 2</t>
   </si>
   <si>
     <t>Jardins de l'Abbaye de la Cambre</t>
   </si>
   <si>
+    <t>Place de Jamblinne de Meux</t>
+  </si>
+  <si>
+    <t>Place de Jamblinne de Meux face 33</t>
+  </si>
+  <si>
     <t>Boulevard Lambermont 184-186</t>
   </si>
   <si>
     <t xml:space="preserve">Boulevard Pachéco </t>
   </si>
   <si>
-    <t>Place de Jamblinne de Meux</t>
-[...4 lines deleted...]
-  <si>
     <t>Woluwé-Saint-Lambert</t>
   </si>
   <si>
     <t>Square Vergote</t>
   </si>
   <si>
     <t xml:space="preserve">Square Vergote </t>
   </si>
   <si>
     <t>Parc de Forest</t>
   </si>
   <si>
     <t>Watermael-Boitsfort</t>
   </si>
   <si>
     <t>Parc du château Morel - Domaine de la Héronnière</t>
   </si>
   <si>
     <t>Rue Nisard 6</t>
   </si>
   <si>
     <t>Plantation en alignement</t>
   </si>
   <si>
     <t>Parc de Scherdemael</t>
@@ -265,93 +265,93 @@
   <si>
     <t>Etangs d'Ixelles</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue du Général de Gaulle </t>
   </si>
   <si>
     <t>Place de Jamblinne de Meux face 34</t>
   </si>
   <si>
     <t>Parc Léopold</t>
   </si>
   <si>
     <t>Arbre disparu</t>
   </si>
   <si>
     <t>Saint-Josse-Ten-Noode</t>
   </si>
   <si>
     <t>Parc de l'Institut des Dames de Marie à Saint-Josse</t>
   </si>
   <si>
     <t>Chaussée de Haecht 70</t>
   </si>
   <si>
+    <t xml:space="preserve">Square du Petit Sablon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Place du Petit Sablon </t>
+  </si>
+  <si>
     <t>Domaine de la Magnanerie</t>
   </si>
   <si>
     <t>Avenue Minerve 39</t>
   </si>
   <si>
     <t>Square Clémentine</t>
   </si>
   <si>
     <t>Rue Père Eudore Devroye 29</t>
   </si>
   <si>
     <t>Parc Crickx</t>
   </si>
   <si>
     <t>Auderghem</t>
   </si>
   <si>
     <t>Jardin  Massart</t>
   </si>
   <si>
     <t>Woluwé-Saint-Pierre</t>
   </si>
   <si>
     <t>Parc de Woluwe</t>
   </si>
   <si>
     <t>Avenue des Pléiades 56</t>
   </si>
   <si>
     <t>Boulevard Saint-Michel 9</t>
   </si>
   <si>
     <t>Evere</t>
   </si>
   <si>
     <t>Rue de la Marne 89</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Place du Petit Sablon </t>
   </si>
   <si>
     <t>Place de Jamblinne de Meux face 32</t>
   </si>
   <si>
     <t>Parc Tenbosch</t>
   </si>
   <si>
     <t>Avenue Brugmann 457</t>
   </si>
   <si>
     <t xml:space="preserve">Avenue Charles Thielemans </t>
   </si>
   <si>
     <t>Berme Général San Martin</t>
   </si>
   <si>
     <t xml:space="preserve">Bovenberg </t>
   </si>
   <si>
     <t>Jardin Botanique</t>
   </si>
   <si>
     <t>Molenbeek-Saint-Jean</t>
   </si>
@@ -1124,298 +1124,298 @@
       </c>
       <c r="E12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G12" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="5">
         <v>348</v>
       </c>
       <c r="J12" s="5">
         <v>20</v>
       </c>
       <c r="K12" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
-        <v>5362</v>
+        <v>3426</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D13" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="E13" s="6"/>
       <c r="F13" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="5">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="J13" s="5">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K13" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5">
-        <v>6030</v>
+        <v>5362</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-      <c r="E14" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="6" t="s">
         <v>38</v>
       </c>
+      <c r="E14" s="6"/>
       <c r="F14" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G14" s="6" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I14" s="5">
         <v>340</v>
       </c>
       <c r="J14" s="5">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="K14" s="5">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="5">
-        <v>52</v>
+        <v>6030</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="E15" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6" t="s">
+        <v>39</v>
+      </c>
       <c r="F15" s="6" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G15" s="6"/>
+        <v>20</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="H15" s="6" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I15" s="5">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="J15" s="5"/>
+        <v>340</v>
+      </c>
+      <c r="J15" s="5">
+        <v>25</v>
+      </c>
       <c r="K15" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
-        <v>401</v>
+        <v>52</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="E16" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G16" s="6"/>
+      <c r="H16" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="F16" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I16" s="5">
-        <v>320</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="J16" s="5"/>
       <c r="K16" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
-        <v>3426</v>
+        <v>401</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D17" s="6"/>
       <c r="E17" s="6" t="s">
         <v>42</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I17" s="5">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="J17" s="5">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="K17" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
-        <v>1926</v>
+        <v>693</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="D18" s="6"/>
       <c r="E18" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="F18" s="6" t="s">
-[...3 lines deleted...]
-      <c r="H18" s="6"/>
+      <c r="H18" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I18" s="5">
-        <v>312</v>
-[...2 lines deleted...]
-      <c r="K18" s="5"/>
+        <v>319</v>
+      </c>
+      <c r="J18" s="5">
+        <v>19</v>
+      </c>
+      <c r="K18" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
-        <v>6059</v>
+        <v>1926</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="D19" s="6"/>
       <c r="E19" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>20</v>
-[...4 lines deleted...]
-      <c r="H19" s="6" t="s">
         <v>40</v>
       </c>
+      <c r="G19" s="6"/>
+      <c r="H19" s="6"/>
       <c r="I19" s="5">
-        <v>310</v>
-[...6 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="5"/>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
-        <v>693</v>
+        <v>6059</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D20" s="6"/>
       <c r="E20" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G20" s="6" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="I20" s="5">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="J20" s="5">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K20" s="5">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
         <v>657</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="6"/>
       <c r="F21" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G21" s="6"/>
       <c r="H21" s="6"/>
       <c r="I21" s="5">
         <v>298</v>
       </c>
       <c r="J21" s="5"/>
@@ -1475,66 +1475,66 @@
       </c>
       <c r="G23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I23" s="5">
         <v>293</v>
       </c>
       <c r="J23" s="5">
         <v>20</v>
       </c>
       <c r="K23" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
         <v>5578</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I24" s="5">
         <v>292</v>
       </c>
       <c r="J24" s="5"/>
       <c r="K24" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
         <v>3454</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D25" s="6"/>
       <c r="E25" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>20</v>
@@ -1574,55 +1574,55 @@
       </c>
       <c r="G26" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="5">
         <v>275</v>
       </c>
       <c r="J26" s="5">
         <v>18</v>
       </c>
       <c r="K26" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
         <v>5628</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="5">
         <v>275</v>
       </c>
       <c r="J27" s="5">
         <v>17</v>
       </c>
       <c r="K27" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
         <v>6842</v>
       </c>
       <c r="B28" s="6" t="s">
@@ -1640,260 +1640,260 @@
       </c>
       <c r="G28" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="5">
         <v>275</v>
       </c>
       <c r="J28" s="5">
         <v>20</v>
       </c>
       <c r="K28" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
         <v>5629</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D29" s="6"/>
       <c r="E29" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G29" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I29" s="5">
         <v>274</v>
       </c>
       <c r="J29" s="5">
         <v>20</v>
       </c>
       <c r="K29" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
         <v>1218</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E30" s="6"/>
       <c r="F30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I30" s="5">
         <v>271</v>
       </c>
       <c r="J30" s="5">
         <v>18</v>
       </c>
       <c r="K30" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
-        <v>6079</v>
+        <v>1649</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="D31" s="6"/>
+      <c r="D31" s="6" t="s">
+        <v>56</v>
+      </c>
       <c r="E31" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I31" s="5">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J31" s="5">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="K31" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
-        <v>3450</v>
+        <v>6079</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D32" s="6"/>
       <c r="E32" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G32" s="6" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="5">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J32" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="K32" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
-        <v>1649</v>
+        <v>3450</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D33" s="6"/>
       <c r="E33" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I33" s="5">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="J33" s="5">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="K33" s="5">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
         <v>2509</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I34" s="5">
         <v>265</v>
       </c>
       <c r="J34" s="5">
         <v>22</v>
       </c>
       <c r="K34" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
         <v>1163</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E35" s="6"/>
       <c r="F35" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G35" s="6"/>
       <c r="H35" s="6"/>
       <c r="I35" s="5">
         <v>264</v>
       </c>
       <c r="J35" s="5"/>
       <c r="K35" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
         <v>5498</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>64</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E36" s="6" t="s">
@@ -2064,66 +2064,66 @@
       </c>
       <c r="H41" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I41" s="5">
         <v>257</v>
       </c>
       <c r="J41" s="5">
         <v>27</v>
       </c>
       <c r="K41" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
         <v>1650</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F42" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G42" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I42" s="5">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J42" s="5">
         <v>12</v>
       </c>
       <c r="K42" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
         <v>766</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E43" s="6"/>
       <c r="F43" s="6" t="s">
         <v>78</v>
       </c>
@@ -2150,795 +2150,795 @@
       </c>
       <c r="E44" s="6" t="s">
         <v>81</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="5">
         <v>247</v>
       </c>
       <c r="J44" s="5">
         <v>25</v>
       </c>
       <c r="K44" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
-        <v>4776</v>
+        <v>5864</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D45" s="6"/>
+        <v>28</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>82</v>
+      </c>
       <c r="E45" s="6" t="s">
-        <v>41</v>
+        <v>83</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="I45" s="5">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J45" s="5">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K45" s="5">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
-        <v>5018</v>
+        <v>4776</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D46" s="6"/>
       <c r="E46" s="6" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G46" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I46" s="5">
         <v>235</v>
       </c>
       <c r="J46" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K46" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
-        <v>3452</v>
+        <v>5018</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D47" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>84</v>
+      </c>
       <c r="E47" s="6" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I47" s="5">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J47" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="K47" s="5">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
-        <v>5684</v>
+        <v>3452</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="E48" s="6"/>
+        <v>28</v>
+      </c>
+      <c r="D48" s="6"/>
+      <c r="E48" s="6" t="s">
+        <v>59</v>
+      </c>
       <c r="F48" s="6" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="G48" s="6" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I48" s="5">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="J48" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K48" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="5">
-        <v>51</v>
+        <v>5684</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="E49" s="6"/>
       <c r="F49" s="6" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="I49" s="5">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="J49" s="5">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="K49" s="5">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
-        <v>608</v>
+        <v>51</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="E50" s="6"/>
       <c r="F50" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G50" s="6"/>
-      <c r="H50" s="6"/>
+      <c r="G50" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>41</v>
+      </c>
       <c r="I50" s="5">
         <v>224</v>
       </c>
-      <c r="J50" s="5"/>
-      <c r="K50" s="5"/>
+      <c r="J50" s="5">
+        <v>15</v>
+      </c>
+      <c r="K50" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
-        <v>3451</v>
+        <v>608</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="D51" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D51" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E51" s="6"/>
       <c r="F51" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G51" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G51" s="6"/>
+      <c r="H51" s="6"/>
       <c r="I51" s="5">
         <v>224</v>
       </c>
-      <c r="J51" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J51" s="5"/>
+      <c r="K51" s="5"/>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
-        <v>6304</v>
+        <v>3451</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D52" s="6"/>
       <c r="E52" s="6" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="F52" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G52" s="6" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I52" s="5">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J52" s="5">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="K52" s="5">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="5">
+        <v>6304</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" s="6"/>
+      <c r="E53" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="B53" s="6" t="s">
-[...13 lines deleted...]
-      <c r="H53" s="6"/>
+      <c r="H53" s="6" t="s">
+        <v>25</v>
+      </c>
       <c r="I53" s="5">
-        <v>220</v>
-[...2 lines deleted...]
-      <c r="K53" s="5"/>
+        <v>223</v>
+      </c>
+      <c r="J53" s="5">
+        <v>20</v>
+      </c>
+      <c r="K53" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="5">
-        <v>259</v>
+        <v>16</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E54" s="6"/>
       <c r="F54" s="6" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="G54" s="6"/>
+      <c r="H54" s="6"/>
       <c r="I54" s="5">
-        <v>216</v>
-[...6 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="J54" s="5"/>
+      <c r="K54" s="5"/>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
-        <v>2753</v>
+        <v>259</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>90</v>
       </c>
       <c r="E55" s="6"/>
       <c r="F55" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G55" s="6"/>
-      <c r="H55" s="6"/>
+      <c r="G55" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>41</v>
+      </c>
       <c r="I55" s="5">
-        <v>213</v>
-[...2 lines deleted...]
-      <c r="K55" s="5"/>
+        <v>216</v>
+      </c>
+      <c r="J55" s="5">
+        <v>15</v>
+      </c>
+      <c r="K55" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
-        <v>4006</v>
+        <v>2753</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-      <c r="E56" s="6" t="s">
         <v>91</v>
       </c>
+      <c r="D56" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E56" s="6"/>
       <c r="F56" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G56" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G56" s="6"/>
+      <c r="H56" s="6"/>
       <c r="I56" s="5">
-        <v>210</v>
-[...6 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="J56" s="5"/>
+      <c r="K56" s="5"/>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
-        <v>4402</v>
+        <v>4006</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="D57" s="6"/>
       <c r="E57" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G57" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="5">
         <v>210</v>
       </c>
       <c r="J57" s="5">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="K57" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="5">
-        <v>5407</v>
+        <v>4402</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D58" s="6"/>
       <c r="E58" s="6" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="G58" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I58" s="5">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="J58" s="5"/>
+        <v>210</v>
+      </c>
+      <c r="J58" s="5">
+        <v>22</v>
+      </c>
       <c r="K58" s="5">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="5">
-        <v>5625</v>
+        <v>5407</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D59" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>74</v>
+      </c>
       <c r="E59" s="6" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I59" s="5">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="J59" s="5"/>
       <c r="K59" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="5">
-        <v>5951</v>
+        <v>5625</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>93</v>
+        <v>45</v>
       </c>
       <c r="D60" s="6"/>
       <c r="E60" s="6" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="F60" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G60" s="6" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I60" s="5">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="J60" s="5"/>
+        <v>205</v>
+      </c>
+      <c r="J60" s="5">
+        <v>15</v>
+      </c>
       <c r="K60" s="5">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="5">
-        <v>2754</v>
+        <v>5951</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-      <c r="E61" s="6"/>
+        <v>95</v>
+      </c>
+      <c r="D61" s="6"/>
+      <c r="E61" s="6" t="s">
+        <v>96</v>
+      </c>
       <c r="F61" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G61" s="6"/>
-      <c r="H61" s="6"/>
+      <c r="G61" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H61" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I61" s="5">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="J61" s="5"/>
-      <c r="K61" s="5"/>
+      <c r="K61" s="5">
+        <v>13</v>
+      </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="5">
-        <v>5864</v>
+        <v>2754</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="E62" s="6"/>
       <c r="F62" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G62" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G62" s="6"/>
+      <c r="H62" s="6"/>
       <c r="I62" s="5">
-        <v>181</v>
-[...6 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="J62" s="5"/>
+      <c r="K62" s="5"/>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
         <v>258</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E63" s="6"/>
       <c r="F63" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G63" s="6"/>
       <c r="H63" s="6"/>
       <c r="I63" s="5">
         <v>161</v>
       </c>
       <c r="J63" s="5"/>
       <c r="K63" s="5"/>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
         <v>5626</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D64" s="6"/>
       <c r="E64" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F64" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G64" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I64" s="5">
         <v>157</v>
       </c>
       <c r="J64" s="5">
         <v>15</v>
       </c>
       <c r="K64" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
         <v>1651</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>97</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G65" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I65" s="5">
         <v>156</v>
       </c>
       <c r="J65" s="5">
         <v>10</v>
       </c>
       <c r="K65" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
         <v>1339</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>98</v>
       </c>
       <c r="E66" s="6"/>
       <c r="F66" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G66" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I66" s="5">
         <v>150</v>
       </c>
       <c r="J66" s="5"/>
       <c r="K66" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="5">
         <v>2253</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D67" s="6"/>
       <c r="E67" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F67" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G67" s="6"/>
       <c r="H67" s="6"/>
       <c r="I67" s="5">
         <v>123</v>
       </c>
       <c r="J67" s="5"/>
       <c r="K67" s="5"/>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="5">
         <v>2725</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D68" s="6"/>
       <c r="E68" s="6" t="s">
         <v>100</v>
       </c>
       <c r="F68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G68" s="6"/>
       <c r="H68" s="6"/>
       <c r="I68" s="5">
         <v>118</v>
       </c>
       <c r="J68" s="5"/>
       <c r="K68" s="5"/>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="5">
         <v>2710</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E69" s="6" t="s">
         <v>102</v>
       </c>
       <c r="F69" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G69" s="6"/>
       <c r="H69" s="6"/>
       <c r="I69" s="5">
         <v>112</v>
       </c>
       <c r="J69" s="5"/>
       <c r="K69" s="5"/>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="5">
         <v>1770</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>12</v>
       </c>
@@ -2946,51 +2946,51 @@
         <v>79</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E70" s="6"/>
       <c r="F70" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G70" s="6"/>
       <c r="H70" s="6"/>
       <c r="I70" s="5">
         <v>108</v>
       </c>
       <c r="J70" s="5"/>
       <c r="K70" s="5"/>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="5">
         <v>2711</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E71" s="6" t="s">
         <v>102</v>
       </c>
       <c r="F71" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G71" s="6"/>
       <c r="H71" s="6"/>
       <c r="I71" s="5">
         <v>102</v>
       </c>
       <c r="J71" s="5"/>
       <c r="K71" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="5">
         <v>1575</v>
       </c>
       <c r="B72" s="6" t="s">