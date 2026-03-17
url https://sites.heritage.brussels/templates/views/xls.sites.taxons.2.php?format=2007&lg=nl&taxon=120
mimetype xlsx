--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -436,50 +436,53 @@
   <si>
     <t>Domein van Zijderupsenkwekerij</t>
   </si>
   <si>
     <t>Minervalaan 39</t>
   </si>
   <si>
     <t>Landschap van de Koninklijke Observatorium</t>
   </si>
   <si>
     <t>Ringlaan 1</t>
   </si>
   <si>
     <t>Franciskanenlaan 27</t>
   </si>
   <si>
     <t>Waterlose Steenweg 1039</t>
   </si>
   <si>
     <t xml:space="preserve">Royale Belge Park </t>
   </si>
   <si>
     <t>Vorstlaan 25</t>
   </si>
   <si>
+    <t>Valerianenstraat 1</t>
+  </si>
+  <si>
     <t>Edith Cavellstraat 66-68</t>
   </si>
   <si>
     <t>Ninoofsesteenweg 1110</t>
   </si>
   <si>
     <t>Beplanting in afstemming</t>
   </si>
   <si>
     <t>Prudent Bolslaan 153</t>
   </si>
   <si>
     <t>Floridalaan 47</t>
   </si>
   <si>
     <t>Edith Cavellstraat 83</t>
   </si>
   <si>
     <t>Garcetpark</t>
   </si>
   <si>
     <t>Hakhoutlaan 5</t>
   </si>
   <si>
     <t>Lambermontlaan 370</t>
@@ -572,53 +575,50 @@
     <t xml:space="preserve">Park van het kasteel Morel - Domein La Héronnière </t>
   </si>
   <si>
     <t>Nisardstraat 6</t>
   </si>
   <si>
     <t>Kardinaal Micaralaan 68</t>
   </si>
   <si>
     <t xml:space="preserve">Private tuin van Joseph Hazardstraat </t>
   </si>
   <si>
     <t>Joseph Hazardstraat 27</t>
   </si>
   <si>
     <t xml:space="preserve">Jan Van Ruusbroeckstraat </t>
   </si>
   <si>
     <t>Denneboslaan 8</t>
   </si>
   <si>
     <t>Tennislaan 42</t>
   </si>
   <si>
     <t xml:space="preserve">Maurice Van Rolleghemstraat </t>
-  </si>
-[...1 lines deleted...]
-    <t>Valerianenstraat 1</t>
   </si>
   <si>
     <t>Georges Henrilaan 43</t>
   </si>
   <si>
     <t xml:space="preserve">Silenenstraat </t>
   </si>
   <si>
     <t>Maarschalk Joffrelaan 59</t>
   </si>
   <si>
     <t>Oud-Strijderslaan 71</t>
   </si>
   <si>
     <t>Generaal Wahislaan 15</t>
   </si>
   <si>
     <t>J.G. Van Goolenlaan 11</t>
   </si>
   <si>
     <t>Witte Vrouwenlaan 51</t>
   </si>
   <si>
     <t>Félix Sterckxstraat 29</t>
   </si>
@@ -1319,51 +1319,51 @@
       <c r="A9" s="5">
         <v>948</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="5">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J9" s="5">
         <v>18</v>
       </c>
       <c r="K9" s="5">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
         <v>4274</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>23</v>
       </c>
@@ -3983,51 +3983,53 @@
       <c r="A91" s="5">
         <v>4164</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D91" s="6"/>
       <c r="E91" s="6" t="s">
         <v>129</v>
       </c>
       <c r="F91" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G91" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="5">
         <v>260</v>
       </c>
-      <c r="J91" s="5"/>
+      <c r="J91" s="5">
+        <v>16</v>
+      </c>
       <c r="K91" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="5">
         <v>4790</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D92" s="6"/>
       <c r="E92" s="6" t="s">
         <v>126</v>
       </c>
       <c r="F92" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G92" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H92" s="6" t="s">
@@ -4217,1650 +4219,1652 @@
       </c>
       <c r="E98" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F98" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G98" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="5">
         <v>252</v>
       </c>
       <c r="J98" s="5">
         <v>15</v>
       </c>
       <c r="K98" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
-        <v>4913</v>
+        <v>2378</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="D99" s="6"/>
       <c r="E99" s="6" t="s">
         <v>139</v>
       </c>
       <c r="F99" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G99" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I99" s="5">
         <v>250</v>
       </c>
-      <c r="J99" s="5"/>
+      <c r="J99" s="5">
+        <v>17</v>
+      </c>
       <c r="K99" s="5">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="5">
-        <v>4933</v>
+        <v>4913</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="D100" s="6"/>
       <c r="E100" s="6" t="s">
         <v>140</v>
       </c>
       <c r="F100" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G100" s="6" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="H100" s="6" t="s">
-        <v>141</v>
+        <v>36</v>
       </c>
       <c r="I100" s="5">
         <v>250</v>
       </c>
       <c r="J100" s="5"/>
       <c r="K100" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="5">
-        <v>5471</v>
+        <v>4933</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="D101" s="6"/>
       <c r="E101" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G101" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H101" s="6" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I101" s="5">
         <v>250</v>
       </c>
-      <c r="J101" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J101" s="5"/>
       <c r="K101" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="5">
-        <v>5909</v>
+        <v>5471</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="D102" s="6"/>
       <c r="E102" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F102" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G102" s="6" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I102" s="5">
         <v>250</v>
       </c>
-      <c r="J102" s="5"/>
+      <c r="J102" s="5">
+        <v>17</v>
+      </c>
       <c r="K102" s="5">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="5">
-        <v>5934</v>
+        <v>5909</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D103" s="6"/>
       <c r="E103" s="6" t="s">
         <v>144</v>
       </c>
       <c r="F103" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G103" s="6" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I103" s="5">
         <v>250</v>
       </c>
-      <c r="J103" s="5"/>
+      <c r="J103" s="5">
+        <v>16</v>
+      </c>
       <c r="K103" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="5">
-        <v>5935</v>
+        <v>5934</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D104" s="6"/>
       <c r="E104" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F104" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G104" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H104" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I104" s="5">
         <v>250</v>
       </c>
       <c r="J104" s="5"/>
       <c r="K104" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="5">
-        <v>6172</v>
+        <v>5935</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>113</v>
-[...4 lines deleted...]
-      <c r="E105" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D105" s="6"/>
+      <c r="E105" s="6" t="s">
+        <v>145</v>
+      </c>
       <c r="F105" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G105" s="6" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I105" s="5">
         <v>250</v>
       </c>
       <c r="J105" s="5"/>
       <c r="K105" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="5">
-        <v>6273</v>
+        <v>6172</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>32</v>
+        <v>113</v>
       </c>
       <c r="D106" s="6" t="s">
-        <v>145</v>
+        <v>114</v>
       </c>
       <c r="E106" s="6"/>
       <c r="F106" s="6" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="G106" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I106" s="5">
         <v>250</v>
       </c>
-      <c r="J106" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J106" s="5"/>
       <c r="K106" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="5">
-        <v>5495</v>
+        <v>6273</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="E107" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D107" s="6" t="s">
         <v>146</v>
       </c>
+      <c r="E107" s="6"/>
       <c r="F107" s="6" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="G107" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I107" s="5">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J107" s="5">
         <v>15</v>
       </c>
       <c r="K107" s="5">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="5">
-        <v>5787</v>
+        <v>5495</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="D108" s="6"/>
       <c r="E108" s="6" t="s">
         <v>147</v>
       </c>
       <c r="F108" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G108" s="6" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I108" s="5">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="J108" s="5">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="K108" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="5">
-        <v>4096</v>
+        <v>5787</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>148</v>
+        <v>17</v>
       </c>
       <c r="D109" s="6"/>
       <c r="E109" s="6" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F109" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G109" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="5">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J109" s="5">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="K109" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="5">
-        <v>5937</v>
+        <v>4096</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="D110" s="6"/>
       <c r="E110" s="6" t="s">
         <v>150</v>
       </c>
       <c r="F110" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G110" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="5">
         <v>245</v>
       </c>
       <c r="J110" s="5">
         <v>16</v>
       </c>
       <c r="K110" s="5">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="5">
-        <v>278</v>
+        <v>5937</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D111" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" s="6"/>
+      <c r="E111" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="E111" s="6"/>
       <c r="F111" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G111" s="6" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="I111" s="5">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J111" s="5">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="K111" s="5">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="5">
-        <v>3836</v>
+        <v>278</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="E112" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D112" s="6" t="s">
         <v>152</v>
       </c>
+      <c r="E112" s="6"/>
       <c r="F112" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G112" s="6" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="H112" s="6" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="I112" s="5">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J112" s="5">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="K112" s="5">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="5">
-        <v>4808</v>
+        <v>3836</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="6" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="D113" s="6"/>
       <c r="E113" s="6" t="s">
         <v>153</v>
       </c>
       <c r="F113" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G113" s="6" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="5">
         <v>243</v>
       </c>
       <c r="J113" s="5">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K113" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="5">
-        <v>1221</v>
+        <v>4808</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C114" s="6" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D114" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D114" s="6"/>
+      <c r="E114" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="E114" s="6"/>
       <c r="F114" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G114" s="6" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="H114" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I114" s="5">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J114" s="5">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K114" s="5">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="5">
-        <v>5837</v>
+        <v>1221</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C115" s="6" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="E115" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E115" s="6"/>
       <c r="F115" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G115" s="6" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="H115" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I115" s="5">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="J115" s="5"/>
+        <v>242</v>
+      </c>
+      <c r="J115" s="5">
+        <v>19</v>
+      </c>
       <c r="K115" s="5">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="5">
-        <v>6173</v>
+        <v>5837</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C116" s="6" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="D116" s="6" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="E116" s="6"/>
+        <v>156</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>157</v>
+      </c>
       <c r="F116" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G116" s="6" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="H116" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I116" s="5">
         <v>241</v>
       </c>
       <c r="J116" s="5"/>
       <c r="K116" s="5">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="5">
-        <v>4240</v>
+        <v>6173</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C117" s="6" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E117" s="6"/>
       <c r="F117" s="6" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="G117" s="6" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="H117" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I117" s="5">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J117" s="5"/>
       <c r="K117" s="5">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="5">
-        <v>5067</v>
+        <v>4240</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C118" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D118" s="6"/>
       <c r="E118" s="6" t="s">
-        <v>122</v>
+        <v>158</v>
       </c>
       <c r="F118" s="6" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="G118" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="5">
         <v>240</v>
       </c>
-      <c r="J118" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J118" s="5"/>
       <c r="K118" s="5">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="5">
-        <v>6171</v>
+        <v>5067</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C119" s="6" t="s">
-        <v>113</v>
-[...4 lines deleted...]
-      <c r="E119" s="6"/>
+        <v>32</v>
+      </c>
+      <c r="D119" s="6"/>
+      <c r="E119" s="6" t="s">
+        <v>122</v>
+      </c>
       <c r="F119" s="6" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="G119" s="6" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="H119" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I119" s="5">
         <v>240</v>
       </c>
-      <c r="J119" s="5"/>
+      <c r="J119" s="5">
+        <v>21</v>
+      </c>
       <c r="K119" s="5">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="5">
-        <v>4142</v>
+        <v>6171</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="6" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E120" s="6"/>
       <c r="F120" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G120" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H120" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I120" s="5">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="J120" s="5"/>
       <c r="K120" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="5">
-        <v>6583</v>
+        <v>4142</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="6" t="s">
-        <v>113</v>
-[...4 lines deleted...]
-      <c r="E121" s="6"/>
+        <v>29</v>
+      </c>
+      <c r="D121" s="6"/>
+      <c r="E121" s="6" t="s">
+        <v>159</v>
+      </c>
       <c r="F121" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G121" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H121" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I121" s="5">
         <v>239</v>
       </c>
       <c r="J121" s="5">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="K121" s="5">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="5">
-        <v>6716</v>
+        <v>6583</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="6" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="E122" s="6"/>
       <c r="F122" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G122" s="6" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="H122" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I122" s="5">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="J122" s="5">
         <v>15</v>
       </c>
       <c r="K122" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="5">
-        <v>1463</v>
+        <v>6716</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C123" s="6" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D123" s="6"/>
       <c r="E123" s="6" t="s">
         <v>160</v>
       </c>
       <c r="F123" s="6" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="G123" s="6" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="H123" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I123" s="5">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J123" s="5">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K123" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="5">
-        <v>4181</v>
+        <v>1463</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="6" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D124" s="6"/>
+        <v>32</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>146</v>
+      </c>
       <c r="E124" s="6" t="s">
         <v>161</v>
       </c>
       <c r="F124" s="6" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="G124" s="6" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="H124" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I124" s="5">
         <v>237</v>
       </c>
       <c r="J124" s="5">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="K124" s="5">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="5">
-        <v>222</v>
+        <v>4181</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C125" s="6" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="D125" s="6"/>
       <c r="E125" s="6" t="s">
         <v>162</v>
       </c>
       <c r="F125" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="G125" s="6"/>
-      <c r="H125" s="6"/>
+      <c r="G125" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H125" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I125" s="5">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="J125" s="5"/>
+        <v>237</v>
+      </c>
+      <c r="J125" s="5">
+        <v>17</v>
+      </c>
       <c r="K125" s="5">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="5">
-        <v>4768</v>
+        <v>222</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C126" s="6" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="D126" s="6"/>
       <c r="E126" s="6" t="s">
         <v>163</v>
       </c>
       <c r="F126" s="6" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="G126" s="6"/>
+      <c r="H126" s="6"/>
       <c r="I126" s="5">
-        <v>231</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="J126" s="5"/>
       <c r="K126" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="5">
-        <v>517</v>
+        <v>4768</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C127" s="6" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="E127" s="6"/>
+        <v>46</v>
+      </c>
+      <c r="D127" s="6"/>
+      <c r="E127" s="6" t="s">
+        <v>164</v>
+      </c>
       <c r="F127" s="6" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="H127" s="6"/>
+        <v>34</v>
+      </c>
+      <c r="G127" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H127" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I127" s="5">
-        <v>230</v>
-[...2 lines deleted...]
-      <c r="K127" s="5"/>
+        <v>231</v>
+      </c>
+      <c r="J127" s="5">
+        <v>17</v>
+      </c>
+      <c r="K127" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="5">
-        <v>4055</v>
+        <v>517</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C128" s="6" t="s">
-        <v>148</v>
-[...4 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="E128" s="6"/>
       <c r="F128" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="G128" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G128" s="6"/>
+      <c r="H128" s="6"/>
       <c r="I128" s="5">
         <v>230</v>
       </c>
-      <c r="J128" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J128" s="5"/>
+      <c r="K128" s="5"/>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="5">
-        <v>5470</v>
+        <v>4055</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C129" s="6" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="D129" s="6"/>
       <c r="E129" s="6" t="s">
-        <v>142</v>
+        <v>165</v>
       </c>
       <c r="F129" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G129" s="6" t="s">
-        <v>20</v>
+        <v>130</v>
       </c>
       <c r="H129" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I129" s="5">
         <v>230</v>
       </c>
       <c r="J129" s="5">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="K129" s="5">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="5">
-        <v>109</v>
+        <v>5470</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C130" s="6" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-      <c r="E130" s="6"/>
+        <v>26</v>
+      </c>
+      <c r="D130" s="6"/>
+      <c r="E130" s="6" t="s">
+        <v>143</v>
+      </c>
       <c r="F130" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="G130" s="6"/>
-      <c r="H130" s="6"/>
+      <c r="G130" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H130" s="6" t="s">
+        <v>36</v>
+      </c>
       <c r="I130" s="5">
-        <v>229</v>
-[...2 lines deleted...]
-      <c r="K130" s="5"/>
+        <v>230</v>
+      </c>
+      <c r="J130" s="5">
+        <v>15</v>
+      </c>
+      <c r="K130" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="5">
-        <v>3684</v>
+        <v>109</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C131" s="6" t="s">
-        <v>92</v>
-[...4 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E131" s="6"/>
       <c r="F131" s="6" t="s">
-        <v>166</v>
-[...6 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="G131" s="6"/>
+      <c r="H131" s="6"/>
       <c r="I131" s="5">
         <v>229</v>
       </c>
-      <c r="J131" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J131" s="5"/>
+      <c r="K131" s="5"/>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="5">
-        <v>4023</v>
+        <v>3684</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C132" s="6" t="s">
-        <v>167</v>
+        <v>92</v>
       </c>
       <c r="D132" s="6"/>
       <c r="E132" s="6" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F132" s="6" t="s">
-        <v>40</v>
+        <v>167</v>
       </c>
       <c r="G132" s="6" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="H132" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="5">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="J132" s="5"/>
+        <v>229</v>
+      </c>
+      <c r="J132" s="5">
+        <v>16</v>
+      </c>
       <c r="K132" s="5">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="5">
-        <v>404</v>
+        <v>4023</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C133" s="6" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="D133" s="6"/>
       <c r="E133" s="6" t="s">
         <v>169</v>
       </c>
       <c r="F133" s="6" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="H133" s="6"/>
+        <v>40</v>
+      </c>
+      <c r="G133" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H133" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I133" s="5">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="J133" s="5"/>
-      <c r="K133" s="5"/>
+      <c r="K133" s="5">
+        <v>18</v>
+      </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="5">
-        <v>5177</v>
+        <v>404</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="6" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="D134" s="6"/>
       <c r="E134" s="6" t="s">
         <v>170</v>
       </c>
       <c r="F134" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="G134" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G134" s="6"/>
+      <c r="H134" s="6"/>
       <c r="I134" s="5">
         <v>226</v>
       </c>
-      <c r="J134" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J134" s="5"/>
+      <c r="K134" s="5"/>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="5">
-        <v>4266</v>
+        <v>5177</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C135" s="6" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D135" s="6"/>
       <c r="E135" s="6" t="s">
         <v>171</v>
       </c>
       <c r="F135" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G135" s="6" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="H135" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I135" s="5">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J135" s="5">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K135" s="5">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="5">
-        <v>4250</v>
+        <v>4266</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C136" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D136" s="6"/>
       <c r="E136" s="6" t="s">
         <v>172</v>
       </c>
       <c r="F136" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G136" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H136" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="5">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J136" s="5">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="K136" s="5">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="5">
-        <v>3828</v>
+        <v>4250</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C137" s="6" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D137" s="6"/>
       <c r="E137" s="6" t="s">
         <v>173</v>
       </c>
       <c r="F137" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G137" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H137" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="5">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J137" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K137" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="5">
-        <v>4165</v>
+        <v>3828</v>
       </c>
       <c r="B138" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C138" s="6" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D138" s="6"/>
       <c r="E138" s="6" t="s">
         <v>174</v>
       </c>
       <c r="F138" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G138" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H138" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="5">
         <v>223</v>
       </c>
-      <c r="J138" s="5"/>
+      <c r="J138" s="5">
+        <v>20</v>
+      </c>
       <c r="K138" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="5">
-        <v>2569</v>
+        <v>4165</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C139" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D139" s="6"/>
       <c r="E139" s="6" t="s">
         <v>175</v>
       </c>
       <c r="F139" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G139" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H139" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="5">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="J139" s="5">
+        <v>223</v>
+      </c>
+      <c r="J139" s="5"/>
+      <c r="K139" s="5">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="5">
-        <v>5516</v>
+        <v>2569</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C140" s="6" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D140" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D140" s="6"/>
+      <c r="E140" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="E140" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F140" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G140" s="6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H140" s="6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I140" s="5">
         <v>221</v>
       </c>
-      <c r="J140" s="5"/>
+      <c r="J140" s="5">
+        <v>14</v>
+      </c>
       <c r="K140" s="5">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="5">
-        <v>5257</v>
+        <v>5516</v>
       </c>
       <c r="B141" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C141" s="6" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D141" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>177</v>
+      </c>
       <c r="E141" s="6" t="s">
         <v>178</v>
       </c>
       <c r="F141" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G141" s="6" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="H141" s="6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I141" s="5">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="J141" s="5"/>
       <c r="K141" s="5">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="5">
-        <v>5915</v>
+        <v>5257</v>
       </c>
       <c r="B142" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C142" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D142" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D142" s="6"/>
+      <c r="E142" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="E142" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F142" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="6" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="H142" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I142" s="5">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="J142" s="5"/>
+        <v>220</v>
+      </c>
+      <c r="J142" s="5">
+        <v>23</v>
+      </c>
       <c r="K142" s="5">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="5">
-        <v>1099</v>
+        <v>5915</v>
       </c>
       <c r="B143" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C143" s="6" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D143" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>180</v>
+      </c>
       <c r="E143" s="6" t="s">
         <v>181</v>
       </c>
       <c r="F143" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G143" s="6" t="s">
-        <v>130</v>
+        <v>20</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="5">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="J143" s="5"/>
       <c r="K143" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="5">
-        <v>1959</v>
+        <v>1099</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C144" s="6" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="D144" s="6"/>
       <c r="E144" s="6" t="s">
         <v>182</v>
       </c>
       <c r="F144" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="G144" s="6"/>
-      <c r="H144" s="6"/>
+      <c r="G144" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="H144" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="I144" s="5">
-        <v>210</v>
-[...2 lines deleted...]
-      <c r="K144" s="5"/>
+        <v>215</v>
+      </c>
+      <c r="J144" s="5">
+        <v>16</v>
+      </c>
+      <c r="K144" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="5">
-        <v>2571</v>
+        <v>1959</v>
       </c>
       <c r="B145" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C145" s="6" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D145" s="6"/>
       <c r="E145" s="6" t="s">
         <v>183</v>
       </c>
       <c r="F145" s="6" t="s">
-        <v>40</v>
-[...6 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="G145" s="6"/>
+      <c r="H145" s="6"/>
       <c r="I145" s="5">
-        <v>209</v>
-[...6 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="J145" s="5"/>
+      <c r="K145" s="5"/>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="5">
-        <v>6213</v>
+        <v>2571</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C146" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D146" s="6"/>
       <c r="E146" s="6" t="s">
         <v>184</v>
       </c>
       <c r="F146" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G146" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="5">
         <v>209</v>
       </c>
-      <c r="J146" s="5"/>
+      <c r="J146" s="5">
+        <v>20</v>
+      </c>
       <c r="K146" s="5">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="5">
-        <v>2378</v>
+        <v>6213</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C147" s="6" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="D147" s="6"/>
       <c r="E147" s="6" t="s">
         <v>185</v>
       </c>
       <c r="F147" s="6" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="G147" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="5">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="J147" s="5"/>
       <c r="K147" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="5">
         <v>5256</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C148" s="6" t="s">
         <v>92</v>
       </c>
       <c r="D148" s="6"/>
       <c r="E148" s="6" t="s">
         <v>186</v>
       </c>
       <c r="F148" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G148" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H148" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I148" s="5">
         <v>207</v>
       </c>
       <c r="J148" s="5">
         <v>18</v>
       </c>
       <c r="K148" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="5">
         <v>5840</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D149" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E149" s="6" t="s">
         <v>187</v>
       </c>
       <c r="F149" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G149" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I149" s="5">
         <v>205</v>
       </c>
       <c r="J149" s="5"/>
       <c r="K149" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="5">
         <v>5480</v>
       </c>
@@ -5879,88 +5883,88 @@
       </c>
       <c r="G150" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="5">
         <v>201</v>
       </c>
       <c r="J150" s="5">
         <v>14</v>
       </c>
       <c r="K150" s="5">
         <v>13</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="5">
         <v>3646</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C151" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D151" s="6"/>
       <c r="E151" s="6" t="s">
         <v>189</v>
       </c>
       <c r="F151" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G151" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H151" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="5">
         <v>200</v>
       </c>
       <c r="J151" s="5">
         <v>18</v>
       </c>
       <c r="K151" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="5">
         <v>5178</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C152" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D152" s="6"/>
       <c r="E152" s="6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F152" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G152" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H152" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I152" s="5">
         <v>200</v>
       </c>
       <c r="J152" s="5">
         <v>17</v>
       </c>
       <c r="K152" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="5">
         <v>3581</v>
       </c>
       <c r="B153" s="6" t="s">
@@ -6103,54 +6107,54 @@
       </c>
       <c r="H157" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I157" s="5">
         <v>197</v>
       </c>
       <c r="J157" s="5">
         <v>19</v>
       </c>
       <c r="K157" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="5">
         <v>5515</v>
       </c>
       <c r="B158" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C158" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D158" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E158" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F158" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G158" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H158" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I158" s="5">
         <v>196</v>
       </c>
       <c r="J158" s="5"/>
       <c r="K158" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="5">
         <v>3899</v>
       </c>
       <c r="B159" s="6" t="s">
         <v>12</v>
       </c>
@@ -6169,84 +6173,84 @@
       </c>
       <c r="H159" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="5">
         <v>194</v>
       </c>
       <c r="J159" s="5">
         <v>16</v>
       </c>
       <c r="K159" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="5">
         <v>5042</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D160" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E160" s="6"/>
       <c r="F160" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G160" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H160" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I160" s="5">
         <v>190</v>
       </c>
       <c r="J160" s="5">
         <v>11</v>
       </c>
       <c r="K160" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="5">
         <v>5839</v>
       </c>
       <c r="B161" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C161" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D161" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E161" s="6" t="s">
         <v>187</v>
       </c>
       <c r="F161" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G161" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H161" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I161" s="5">
         <v>189</v>
       </c>
       <c r="J161" s="5"/>
       <c r="K161" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="5">
         <v>3770</v>
       </c>
@@ -6331,51 +6335,51 @@
       </c>
       <c r="G164" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H164" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I164" s="5">
         <v>182</v>
       </c>
       <c r="J164" s="5">
         <v>17</v>
       </c>
       <c r="K164" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="5">
         <v>5952</v>
       </c>
       <c r="B165" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C165" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D165" s="6"/>
       <c r="E165" s="6" t="s">
         <v>198</v>
       </c>
       <c r="F165" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G165" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H165" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="5">
         <v>182</v>
       </c>
       <c r="J165" s="5"/>
       <c r="K165" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="5">
         <v>5528</v>
@@ -6425,51 +6429,51 @@
       </c>
       <c r="H167" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I167" s="5">
         <v>179</v>
       </c>
       <c r="J167" s="5">
         <v>15</v>
       </c>
       <c r="K167" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="5">
         <v>5838</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C168" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D168" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E168" s="6" t="s">
         <v>187</v>
       </c>
       <c r="F168" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G168" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H168" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I168" s="5">
         <v>179</v>
       </c>
       <c r="J168" s="5"/>
       <c r="K168" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="5">
         <v>6239</v>
       </c>
@@ -6488,51 +6492,51 @@
       <c r="F169" s="6"/>
       <c r="G169" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H169" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I169" s="5">
         <v>176</v>
       </c>
       <c r="J169" s="5">
         <v>18</v>
       </c>
       <c r="K169" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="5">
         <v>1079</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C170" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D170" s="6"/>
       <c r="E170" s="6" t="s">
         <v>202</v>
       </c>
       <c r="F170" s="6" t="s">
         <v>40</v>
       </c>
       <c r="G170" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I170" s="5">
         <v>175</v>
       </c>
       <c r="J170" s="5">
         <v>16</v>
       </c>
       <c r="K170" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:11">
@@ -6587,51 +6591,51 @@
       </c>
       <c r="G172" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H172" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I172" s="5">
         <v>170</v>
       </c>
       <c r="J172" s="5">
         <v>14</v>
       </c>
       <c r="K172" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="5">
         <v>3633</v>
       </c>
       <c r="B173" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C173" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D173" s="6"/>
       <c r="E173" s="6" t="s">
         <v>205</v>
       </c>
       <c r="F173" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G173" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I173" s="5">
         <v>159</v>
       </c>
       <c r="J173" s="5">
         <v>15</v>
       </c>
       <c r="K173" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:11">
@@ -6653,51 +6657,51 @@
       </c>
       <c r="G174" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H174" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I174" s="5">
         <v>158</v>
       </c>
       <c r="J174" s="5">
         <v>15</v>
       </c>
       <c r="K174" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="5">
         <v>3632</v>
       </c>
       <c r="B175" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C175" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D175" s="6"/>
       <c r="E175" s="6" t="s">
         <v>205</v>
       </c>
       <c r="F175" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G175" s="6" t="s">
         <v>130</v>
       </c>
       <c r="H175" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I175" s="5">
         <v>154</v>
       </c>
       <c r="J175" s="5">
         <v>15</v>
       </c>
       <c r="K175" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:11">
@@ -6723,51 +6727,51 @@
       <c r="H176" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I176" s="5">
         <v>150</v>
       </c>
       <c r="J176" s="5">
         <v>15</v>
       </c>
       <c r="K176" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="5">
         <v>4914</v>
       </c>
       <c r="B177" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C177" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D177" s="6"/>
       <c r="E177" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F177" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G177" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H177" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I177" s="5">
         <v>150</v>
       </c>
       <c r="J177" s="5"/>
       <c r="K177" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="5">
         <v>2543</v>
       </c>
       <c r="B178" s="6" t="s">
         <v>12</v>
       </c>