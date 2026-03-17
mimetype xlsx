--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -304,72 +304,72 @@
   <si>
     <t>Tenreukenpark</t>
   </si>
   <si>
     <t xml:space="preserve">Woudmeesterlaan </t>
   </si>
   <si>
     <t>Kolonel Daumerielaan 17</t>
   </si>
   <si>
     <t>Winston Churchilllaan 253b</t>
   </si>
   <si>
     <t>Garcetpark</t>
   </si>
   <si>
     <t>Brugmannlaan 118</t>
   </si>
   <si>
     <t>Amerikastraat 17</t>
   </si>
   <si>
     <t>Grootveldlaan 148</t>
   </si>
   <si>
+    <t>Groenejagersveld 12</t>
+  </si>
+  <si>
     <t>Verdwenen boom</t>
   </si>
   <si>
     <t>Léopold Wienerlaan 98a</t>
   </si>
   <si>
     <t>Cervantesstraat 6</t>
   </si>
   <si>
     <t>Oudergem</t>
   </si>
   <si>
     <t xml:space="preserve">Waversesteenweg </t>
   </si>
   <si>
     <t>Vijvers van Elsene</t>
   </si>
   <si>
     <t xml:space="preserve">Generaal de Gaullelaan </t>
-  </si>
-[...1 lines deleted...]
-    <t>Groenejagersveld 12</t>
   </si>
   <si>
     <t>Marie-Josélaan 127</t>
   </si>
   <si>
     <t>Jadotpark en voormalige herenhuis Canonne</t>
   </si>
   <si>
     <t xml:space="preserve">Burgemeestersstraat </t>
   </si>
   <si>
     <t xml:space="preserve">Park van het kasteel Morel - Domein La Héronnière </t>
   </si>
   <si>
     <t>Nisardstraat 6</t>
   </si>
   <si>
     <t>Tuin van het Academienpaleis</t>
   </si>
   <si>
     <t>Plantsoen de Meeûs op Elsene</t>
   </si>
   <si>
     <t>Charleroise Steenweg 81</t>
   </si>
@@ -2676,302 +2676,304 @@
       <c r="D60" s="6"/>
       <c r="E60" s="6" t="s">
         <v>94</v>
       </c>
       <c r="F60" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G60" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="5">
         <v>249</v>
       </c>
       <c r="J60" s="5">
         <v>19</v>
       </c>
       <c r="K60" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="5">
-        <v>653</v>
+        <v>5184</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D61" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="6"/>
+      <c r="D61" s="6"/>
+      <c r="E61" s="6" t="s">
+        <v>95</v>
+      </c>
       <c r="F61" s="6" t="s">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="I61" s="5">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J61" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K61" s="5">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="5">
-        <v>3867</v>
+        <v>653</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="E62" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E62" s="6"/>
+      <c r="F62" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="F62" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G62" s="6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I62" s="5">
         <v>247</v>
       </c>
       <c r="J62" s="5">
         <v>20</v>
       </c>
       <c r="K62" s="5">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
-        <v>4760</v>
+        <v>3867</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D63" s="6"/>
       <c r="E63" s="6" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="F63" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I63" s="5">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="J63" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="K63" s="5">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
-        <v>5560</v>
+        <v>4760</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D64" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>73</v>
+      </c>
       <c r="E64" s="6" t="s">
-        <v>97</v>
+        <v>74</v>
       </c>
       <c r="F64" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="I64" s="5">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="J64" s="5"/>
+        <v>245</v>
+      </c>
+      <c r="J64" s="5">
+        <v>12</v>
+      </c>
       <c r="K64" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
-        <v>449</v>
+        <v>5560</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="E65" s="6"/>
+        <v>53</v>
+      </c>
+      <c r="D65" s="6"/>
+      <c r="E65" s="6" t="s">
+        <v>98</v>
+      </c>
       <c r="F65" s="6" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="H65" s="6"/>
+        <v>20</v>
+      </c>
+      <c r="G65" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H65" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I65" s="5">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="J65" s="5"/>
       <c r="K65" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
-        <v>5567</v>
+        <v>449</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E66" s="6"/>
       <c r="F66" s="6" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="G66" s="6"/>
+      <c r="H66" s="6"/>
       <c r="I66" s="5">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="J66" s="5"/>
       <c r="K66" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="5">
-        <v>1266</v>
+        <v>5567</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D67" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="D67" s="6"/>
+      <c r="E67" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="E67" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G67" s="6" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="5">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="J67" s="5">
         <v>15</v>
       </c>
       <c r="K67" s="5">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="5">
-        <v>5184</v>
+        <v>1266</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D68" s="6"/>
+        <v>84</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>101</v>
+      </c>
       <c r="E68" s="6" t="s">
         <v>102</v>
       </c>
       <c r="F68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G68" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="5">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="J68" s="5"/>
+        <v>236</v>
+      </c>
+      <c r="J68" s="5">
+        <v>15</v>
+      </c>
       <c r="K68" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="5">
         <v>1467</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>76</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E69" s="6"/>
       <c r="F69" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G69" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H69" s="6" t="s">