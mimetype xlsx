--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-11-16</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -175,90 +175,90 @@
   <si>
     <t>Paardenrenbaan van Bosvoorde</t>
   </si>
   <si>
     <t xml:space="preserve">Dreefpad </t>
   </si>
   <si>
     <t>Beplanting in afstemming</t>
   </si>
   <si>
     <t>St.- Pieters - Woluwe</t>
   </si>
   <si>
     <t>Eigendom Blaton</t>
   </si>
   <si>
     <t xml:space="preserve">Bovenberg </t>
   </si>
   <si>
     <t>Domeinlaan 150</t>
   </si>
   <si>
     <t>Frédéric Pelletierstraat 37</t>
   </si>
   <si>
+    <t>Cherridreuxpark</t>
+  </si>
+  <si>
+    <t>Boom deels zichtbaar vanaf de weg</t>
+  </si>
+  <si>
     <t>Domein Latour de Freins</t>
   </si>
   <si>
     <t>Engelandstraat 555</t>
   </si>
   <si>
     <t xml:space="preserve">Stokkelsesteenweg </t>
   </si>
   <si>
     <t>Evere</t>
   </si>
   <si>
     <t>Tornooiveld wijk</t>
   </si>
   <si>
     <t xml:space="preserve">Optimismelaan </t>
   </si>
   <si>
     <t>Jubelpark</t>
   </si>
   <si>
     <t xml:space="preserve">Galliërslaan </t>
   </si>
   <si>
     <t>Marie-Josépark</t>
   </si>
   <si>
     <t>Rauter park</t>
   </si>
   <si>
     <t xml:space="preserve">Victor Rauterstraat </t>
   </si>
   <si>
     <t>Parmentierpark</t>
-  </si>
-[...4 lines deleted...]
-    <t>Boom deels zichtbaar vanaf de weg</t>
   </si>
   <si>
     <t>Koekelberg</t>
   </si>
   <si>
     <t>Elisabethpark</t>
   </si>
   <si>
     <t>Landschap van het Brugmann Hospitaal</t>
   </si>
   <si>
     <t>Ernest Masoinlaan 4</t>
   </si>
   <si>
     <t>Watermaal-Bosvoorde</t>
   </si>
   <si>
     <t>Het privé-park van het Koninklijk Instituut voor Natuurwetenschappen van België en de Chablisweg</t>
   </si>
   <si>
     <t>Windbreukweg 4</t>
   </si>
   <si>
     <t>Geïnventariseerd maar geveld</t>
   </si>
@@ -1730,314 +1730,314 @@
       <c r="D25" s="6"/>
       <c r="E25" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I25" s="5">
         <v>353</v>
       </c>
       <c r="J25" s="5">
         <v>20</v>
       </c>
       <c r="K25" s="5">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
-        <v>6961</v>
+        <v>5130</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="E26" s="6" t="s">
+      <c r="E26" s="6"/>
+      <c r="F26" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="F26" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H26" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I26" s="5">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="J26" s="5">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="K26" s="5">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
-        <v>2586</v>
+        <v>6961</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D27" s="6"/>
+        <v>30</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>54</v>
+      </c>
       <c r="E27" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I27" s="5">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="J27" s="5">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="K27" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
-        <v>1086</v>
+        <v>2586</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D28" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D28" s="6"/>
+      <c r="E28" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="E28" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="5">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="J28" s="5"/>
+        <v>344</v>
+      </c>
+      <c r="J28" s="5">
+        <v>16</v>
+      </c>
       <c r="K28" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
-        <v>6155</v>
+        <v>1086</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I29" s="5">
         <v>336</v>
       </c>
       <c r="J29" s="5"/>
       <c r="K29" s="5">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
-        <v>1590</v>
+        <v>6155</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="E30" s="6"/>
+      <c r="E30" s="6" t="s">
+        <v>61</v>
+      </c>
       <c r="F30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I30" s="5">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="J30" s="5"/>
       <c r="K30" s="5">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
-        <v>5534</v>
+        <v>1590</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="E31" s="6" t="s">
         <v>62</v>
       </c>
+      <c r="E31" s="6"/>
       <c r="F31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I31" s="5">
         <v>335</v>
       </c>
       <c r="J31" s="5">
         <v>20</v>
       </c>
       <c r="K31" s="5">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
-        <v>6621</v>
+        <v>5534</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="E32" s="6"/>
+      <c r="E32" s="6" t="s">
+        <v>64</v>
+      </c>
       <c r="F32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="I32" s="5">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="J32" s="5">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K32" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
-        <v>5130</v>
+        <v>6621</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E33" s="6"/>
       <c r="F33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I33" s="5">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J33" s="5">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="K33" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
         <v>6633</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E34" s="6"/>
       <c r="F34" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>39</v>
       </c>
@@ -2162,51 +2162,51 @@
       </c>
       <c r="H38" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I38" s="5">
         <v>323</v>
       </c>
       <c r="J38" s="5">
         <v>18</v>
       </c>
       <c r="K38" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
         <v>1591</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E39" s="6"/>
       <c r="F39" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="5">
         <v>318</v>
       </c>
       <c r="J39" s="5">
         <v>21</v>
       </c>
       <c r="K39" s="5">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="5">
         <v>7114</v>
       </c>
@@ -2268,51 +2268,51 @@
       <c r="J41" s="5">
         <v>20</v>
       </c>
       <c r="K41" s="5">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
         <v>6702</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E42" s="6"/>
       <c r="F42" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G42" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I42" s="5">
         <v>315</v>
       </c>
       <c r="J42" s="5">
         <v>27</v>
       </c>
       <c r="K42" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
         <v>6233</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D43" s="6" t="s">
@@ -2360,60 +2360,60 @@
       </c>
       <c r="H44" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="5">
         <v>309</v>
       </c>
       <c r="J44" s="5">
         <v>29</v>
       </c>
       <c r="K44" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
         <v>5585</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E45" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" s="6" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I45" s="5">
         <v>308</v>
       </c>
       <c r="J45" s="5">
         <v>26</v>
       </c>
       <c r="K45" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
         <v>7422</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D46" s="6"/>
@@ -2426,51 +2426,51 @@
       </c>
       <c r="H46" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="5">
         <v>307</v>
       </c>
       <c r="J46" s="5">
         <v>18</v>
       </c>
       <c r="K46" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
         <v>6623</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E47" s="6"/>
       <c r="F47" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="5">
         <v>306</v>
       </c>
       <c r="J47" s="5">
         <v>33</v>
       </c>
       <c r="K47" s="5">
         <v>26</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
         <v>5295</v>
       </c>
@@ -2555,51 +2555,51 @@
       <c r="J50" s="5">
         <v>18</v>
       </c>
       <c r="K50" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
         <v>4722</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D51" s="6"/>
       <c r="E51" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="5">
         <v>300</v>
       </c>
       <c r="J51" s="5">
         <v>20</v>
       </c>
       <c r="K51" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
         <v>5894</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D52" s="6"/>
@@ -2718,74 +2718,74 @@
       <c r="J55" s="5"/>
       <c r="K55" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
         <v>5052</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
         <v>91</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>92</v>
       </c>
       <c r="E56" s="6" t="s">
         <v>93</v>
       </c>
       <c r="F56" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G56" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="5">
         <v>294</v>
       </c>
       <c r="J56" s="5">
         <v>20</v>
       </c>
       <c r="K56" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
         <v>1062</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D57" s="6"/>
       <c r="E57" s="6" t="s">
         <v>94</v>
       </c>
       <c r="F57" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="5">
         <v>292</v>
       </c>
       <c r="J57" s="5">
         <v>15</v>
       </c>
       <c r="K57" s="5">
         <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:11">
@@ -2974,77 +2974,77 @@
       <c r="H63" s="6"/>
       <c r="I63" s="5">
         <v>288</v>
       </c>
       <c r="J63" s="5"/>
       <c r="K63" s="5"/>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
         <v>5349</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D64" s="6"/>
       <c r="E64" s="6" t="s">
         <v>102</v>
       </c>
       <c r="F64" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="5">
         <v>288</v>
       </c>
       <c r="J64" s="5">
         <v>25</v>
       </c>
       <c r="K64" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
         <v>1592</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E65" s="6"/>
       <c r="F65" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="5">
         <v>287</v>
       </c>
       <c r="J65" s="5">
         <v>20</v>
       </c>
       <c r="K65" s="5"/>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
         <v>3272</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
@@ -3305,119 +3305,119 @@
       <c r="J74" s="5">
         <v>17</v>
       </c>
       <c r="K74" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="5">
         <v>4836</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E75" s="6"/>
       <c r="F75" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G75" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="5">
         <v>280</v>
       </c>
       <c r="J75" s="5">
         <v>30</v>
       </c>
       <c r="K75" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
         <v>6026</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E76" s="6" t="s">
         <v>110</v>
       </c>
       <c r="F76" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I76" s="5">
         <v>280</v>
       </c>
       <c r="J76" s="5">
         <v>30</v>
       </c>
       <c r="K76" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
         <v>5307</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C77" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D77" s="6"/>
       <c r="E77" s="6" t="s">
         <v>111</v>
       </c>
       <c r="F77" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="5">
         <v>279</v>
       </c>
       <c r="J77" s="5"/>
       <c r="K77" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="5">
         <v>992</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D78" s="6"/>
       <c r="E78" s="6" t="s">
         <v>112</v>
@@ -3595,1047 +3595,1047 @@
       <c r="D84" s="6"/>
       <c r="E84" s="6" t="s">
         <v>117</v>
       </c>
       <c r="F84" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="5">
         <v>270</v>
       </c>
       <c r="J84" s="5">
         <v>15</v>
       </c>
       <c r="K84" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="5">
-        <v>6162</v>
+        <v>5135</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="E85" s="6"/>
       <c r="F85" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="I85" s="5">
         <v>268</v>
       </c>
       <c r="J85" s="5"/>
       <c r="K85" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="5">
-        <v>6163</v>
+        <v>6162</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E86" s="6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F86" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I86" s="5">
         <v>268</v>
       </c>
       <c r="J86" s="5"/>
       <c r="K86" s="5">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="5">
-        <v>6631</v>
+        <v>6163</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E87" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>61</v>
+      </c>
       <c r="F87" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="6" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I87" s="5">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="J87" s="5"/>
       <c r="K87" s="5">
-        <v>21</v>
+        <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="5">
-        <v>7517</v>
+        <v>6631</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-      <c r="F88" s="6"/>
+        <v>66</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E88" s="6"/>
+      <c r="F88" s="6" t="s">
+        <v>15</v>
+      </c>
       <c r="G88" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I88" s="5">
         <v>266</v>
       </c>
       <c r="J88" s="5">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="K88" s="5">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="5">
-        <v>4188</v>
+        <v>7517</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="D89" s="6"/>
       <c r="E89" s="6" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="F89" s="6"/>
       <c r="G89" s="6" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="5">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="J89" s="5">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K89" s="5">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="5">
-        <v>6168</v>
+        <v>4188</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D90" s="6"/>
       <c r="E90" s="6" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F90" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="6" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="H90" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I90" s="5">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="J90" s="5"/>
+        <v>265</v>
+      </c>
+      <c r="J90" s="5">
+        <v>23</v>
+      </c>
       <c r="K90" s="5">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="5">
-        <v>6883</v>
+        <v>6168</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D91" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>120</v>
+      </c>
       <c r="E91" s="6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F91" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="6" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I91" s="5">
         <v>264</v>
       </c>
-      <c r="J91" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J91" s="5"/>
       <c r="K91" s="5">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="5">
-        <v>555</v>
+        <v>6883</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="E92" s="6"/>
+        <v>88</v>
+      </c>
+      <c r="D92" s="6"/>
+      <c r="E92" s="6" t="s">
+        <v>122</v>
+      </c>
       <c r="F92" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G92" s="6"/>
-      <c r="H92" s="6"/>
+      <c r="G92" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I92" s="5">
-        <v>263</v>
-[...2 lines deleted...]
-      <c r="K92" s="5"/>
+        <v>264</v>
+      </c>
+      <c r="J92" s="5">
+        <v>20</v>
+      </c>
+      <c r="K92" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="5">
-        <v>5129</v>
+        <v>555</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C93" s="6" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="E93" s="6"/>
       <c r="F93" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G93" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G93" s="6"/>
+      <c r="H93" s="6"/>
       <c r="I93" s="5">
         <v>263</v>
       </c>
-      <c r="J93" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J93" s="5"/>
+      <c r="K93" s="5"/>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="5">
-        <v>3896</v>
+        <v>5129</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>82</v>
-[...4 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E94" s="6"/>
       <c r="F94" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="6" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="H94" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I94" s="5">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J94" s="5">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="K94" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="5">
-        <v>5079</v>
+        <v>3896</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="D95" s="6"/>
-      <c r="E95" s="6"/>
+      <c r="E95" s="6" t="s">
+        <v>123</v>
+      </c>
       <c r="F95" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G95" s="6" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="H95" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I95" s="5">
         <v>262</v>
       </c>
-      <c r="J95" s="5"/>
+      <c r="J95" s="5">
+        <v>16</v>
+      </c>
       <c r="K95" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="5">
-        <v>779</v>
+        <v>5079</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D96" s="6"/>
       <c r="E96" s="6"/>
       <c r="F96" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G96" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I96" s="5">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J96" s="5"/>
       <c r="K96" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="5">
-        <v>2786</v>
+        <v>779</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="E97" s="6"/>
       <c r="F97" s="6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="H97" s="6"/>
+        <v>73</v>
+      </c>
+      <c r="G97" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I97" s="5">
         <v>261</v>
       </c>
       <c r="J97" s="5"/>
-      <c r="K97" s="5"/>
+      <c r="K97" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="5">
-        <v>2787</v>
+        <v>2786</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E98" s="6"/>
       <c r="F98" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G98" s="6"/>
       <c r="H98" s="6"/>
       <c r="I98" s="5">
         <v>261</v>
       </c>
       <c r="J98" s="5"/>
       <c r="K98" s="5"/>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
-        <v>417</v>
+        <v>2787</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="E99" s="6"/>
       <c r="F99" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G99" s="6"/>
       <c r="H99" s="6"/>
       <c r="I99" s="5">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J99" s="5"/>
-      <c r="K99" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K99" s="5"/>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="5">
-        <v>1441</v>
+        <v>417</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="E100" s="6"/>
       <c r="F100" s="6" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="G100" s="6"/>
       <c r="H100" s="6"/>
       <c r="I100" s="5">
         <v>260</v>
       </c>
       <c r="J100" s="5"/>
-      <c r="K100" s="5"/>
+      <c r="K100" s="5">
+        <v>0</v>
+      </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="5">
-        <v>3826</v>
+        <v>1441</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E101" s="6"/>
       <c r="F101" s="6" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G101" s="6"/>
+      <c r="H101" s="6"/>
       <c r="I101" s="5">
         <v>260</v>
       </c>
-      <c r="J101" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J101" s="5"/>
+      <c r="K101" s="5"/>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="5">
-        <v>4791</v>
+        <v>3826</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="D102" s="6"/>
       <c r="E102" s="6" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F102" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G102" s="6" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="5">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J102" s="5">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K102" s="5">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="5">
-        <v>6860</v>
+        <v>4791</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="D103" s="6"/>
       <c r="E103" s="6" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F103" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G103" s="6"/>
+      <c r="G103" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="H103" s="6" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="I103" s="5">
         <v>259</v>
       </c>
       <c r="J103" s="5">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="K103" s="5">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="5">
-        <v>3627</v>
+        <v>6860</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="6" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D104" s="6"/>
+        <v>91</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>127</v>
+      </c>
       <c r="E104" s="6" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F104" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G104" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G104" s="6"/>
       <c r="H104" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="I104" s="5">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="J104" s="5">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K104" s="5">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="5">
-        <v>5457</v>
+        <v>3627</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="D105" s="6"/>
       <c r="E105" s="6" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="F105" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I105" s="5">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="J105" s="5"/>
+        <v>256</v>
+      </c>
+      <c r="J105" s="5">
+        <v>18</v>
+      </c>
       <c r="K105" s="5">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="5">
-        <v>6742</v>
+        <v>5457</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="D106" s="6"/>
       <c r="E106" s="6" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="F106" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G106" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H106" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I106" s="5">
         <v>255</v>
       </c>
-      <c r="J106" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J106" s="5"/>
       <c r="K106" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="5">
-        <v>4152</v>
+        <v>6742</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D107" s="6"/>
       <c r="E107" s="6" t="s">
-        <v>130</v>
+        <v>87</v>
       </c>
       <c r="F107" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="6" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="5">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="J107" s="5">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="K107" s="5">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="5">
-        <v>4894</v>
+        <v>4152</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="D108" s="6"/>
       <c r="E108" s="6" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G108" s="6" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="5">
         <v>253</v>
       </c>
       <c r="J108" s="5">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="K108" s="5">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="5">
-        <v>5436</v>
+        <v>4894</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D109" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D109" s="6"/>
       <c r="E109" s="6" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="G109" s="6" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="5">
         <v>253</v>
       </c>
       <c r="J109" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K109" s="5">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="5">
-        <v>6812</v>
+        <v>5436</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D110" s="6" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="E110" s="6"/>
+        <v>133</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>134</v>
+      </c>
       <c r="F110" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G110" s="6" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="5">
         <v>253</v>
       </c>
-      <c r="J110" s="5"/>
+      <c r="J110" s="5">
+        <v>20</v>
+      </c>
       <c r="K110" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="5">
-        <v>4153</v>
+        <v>6812</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="E111" s="6"/>
       <c r="F111" s="6" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="G111" s="6" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I111" s="5">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="J111" s="5"/>
       <c r="K111" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="5">
-        <v>3027</v>
+        <v>4153</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D112" s="6"/>
       <c r="E112" s="6" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="F112" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G112" s="6" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I112" s="5">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J112" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K112" s="5">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="5">
-        <v>3522</v>
+        <v>3027</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="6" t="s">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="D113" s="6" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="E113" s="6" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F113" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="6" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H113" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I113" s="5">
         <v>251</v>
       </c>
       <c r="J113" s="5">
         <v>20</v>
       </c>
       <c r="K113" s="5">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="5">
-        <v>619</v>
+        <v>3522</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C114" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="F114" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I114" s="5">
+        <v>251</v>
+      </c>
+      <c r="J114" s="5">
+        <v>20</v>
+      </c>
+      <c r="K114" s="5">
         <v>18</v>
-      </c>
-[...12 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="5">
-        <v>2630</v>
+        <v>619</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C115" s="6" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D115" s="6"/>
       <c r="E115" s="6"/>
       <c r="F115" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G115" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G115" s="6"/>
+      <c r="H115" s="6"/>
       <c r="I115" s="5">
         <v>250</v>
       </c>
-      <c r="J115" s="5">
-[...2 lines deleted...]
-      <c r="K115" s="5"/>
+      <c r="J115" s="5"/>
+      <c r="K115" s="5">
+        <v>0</v>
+      </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="5">
-        <v>5135</v>
+        <v>2630</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C116" s="6" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="D116" s="6" t="s">
-        <v>64</v>
+        <v>140</v>
       </c>
       <c r="E116" s="6"/>
       <c r="F116" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G116" s="6" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="H116" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I116" s="5">
-        <v>249</v>
-[...4 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="J116" s="5">
+        <v>20</v>
+      </c>
+      <c r="K116" s="5"/>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="5">
         <v>781</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E117" s="6"/>
       <c r="F117" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G117" s="6"/>
       <c r="H117" s="6"/>
       <c r="I117" s="5">
         <v>248</v>
       </c>
       <c r="J117" s="5"/>
       <c r="K117" s="5">
@@ -4697,613 +4697,613 @@
       <c r="G119" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H119" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I119" s="5">
         <v>248</v>
       </c>
       <c r="J119" s="5"/>
       <c r="K119" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="5">
         <v>2679</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D120" s="6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E120" s="6"/>
       <c r="F120" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="6"/>
       <c r="H120" s="6"/>
       <c r="I120" s="5">
         <v>245</v>
       </c>
       <c r="J120" s="5"/>
       <c r="K120" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="5">
-        <v>7047</v>
+        <v>5134</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="D121" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D121" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E121" s="6"/>
       <c r="F121" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G121" s="6" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="H121" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I121" s="5">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="J121" s="5"/>
       <c r="K121" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="5">
-        <v>1580</v>
+        <v>7047</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="6" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="E122" s="6"/>
+        <v>30</v>
+      </c>
+      <c r="D122" s="6"/>
+      <c r="E122" s="6" t="s">
+        <v>144</v>
+      </c>
       <c r="F122" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G122" s="6"/>
-      <c r="H122" s="6"/>
+      <c r="G122" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H122" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I122" s="5">
-        <v>239</v>
-[...2 lines deleted...]
-      <c r="K122" s="5"/>
+        <v>240</v>
+      </c>
+      <c r="J122" s="5">
+        <v>28</v>
+      </c>
+      <c r="K122" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="5">
-        <v>4592</v>
+        <v>1580</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C123" s="6" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="E123" s="6"/>
       <c r="F123" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G123" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G123" s="6"/>
+      <c r="H123" s="6"/>
       <c r="I123" s="5">
         <v>239</v>
       </c>
-      <c r="J123" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J123" s="5"/>
+      <c r="K123" s="5"/>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="5">
-        <v>2308</v>
+        <v>4592</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="6" t="s">
-        <v>70</v>
-[...4 lines deleted...]
-      <c r="E124" s="6"/>
+        <v>88</v>
+      </c>
+      <c r="D124" s="6"/>
+      <c r="E124" s="6" t="s">
+        <v>145</v>
+      </c>
       <c r="F124" s="6" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G124" s="6"/>
+        <v>15</v>
+      </c>
+      <c r="G124" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="H124" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I124" s="5">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="J124" s="5"/>
+        <v>239</v>
+      </c>
+      <c r="J124" s="5">
+        <v>22</v>
+      </c>
       <c r="K124" s="5">
-        <v>0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="5">
-        <v>3812</v>
+        <v>2308</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C125" s="6" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="E125" s="6"/>
       <c r="F125" s="6" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G125" s="6"/>
       <c r="H125" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I125" s="5">
         <v>236</v>
       </c>
-      <c r="J125" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J125" s="5"/>
       <c r="K125" s="5">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="5">
-        <v>56</v>
+        <v>3812</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C126" s="6" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="E126" s="6"/>
+        <v>24</v>
+      </c>
+      <c r="D126" s="6"/>
+      <c r="E126" s="6" t="s">
+        <v>147</v>
+      </c>
       <c r="F126" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="6" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="H126" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="5">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J126" s="5">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="K126" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="5">
-        <v>422</v>
+        <v>56</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C127" s="6" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="D127" s="6" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E127" s="6"/>
       <c r="F127" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G127" s="6"/>
-      <c r="H127" s="6"/>
+      <c r="G127" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H127" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I127" s="5">
         <v>235</v>
       </c>
-      <c r="J127" s="5"/>
-      <c r="K127" s="5"/>
+      <c r="J127" s="5">
+        <v>29</v>
+      </c>
+      <c r="K127" s="5">
+        <v>18</v>
+      </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="5">
-        <v>780</v>
+        <v>422</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C128" s="6" t="s">
-        <v>18</v>
+        <v>75</v>
       </c>
       <c r="D128" s="6" t="s">
-        <v>79</v>
+        <v>149</v>
       </c>
       <c r="E128" s="6"/>
       <c r="F128" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G128" s="6"/>
       <c r="H128" s="6"/>
       <c r="I128" s="5">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J128" s="5"/>
-      <c r="K128" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K128" s="5"/>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="5">
-        <v>7000</v>
+        <v>780</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C129" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E129" s="6"/>
       <c r="F129" s="6" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="G129" s="6"/>
+      <c r="H129" s="6"/>
       <c r="I129" s="5">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="J129" s="5"/>
       <c r="K129" s="5">
-        <v>22</v>
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="5">
-        <v>4124</v>
+        <v>7000</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C130" s="6" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="D130" s="6"/>
       <c r="E130" s="6" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="F130" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G130" s="6" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="H130" s="6" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="I130" s="5">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="J130" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="K130" s="5">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="5">
-        <v>4084</v>
+        <v>4124</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C131" s="6" t="s">
-        <v>152</v>
+        <v>47</v>
       </c>
       <c r="D131" s="6"/>
       <c r="E131" s="6" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F131" s="6" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="G131" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H131" s="6" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I131" s="5">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="J131" s="5">
         <v>20</v>
       </c>
       <c r="K131" s="5">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="5">
-        <v>5294</v>
+        <v>4084</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C132" s="6" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="E132" s="6"/>
+        <v>152</v>
+      </c>
+      <c r="D132" s="6"/>
+      <c r="E132" s="6" t="s">
+        <v>153</v>
+      </c>
       <c r="F132" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G132" s="6" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="H132" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I132" s="5">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="J132" s="5"/>
+        <v>229</v>
+      </c>
+      <c r="J132" s="5">
+        <v>20</v>
+      </c>
       <c r="K132" s="5">
-        <v>0</v>
+        <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="5">
-        <v>7575</v>
+        <v>5294</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C133" s="6" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-      <c r="F133" s="6"/>
+        <v>24</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E133" s="6"/>
+      <c r="F133" s="6" t="s">
+        <v>15</v>
+      </c>
       <c r="G133" s="6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H133" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I133" s="5">
         <v>228</v>
       </c>
-      <c r="J133" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J133" s="5"/>
       <c r="K133" s="5">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="5">
-        <v>7464</v>
+        <v>7575</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="6" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D134" s="6"/>
       <c r="E134" s="6" t="s">
-        <v>155</v>
+        <v>37</v>
       </c>
       <c r="F134" s="6"/>
       <c r="G134" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H134" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I134" s="5">
+        <v>228</v>
+      </c>
+      <c r="J134" s="5">
         <v>16</v>
       </c>
-      <c r="H134" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K134" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="5">
-        <v>118</v>
+        <v>7464</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C135" s="6" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D135" s="6" t="s">
-        <v>156</v>
-[...6 lines deleted...]
-      <c r="H135" s="6"/>
+        <v>154</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F135" s="6"/>
+      <c r="G135" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H135" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I135" s="5">
-        <v>224</v>
-[...2 lines deleted...]
-      <c r="K135" s="5"/>
+        <v>225</v>
+      </c>
+      <c r="J135" s="5">
+        <v>18</v>
+      </c>
+      <c r="K135" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="5">
-        <v>6303</v>
+        <v>118</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C136" s="6" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D136" s="6" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="E136" s="6"/>
       <c r="F136" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G136" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G136" s="6"/>
+      <c r="H136" s="6"/>
       <c r="I136" s="5">
         <v>224</v>
       </c>
-      <c r="J136" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J136" s="5"/>
+      <c r="K136" s="5"/>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="5">
-        <v>492</v>
+        <v>6303</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C137" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D137" s="6" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="E137" s="6"/>
+        <v>157</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>158</v>
+      </c>
       <c r="F137" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G137" s="6"/>
-      <c r="H137" s="6"/>
+      <c r="G137" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H137" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I137" s="5">
-        <v>222</v>
-[...2 lines deleted...]
-      <c r="K137" s="5"/>
+        <v>224</v>
+      </c>
+      <c r="J137" s="5">
+        <v>30</v>
+      </c>
+      <c r="K137" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="5">
-        <v>5134</v>
+        <v>492</v>
       </c>
       <c r="B138" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C138" s="6" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D138" s="6" t="s">
-        <v>64</v>
+        <v>159</v>
       </c>
       <c r="E138" s="6"/>
       <c r="F138" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G138" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G138" s="6"/>
+      <c r="H138" s="6"/>
       <c r="I138" s="5">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J138" s="5"/>
-      <c r="K138" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K138" s="5"/>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="5">
         <v>782</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C139" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E139" s="6"/>
       <c r="F139" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G139" s="6"/>
       <c r="H139" s="6"/>
       <c r="I139" s="5">
         <v>220</v>
       </c>
       <c r="J139" s="5"/>
       <c r="K139" s="5"/>
@@ -5593,51 +5593,51 @@
       </c>
       <c r="K148" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="5">
         <v>3026</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>136</v>
       </c>
       <c r="E149" s="6" t="s">
         <v>137</v>
       </c>
       <c r="F149" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G149" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I149" s="5">
         <v>207</v>
       </c>
       <c r="J149" s="5">
         <v>17</v>
       </c>
       <c r="K149" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="5">
         <v>6224</v>
       </c>
       <c r="B150" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C150" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D150" s="6"/>
@@ -5649,51 +5649,51 @@
       </c>
       <c r="G150" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I150" s="5">
         <v>207</v>
       </c>
       <c r="J150" s="5">
         <v>20</v>
       </c>
       <c r="K150" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="5">
         <v>1061</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C151" s="6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D151" s="6"/>
       <c r="E151" s="6" t="s">
         <v>167</v>
       </c>
       <c r="F151" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G151" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H151" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="5">
         <v>204</v>
       </c>
       <c r="J151" s="5">
         <v>18</v>
       </c>
       <c r="K151" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:11">
@@ -5740,51 +5740,51 @@
       <c r="H153" s="6"/>
       <c r="I153" s="5">
         <v>200</v>
       </c>
       <c r="J153" s="5"/>
       <c r="K153" s="5"/>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="5">
         <v>6569</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C154" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>169</v>
       </c>
       <c r="E154" s="6"/>
       <c r="F154" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G154" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H154" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I154" s="5">
         <v>200</v>
       </c>
       <c r="J154" s="5">
         <v>14</v>
       </c>
       <c r="K154" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="5">
         <v>4674</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C155" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D155" s="6" t="s">
@@ -5895,51 +5895,51 @@
       </c>
       <c r="G158" s="6"/>
       <c r="H158" s="6"/>
       <c r="I158" s="5">
         <v>190</v>
       </c>
       <c r="J158" s="5"/>
       <c r="K158" s="5"/>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="5">
         <v>7607</v>
       </c>
       <c r="B159" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C159" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D159" s="6"/>
       <c r="E159" s="6" t="s">
         <v>170</v>
       </c>
       <c r="F159" s="6"/>
       <c r="G159" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H159" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I159" s="5">
         <v>186</v>
       </c>
       <c r="J159" s="5">
         <v>22</v>
       </c>
       <c r="K159" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="5">
         <v>3481</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D160" s="6"/>
@@ -5961,51 +5961,51 @@
       <c r="J160" s="5">
         <v>20</v>
       </c>
       <c r="K160" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="5">
         <v>3606</v>
       </c>
       <c r="B161" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C161" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D161" s="6"/>
       <c r="E161" s="6" t="s">
         <v>172</v>
       </c>
       <c r="F161" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G161" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H161" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="5">
         <v>181</v>
       </c>
       <c r="J161" s="5">
         <v>16</v>
       </c>
       <c r="K161" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="5">
         <v>1581</v>
       </c>
       <c r="B162" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D162" s="6" t="s">
@@ -6259,51 +6259,51 @@
       <c r="J170" s="5">
         <v>13</v>
       </c>
       <c r="K170" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="5">
         <v>4796</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C171" s="6" t="s">
         <v>125</v>
       </c>
       <c r="D171" s="6"/>
       <c r="E171" s="6" t="s">
         <v>179</v>
       </c>
       <c r="F171" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G171" s="6" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="5">
         <v>0</v>
       </c>
       <c r="J171" s="5"/>
       <c r="K171" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="B172" s="7"/>
       <c r="C172" s="7"/>
       <c r="D172" s="7"/>
       <c r="E172" s="7"/>
       <c r="F172" s="7"/>
       <c r="G172" s="7"/>
       <c r="H172" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>