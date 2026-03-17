--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -361,120 +361,120 @@
   <si>
     <t xml:space="preserve">Amélie Gomandstraat </t>
   </si>
   <si>
     <t>Berkendaalstraat 193</t>
   </si>
   <si>
     <t>Marconipark</t>
   </si>
   <si>
     <t>Park Solvay Sports</t>
   </si>
   <si>
     <t>Perulaan 80</t>
   </si>
   <si>
     <t>Eslaan 21</t>
   </si>
   <si>
     <t xml:space="preserve">Harenberg </t>
   </si>
   <si>
     <t>Tuinen van de Ter Kamerenabdij</t>
   </si>
   <si>
+    <t xml:space="preserve">Kortenbachstraat </t>
+  </si>
+  <si>
+    <t>Boom zichtbaar vanaf de weg, bezettende een centrale positie in het landschap.</t>
+  </si>
+  <si>
     <t xml:space="preserve">Van Praetlaan </t>
   </si>
   <si>
     <t xml:space="preserve">Heilig-Kruisplein </t>
   </si>
   <si>
     <t>Huart Hamoirlaan 32</t>
   </si>
   <si>
     <t>Medicisgaarde 9</t>
   </si>
   <si>
+    <t>Schermkunstlaan 87</t>
+  </si>
+  <si>
+    <t>Karreveldpark</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Louis Mettewielaan </t>
+  </si>
+  <si>
+    <t>Waterloose Steenweg 411</t>
+  </si>
+  <si>
     <t xml:space="preserve">Duivenmelkersstraat </t>
   </si>
   <si>
-    <t>Schermkunstlaan 87</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Marcel Thirylaan </t>
   </si>
   <si>
     <t>Azalealaan 48</t>
   </si>
   <si>
+    <t xml:space="preserve"> H.Demarque</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boondaalse Steenweg </t>
+  </si>
+  <si>
     <t>Ganshoren</t>
   </si>
   <si>
     <t xml:space="preserve">Sergeant Sorensenstraat </t>
   </si>
   <si>
     <t>Grotplein en openbare tuin</t>
   </si>
   <si>
     <t xml:space="preserve">Leopold I straat </t>
   </si>
   <si>
     <t xml:space="preserve">Georges De Lombaerdestraat </t>
   </si>
   <si>
     <t>Franciskanenlaan 3a</t>
   </si>
   <si>
-    <t xml:space="preserve">Kortenbachstraat </t>
-[...4 lines deleted...]
-  <si>
     <t>Sint-Albaansbergdomein</t>
   </si>
   <si>
     <t>Jan Sobieskilaan 17</t>
   </si>
   <si>
     <t>Begraafplaats van Laken</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Boondaalse Steenweg </t>
   </si>
   <si>
     <t>Begraafplaats van Sint-Joost-ten-Node</t>
   </si>
   <si>
     <t>Henri Choméstraat 9</t>
   </si>
   <si>
     <t>Park van het Manoir d'Anjou</t>
   </si>
   <si>
     <t>De tuin van de Japanse Toren</t>
   </si>
   <si>
     <t xml:space="preserve">Jules Van Praetstraat </t>
   </si>
   <si>
     <t>Roodebeekpark</t>
   </si>
   <si>
     <t>Lijsterbessebomenlaan 5b</t>
   </si>
   <si>
     <t>Guillaume Macaulaan 45</t>
   </si>
@@ -3438,445 +3438,447 @@
         <v>1224</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>113</v>
       </c>
       <c r="E79" s="6"/>
       <c r="F79" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="6"/>
       <c r="H79" s="6"/>
       <c r="I79" s="5">
         <v>276</v>
       </c>
       <c r="J79" s="5"/>
       <c r="K79" s="5"/>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
-        <v>5462</v>
+        <v>4894</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D80" s="6"/>
       <c r="E80" s="6" t="s">
         <v>114</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="G80" s="6" t="s">
-        <v>20</v>
+        <v>115</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I80" s="5">
         <v>273</v>
       </c>
-      <c r="J80" s="5"/>
+      <c r="J80" s="5">
+        <v>18</v>
+      </c>
       <c r="K80" s="5">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
-        <v>1288</v>
+        <v>5462</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="D81" s="6"/>
       <c r="E81" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F81" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I81" s="5">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="J81" s="5"/>
       <c r="K81" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="5">
-        <v>3271</v>
+        <v>1288</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="D82" s="6"/>
       <c r="E82" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="I82" s="5">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J82" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K82" s="5">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="5">
-        <v>451</v>
+        <v>3271</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="I83" s="5">
+        <v>271</v>
+      </c>
+      <c r="J83" s="5">
         <v>18</v>
       </c>
-      <c r="D83" s="6" t="s">
-[...12 lines deleted...]
-      <c r="K83" s="5"/>
+      <c r="K83" s="5">
+        <v>1</v>
+      </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="5">
-        <v>4664</v>
+        <v>451</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E84" s="6"/>
       <c r="F84" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G84" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G84" s="6"/>
+      <c r="H84" s="6"/>
       <c r="I84" s="5">
         <v>270</v>
       </c>
-      <c r="J84" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J84" s="5"/>
+      <c r="K84" s="5"/>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="5">
-        <v>5135</v>
+        <v>4664</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="E85" s="6"/>
+        <v>88</v>
+      </c>
+      <c r="D85" s="6"/>
+      <c r="E85" s="6" t="s">
+        <v>119</v>
+      </c>
       <c r="F85" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="6" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="I85" s="5">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="J85" s="5"/>
+        <v>270</v>
+      </c>
+      <c r="J85" s="5">
+        <v>15</v>
+      </c>
       <c r="K85" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="5">
-        <v>6162</v>
+        <v>5135</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="E86" s="6"/>
       <c r="F86" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="I86" s="5">
         <v>268</v>
       </c>
       <c r="J86" s="5"/>
       <c r="K86" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="5">
-        <v>6163</v>
+        <v>6162</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E87" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F87" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I87" s="5">
         <v>268</v>
       </c>
       <c r="J87" s="5"/>
       <c r="K87" s="5">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="5">
-        <v>6631</v>
+        <v>6163</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="E88" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>61</v>
+      </c>
       <c r="F88" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G88" s="6" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I88" s="5">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="J88" s="5"/>
       <c r="K88" s="5">
-        <v>21</v>
+        <v>10</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="5">
-        <v>7517</v>
+        <v>6631</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-      <c r="F89" s="6"/>
+        <v>66</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E89" s="6"/>
+      <c r="F89" s="6" t="s">
+        <v>15</v>
+      </c>
       <c r="G89" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I89" s="5">
         <v>266</v>
       </c>
       <c r="J89" s="5">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="K89" s="5">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="5">
         <v>4188</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C90" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D90" s="6"/>
       <c r="E90" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F90" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="5">
         <v>265</v>
       </c>
       <c r="J90" s="5">
         <v>23</v>
       </c>
       <c r="K90" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="5">
         <v>6168</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F91" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I91" s="5">
         <v>264</v>
       </c>
       <c r="J91" s="5"/>
       <c r="K91" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="5">
         <v>6883</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D92" s="6"/>
       <c r="E92" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F92" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="5">
         <v>264</v>
       </c>
       <c r="J92" s="5">
         <v>20</v>
       </c>
       <c r="K92" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="5">
         <v>555</v>
       </c>
       <c r="B93" s="6" t="s">
@@ -3913,637 +3915,635 @@
       <c r="D94" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E94" s="6"/>
       <c r="F94" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I94" s="5">
         <v>263</v>
       </c>
       <c r="J94" s="5">
         <v>32</v>
       </c>
       <c r="K94" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="5">
-        <v>3896</v>
+        <v>7517</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="D95" s="6"/>
       <c r="E95" s="6" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="F95" s="6"/>
       <c r="G95" s="6" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="5">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J95" s="5">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="K95" s="5">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="5">
-        <v>5079</v>
+        <v>3896</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="D96" s="6"/>
-      <c r="E96" s="6"/>
+      <c r="E96" s="6" t="s">
+        <v>125</v>
+      </c>
       <c r="F96" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G96" s="6" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I96" s="5">
         <v>262</v>
       </c>
-      <c r="J96" s="5"/>
+      <c r="J96" s="5">
+        <v>16</v>
+      </c>
       <c r="K96" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="5">
-        <v>779</v>
+        <v>5079</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D97" s="6"/>
       <c r="E97" s="6"/>
       <c r="F97" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G97" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I97" s="5">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J97" s="5"/>
       <c r="K97" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="5">
-        <v>2786</v>
+        <v>779</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="E98" s="6"/>
       <c r="F98" s="6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="H98" s="6"/>
+        <v>73</v>
+      </c>
+      <c r="G98" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I98" s="5">
         <v>261</v>
       </c>
       <c r="J98" s="5"/>
-      <c r="K98" s="5"/>
+      <c r="K98" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
-        <v>2787</v>
+        <v>2786</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E99" s="6"/>
       <c r="F99" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G99" s="6"/>
       <c r="H99" s="6"/>
       <c r="I99" s="5">
         <v>261</v>
       </c>
       <c r="J99" s="5"/>
       <c r="K99" s="5"/>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="5">
-        <v>417</v>
+        <v>2787</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="E100" s="6"/>
       <c r="F100" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G100" s="6"/>
       <c r="H100" s="6"/>
       <c r="I100" s="5">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J100" s="5"/>
-      <c r="K100" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K100" s="5"/>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="5">
-        <v>1441</v>
+        <v>417</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="E101" s="6"/>
       <c r="F101" s="6" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="G101" s="6"/>
       <c r="H101" s="6"/>
       <c r="I101" s="5">
         <v>260</v>
       </c>
       <c r="J101" s="5"/>
-      <c r="K101" s="5"/>
+      <c r="K101" s="5">
+        <v>0</v>
+      </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="5">
-        <v>3826</v>
+        <v>1441</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="E102" s="6"/>
       <c r="F102" s="6" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G102" s="6"/>
+      <c r="H102" s="6"/>
       <c r="I102" s="5">
         <v>260</v>
       </c>
-      <c r="J102" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J102" s="5"/>
+      <c r="K102" s="5"/>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="5">
-        <v>4791</v>
+        <v>3826</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="D103" s="6"/>
       <c r="E103" s="6" t="s">
         <v>126</v>
       </c>
       <c r="F103" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G103" s="6" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="5">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J103" s="5">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K103" s="5">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="5">
-        <v>6860</v>
+        <v>3027</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C104" s="6" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E104" s="6" t="s">
         <v>128</v>
       </c>
       <c r="F104" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G104" s="6"/>
+      <c r="G104" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="H104" s="6" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I104" s="5">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J104" s="5">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K104" s="5">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="5">
-        <v>3627</v>
+        <v>4791</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>57</v>
+        <v>129</v>
       </c>
       <c r="D105" s="6"/>
       <c r="E105" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F105" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I105" s="5">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="J105" s="5">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K105" s="5">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="5">
-        <v>5457</v>
+        <v>6860</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D106" s="6"/>
+        <v>91</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>131</v>
+      </c>
       <c r="E106" s="6" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="F106" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="G106" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G106" s="6"/>
       <c r="H106" s="6" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="I106" s="5">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="J106" s="5"/>
+        <v>259</v>
+      </c>
+      <c r="J106" s="5">
+        <v>25</v>
+      </c>
       <c r="K106" s="5">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="5">
-        <v>6742</v>
+        <v>3627</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="D107" s="6"/>
       <c r="E107" s="6" t="s">
-        <v>87</v>
+        <v>133</v>
       </c>
       <c r="F107" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I107" s="5">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J107" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K107" s="5">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="5">
-        <v>4152</v>
+        <v>5457</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="D108" s="6"/>
       <c r="E108" s="6" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="F108" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G108" s="6" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I108" s="5">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="J108" s="5"/>
       <c r="K108" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="5">
-        <v>4894</v>
+        <v>6742</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>18</v>
+        <v>75</v>
       </c>
       <c r="D109" s="6"/>
       <c r="E109" s="6" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G109" s="6" t="s">
-        <v>132</v>
+        <v>20</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="5">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="J109" s="5">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K109" s="5">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="5">
-        <v>5436</v>
+        <v>4152</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D110" s="6"/>
       <c r="E110" s="6" t="s">
         <v>134</v>
       </c>
       <c r="F110" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G110" s="6" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="5">
         <v>253</v>
       </c>
       <c r="J110" s="5">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="K110" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="5">
-        <v>6812</v>
+        <v>5436</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="E111" s="6"/>
+      <c r="E111" s="6" t="s">
+        <v>136</v>
+      </c>
       <c r="F111" s="6" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G111" s="6" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="5">
         <v>253</v>
       </c>
-      <c r="J111" s="5"/>
+      <c r="J111" s="5">
+        <v>20</v>
+      </c>
       <c r="K111" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="5">
-        <v>4153</v>
+        <v>6812</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E112" s="6"/>
       <c r="F112" s="6" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="G112" s="6" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="H112" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I112" s="5">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="J112" s="5"/>
       <c r="K112" s="5">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="5">
-        <v>3027</v>
+        <v>4153</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C113" s="6" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D113" s="6"/>
       <c r="E113" s="6" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F113" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="6" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I113" s="5">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J113" s="5">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K113" s="5">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="5">
         <v>3522</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>24</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>138</v>
       </c>
       <c r="E114" s="6" t="s">
         <v>139</v>
       </c>
       <c r="F114" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G114" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H114" s="6" t="s">
@@ -4788,51 +4788,51 @@
       </c>
       <c r="H122" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I122" s="5">
         <v>240</v>
       </c>
       <c r="J122" s="5">
         <v>28</v>
       </c>
       <c r="K122" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="5">
         <v>1580</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D123" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E123" s="6"/>
       <c r="F123" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G123" s="6"/>
       <c r="H123" s="6"/>
       <c r="I123" s="5">
         <v>239</v>
       </c>
       <c r="J123" s="5"/>
       <c r="K123" s="5"/>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="5">
         <v>4592</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D124" s="6"/>
       <c r="E124" s="6" t="s">
@@ -5584,54 +5584,54 @@
       </c>
       <c r="H148" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I148" s="5">
         <v>209</v>
       </c>
       <c r="J148" s="5">
         <v>15</v>
       </c>
       <c r="K148" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="5">
         <v>3026</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>88</v>
       </c>
       <c r="D149" s="6" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="E149" s="6" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="F149" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G149" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H149" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I149" s="5">
         <v>207</v>
       </c>
       <c r="J149" s="5">
         <v>17</v>
       </c>
       <c r="K149" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="5">
         <v>6224</v>
       </c>
       <c r="B150" s="6" t="s">
@@ -5987,51 +5987,51 @@
       </c>
       <c r="H161" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I161" s="5">
         <v>181</v>
       </c>
       <c r="J161" s="5">
         <v>16</v>
       </c>
       <c r="K161" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="5">
         <v>1581</v>
       </c>
       <c r="B162" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D162" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E162" s="6"/>
       <c r="F162" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G162" s="6"/>
       <c r="H162" s="6"/>
       <c r="I162" s="5">
         <v>168</v>
       </c>
       <c r="J162" s="5"/>
       <c r="K162" s="5"/>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="5">
         <v>2923</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C163" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D163" s="6"/>
       <c r="E163" s="6" t="s">
@@ -6216,84 +6216,84 @@
       </c>
       <c r="C169" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D169" s="6"/>
       <c r="E169" s="6"/>
       <c r="F169" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G169" s="6"/>
       <c r="H169" s="6"/>
       <c r="I169" s="5">
         <v>0</v>
       </c>
       <c r="J169" s="5"/>
       <c r="K169" s="5"/>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="5">
         <v>4795</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C170" s="6" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D170" s="6"/>
       <c r="E170" s="6" t="s">
         <v>178</v>
       </c>
       <c r="F170" s="6" t="s">
         <v>32</v>
       </c>
       <c r="G170" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="5">
         <v>0</v>
       </c>
       <c r="J170" s="5">
         <v>13</v>
       </c>
       <c r="K170" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="5">
         <v>4796</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C171" s="6" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D171" s="6"/>
       <c r="E171" s="6" t="s">
         <v>179</v>
       </c>
       <c r="F171" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G171" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H171" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I171" s="5">
         <v>0</v>
       </c>
       <c r="J171" s="5"/>
       <c r="K171" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="B172" s="7"/>
       <c r="C172" s="7"/>