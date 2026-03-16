--- v0 (2026-01-15)
+++ v1 (2026-03-16)
@@ -16,53 +16,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
-[...1 lines deleted...]
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+  <si>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -109,66 +109,63 @@
   <si>
     <t>Op de wetenschappelijke inventaris</t>
   </si>
   <si>
     <t>Boom onzichtbaar vanaf de weg in (semi)-openbare ruimte</t>
   </si>
   <si>
     <t>Alleenstaande boom</t>
   </si>
   <si>
     <t>Huart Hamoirlaan 111</t>
   </si>
   <si>
     <t>Huart Hamoirlaan 117</t>
   </si>
   <si>
     <t>Elsene</t>
   </si>
   <si>
     <t xml:space="preserve"> H.Demarque</t>
   </si>
   <si>
     <t>Beplanting in boomgroep</t>
   </si>
   <si>
+    <t xml:space="preserve">Nancystraat </t>
+  </si>
+  <si>
     <t>Ukkel</t>
   </si>
   <si>
     <t>Omgeving van het Papenkasteel</t>
   </si>
   <si>
     <t xml:space="preserve">Papenkasteelstraat </t>
   </si>
   <si>
     <t>Verdwenen boom</t>
-  </si>
-[...4 lines deleted...]
-    <t>Boom zichtbaar vanaf de weg, bezettende een centrale positie in het landschap.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF005BD3"/>
       <name val="Calibri"/>
@@ -812,110 +809,110 @@
       <c r="D9" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="6"/>
       <c r="F9" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="5">
         <v>135</v>
       </c>
       <c r="J9" s="5">
         <v>13</v>
       </c>
       <c r="K9" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
-        <v>1681</v>
+        <v>995</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="D10" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="6" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G10" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="H10" s="6" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="I10" s="5">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="J10" s="5"/>
+        <v>118</v>
+      </c>
+      <c r="J10" s="5">
+        <v>7</v>
+      </c>
       <c r="K10" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5">
-        <v>995</v>
+        <v>1681</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D11" s="6"/>
+        <v>31</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="E11" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="F11" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G11" s="6"/>
       <c r="H11" s="6" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="I11" s="5">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="J11" s="5"/>
       <c r="K11" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="7"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>