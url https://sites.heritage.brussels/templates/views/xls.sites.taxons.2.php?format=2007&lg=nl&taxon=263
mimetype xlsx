--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -169,99 +169,99 @@
   <si>
     <t>Leopoldpark</t>
   </si>
   <si>
     <t>St.- Lambrechts - Woluwe</t>
   </si>
   <si>
     <t>Voormalig landgoed Lindthout</t>
   </si>
   <si>
     <t>Tweelindenlaan 2</t>
   </si>
   <si>
     <t>Sint-Jans-Molenbeek</t>
   </si>
   <si>
     <t>Muzenpark</t>
   </si>
   <si>
     <t xml:space="preserve">Park van het kasteel Morel - Domein La Héronnière </t>
   </si>
   <si>
     <t>Nisardstraat 6</t>
   </si>
   <si>
+    <t>Cherridreuxpark</t>
+  </si>
+  <si>
     <t>Landschap van de Koninklijke Observatorium</t>
   </si>
   <si>
     <t>Ringlaan 1</t>
   </si>
   <si>
     <t>Eigendom Voot</t>
   </si>
   <si>
     <t>Vootstraat 67</t>
   </si>
   <si>
     <t>St.- Pieters - Woluwe</t>
   </si>
   <si>
     <t>Park van het Manoir d'Anjou</t>
   </si>
   <si>
-    <t>Cherridreuxpark</t>
-[...1 lines deleted...]
-  <si>
     <t>Domein Latour de Freins</t>
   </si>
   <si>
     <t>Engelandstraat 555</t>
   </si>
   <si>
     <t>Egmontpark</t>
   </si>
   <si>
     <t>Landschap van de Madridlaan</t>
   </si>
   <si>
     <t xml:space="preserve">Madridlaan </t>
   </si>
   <si>
     <t>Verdwenen boom</t>
   </si>
   <si>
     <t>Groene Jagerslaan 62</t>
   </si>
   <si>
     <t>Copernicusstraat 93</t>
   </si>
   <si>
     <t>Woluwepark</t>
   </si>
   <si>
-    <t>Bosmanpark</t>
+    <t>Tuin van het voormalig domein Bosman</t>
   </si>
   <si>
     <t xml:space="preserve">Gérardstraat </t>
   </si>
   <si>
     <t>Amélie Gomandstraat 24</t>
   </si>
   <si>
     <t>Grootveldlaan 150</t>
   </si>
   <si>
     <t>Tervurenlaan 361</t>
   </si>
   <si>
     <t>Sauvagerepark</t>
   </si>
   <si>
     <t>Jagersveldpark</t>
   </si>
   <si>
     <t xml:space="preserve">Philippe Dewolfsstraat </t>
   </si>
   <si>
     <t>Terhulpsesteenweg 177</t>
   </si>
@@ -1251,212 +1251,212 @@
       <c r="D17" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="5">
         <v>359</v>
       </c>
       <c r="J17" s="5"/>
       <c r="K17" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
-        <v>5717</v>
+        <v>5162</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="E18" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E18" s="6"/>
       <c r="F18" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I18" s="5">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="J18" s="5"/>
+        <v>358</v>
+      </c>
+      <c r="J18" s="5">
+        <v>30</v>
+      </c>
       <c r="K18" s="5">
-        <v>0</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
-        <v>6390</v>
+        <v>5717</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="E19" s="6"/>
+        <v>51</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>52</v>
+      </c>
       <c r="F19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="I19" s="5">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="J19" s="5"/>
       <c r="K19" s="5">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
-        <v>2488</v>
+        <v>6390</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="E20" s="6"/>
       <c r="F20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="I20" s="5">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="J20" s="5">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="K20" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
-        <v>2643</v>
+        <v>2488</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="D21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="6"/>
       <c r="F21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="5">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="J21" s="5">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="K21" s="5"/>
+        <v>30</v>
+      </c>
+      <c r="K21" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
-        <v>5162</v>
+        <v>2643</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="6"/>
       <c r="F22" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="5">
         <v>330</v>
       </c>
       <c r="J22" s="5">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="K22" s="5"/>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
         <v>563</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E23" s="6"/>
       <c r="F23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I23" s="5">
@@ -1561,51 +1561,51 @@
       </c>
       <c r="H26" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I26" s="5">
         <v>305</v>
       </c>
       <c r="J26" s="5">
         <v>25</v>
       </c>
       <c r="K26" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
         <v>5163</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="E27" s="6"/>
       <c r="F27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="5">
         <v>300</v>
       </c>
       <c r="J27" s="5">
         <v>32</v>
       </c>
       <c r="K27" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
         <v>5970</v>
       </c>
@@ -1682,51 +1682,51 @@
       </c>
       <c r="E30" s="6"/>
       <c r="F30" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G30" s="6"/>
       <c r="H30" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="5">
         <v>293</v>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
         <v>2799</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E31" s="6"/>
       <c r="F31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I31" s="5">
         <v>292</v>
       </c>
       <c r="J31" s="5">
         <v>21</v>
       </c>
       <c r="K31" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:11">
@@ -1783,84 +1783,84 @@
       </c>
       <c r="G33" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="5">
         <v>283</v>
       </c>
       <c r="J33" s="5">
         <v>25</v>
       </c>
       <c r="K33" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
         <v>4202</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D34" s="6"/>
       <c r="E34" s="6" t="s">
         <v>69</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="5">
         <v>281</v>
       </c>
       <c r="J34" s="5">
         <v>26</v>
       </c>
       <c r="K34" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
         <v>4379</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="5">
         <v>279</v>
       </c>
       <c r="J35" s="5">
         <v>32</v>
       </c>
       <c r="K35" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:11">
@@ -2099,84 +2099,84 @@
       </c>
       <c r="G43" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="5">
         <v>235</v>
       </c>
       <c r="J43" s="5">
         <v>22</v>
       </c>
       <c r="K43" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="5">
         <v>4169</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D44" s="6"/>
       <c r="E44" s="6" t="s">
         <v>77</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="5">
         <v>230</v>
       </c>
       <c r="J44" s="5">
         <v>25</v>
       </c>
       <c r="K44" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
         <v>2800</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E45" s="6"/>
       <c r="F45" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G45" s="6"/>
       <c r="H45" s="6"/>
       <c r="I45" s="5">
         <v>228</v>
       </c>
       <c r="J45" s="5"/>
       <c r="K45" s="5"/>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
         <v>827</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>18</v>
@@ -2297,84 +2297,84 @@
       </c>
       <c r="G49" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="5">
         <v>213</v>
       </c>
       <c r="J49" s="5">
         <v>22</v>
       </c>
       <c r="K49" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
         <v>4258</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D50" s="6"/>
       <c r="E50" s="6" t="s">
         <v>86</v>
       </c>
       <c r="F50" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G50" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>41</v>
       </c>
       <c r="I50" s="5">
         <v>200</v>
       </c>
       <c r="J50" s="5">
         <v>16</v>
       </c>
       <c r="K50" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
         <v>2801</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E51" s="6"/>
       <c r="F51" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="6"/>
       <c r="H51" s="6"/>
       <c r="I51" s="5">
         <v>199</v>
       </c>
       <c r="J51" s="5"/>
       <c r="K51" s="5"/>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
         <v>1683</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>87</v>