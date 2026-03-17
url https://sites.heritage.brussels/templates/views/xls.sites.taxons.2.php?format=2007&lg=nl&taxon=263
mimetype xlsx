--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -16,53 +16,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
-[...1 lines deleted...]
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+  <si>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -130,83 +130,83 @@
   <si>
     <t>Groep van minder dan 5 bomen</t>
   </si>
   <si>
     <t>Ukkel</t>
   </si>
   <si>
     <t>Voormalig eigendom Pirenne</t>
   </si>
   <si>
     <t>Floridalaan 127</t>
   </si>
   <si>
     <t>Kinsendael</t>
   </si>
   <si>
     <t>Geïnventariseerd maar geveld</t>
   </si>
   <si>
     <t>Ringlaan 70</t>
   </si>
   <si>
     <t>Blücherlaan 150</t>
   </si>
   <si>
+    <t>Sint-Jans-Molenbeek</t>
+  </si>
+  <si>
+    <t>Muzenpark</t>
+  </si>
+  <si>
     <t>Etterbeek</t>
   </si>
   <si>
     <t>Jean Felix Haptuin</t>
   </si>
   <si>
     <t>Vorst</t>
   </si>
   <si>
     <t>Park van Vorst</t>
   </si>
   <si>
     <t>Beplanting in boomgroep</t>
   </si>
   <si>
     <t>Leopoldpark</t>
   </si>
   <si>
     <t>St.- Lambrechts - Woluwe</t>
   </si>
   <si>
     <t>Voormalig landgoed Lindthout</t>
   </si>
   <si>
     <t>Tweelindenlaan 2</t>
   </si>
   <si>
-    <t>Sint-Jans-Molenbeek</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Park van het kasteel Morel - Domein La Héronnière </t>
   </si>
   <si>
     <t>Nisardstraat 6</t>
   </si>
   <si>
     <t>Cherridreuxpark</t>
   </si>
   <si>
     <t>Landschap van de Koninklijke Observatorium</t>
   </si>
   <si>
     <t>Ringlaan 1</t>
   </si>
   <si>
     <t>Eigendom Voot</t>
   </si>
   <si>
     <t>Vootstraat 67</t>
   </si>
   <si>
     <t>St.- Pieters - Woluwe</t>
   </si>
   <si>
     <t>Park van het Manoir d'Anjou</t>
@@ -223,50 +223,56 @@
   <si>
     <t>Landschap van de Madridlaan</t>
   </si>
   <si>
     <t xml:space="preserve">Madridlaan </t>
   </si>
   <si>
     <t>Verdwenen boom</t>
   </si>
   <si>
     <t>Groene Jagerslaan 62</t>
   </si>
   <si>
     <t>Copernicusstraat 93</t>
   </si>
   <si>
     <t>Woluwepark</t>
   </si>
   <si>
     <t>Tuin van het voormalig domein Bosman</t>
   </si>
   <si>
     <t xml:space="preserve">Gérardstraat </t>
   </si>
   <si>
+    <t>Anderlecht</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Britse-Soldaatlaan </t>
+  </si>
+  <si>
     <t>Amélie Gomandstraat 24</t>
   </si>
   <si>
     <t>Grootveldlaan 150</t>
   </si>
   <si>
     <t>Tervurenlaan 361</t>
   </si>
   <si>
     <t>Sauvagerepark</t>
   </si>
   <si>
     <t>Jagersveldpark</t>
   </si>
   <si>
     <t xml:space="preserve">Philippe Dewolfsstraat </t>
   </si>
   <si>
     <t>Terhulpsesteenweg 177</t>
   </si>
   <si>
     <t>Fond'Roypark</t>
   </si>
   <si>
     <t>Léopold Wienerlaan 98a</t>
@@ -284,53 +290,50 @@
     <t>Elsene</t>
   </si>
   <si>
     <t>Jadotpark en voormalige herenhuis Canonne</t>
   </si>
   <si>
     <t xml:space="preserve">Burgemeestersstraat </t>
   </si>
   <si>
     <t>Oudergem</t>
   </si>
   <si>
     <t>Tenreukenpark</t>
   </si>
   <si>
     <t xml:space="preserve">Woudmeesterlaan </t>
   </si>
   <si>
     <t>Cactuslaan 11</t>
   </si>
   <si>
     <t>Schaarbeek</t>
   </si>
   <si>
     <t>Josaphatpark</t>
-  </si>
-[...1 lines deleted...]
-    <t>Anderlecht</t>
   </si>
   <si>
     <t>Scherdemaelpark</t>
   </si>
   <si>
     <t>Tenboschpark</t>
   </si>
   <si>
     <t>St.- Agatha - Berchem</t>
   </si>
   <si>
     <t>Josse Goffinlaan 165</t>
   </si>
   <si>
     <t>Poldersstraat 53</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
@@ -721,51 +724,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K58"/>
+  <dimension ref="A1:K59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="8" max="8" width="11.42578125" customWidth="true" style="0"/>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="9" max="9" width="5" customWidth="true" style="0"/>
     <col min="10" max="10" width="5" customWidth="true" style="0"/>
     <col min="11" max="11" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="23" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="19" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="18.75">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
@@ -1053,209 +1056,209 @@
       <c r="D11" s="6"/>
       <c r="E11" s="6" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="5">
         <v>400</v>
       </c>
       <c r="J11" s="5">
         <v>20</v>
       </c>
       <c r="K11" s="5">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
-        <v>1042</v>
+        <v>1607</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="6"/>
       <c r="F12" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G12" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H12" s="6" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I12" s="5">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="J12" s="5">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K12" s="5">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
-        <v>5522</v>
+        <v>1042</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="6"/>
       <c r="F13" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G13" s="6" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="I13" s="5">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="J13" s="5">
         <v>28</v>
       </c>
       <c r="K13" s="5">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5">
-        <v>788</v>
+        <v>5522</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="6"/>
       <c r="F14" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G14" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="I14" s="5">
+        <v>387</v>
+      </c>
+      <c r="J14" s="5">
         <v>28</v>
       </c>
-      <c r="H14" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K14" s="5">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="5">
-        <v>5648</v>
+        <v>788</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="E15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E15" s="6"/>
       <c r="F15" s="6" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="I15" s="5">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="J15" s="5"/>
+        <v>375</v>
+      </c>
+      <c r="J15" s="5">
+        <v>24</v>
+      </c>
       <c r="K15" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
-        <v>1607</v>
+        <v>5648</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="D16" s="6" t="s">
+      <c r="E16" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="E16" s="6"/>
       <c r="F16" s="6" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="I16" s="5">
-        <v>369</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="J16" s="5"/>
       <c r="K16" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
         <v>5497</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>26</v>
@@ -1336,71 +1339,71 @@
       <c r="K19" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
         <v>6390</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="6"/>
       <c r="F20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I20" s="5">
         <v>344</v>
       </c>
       <c r="J20" s="5">
         <v>23</v>
       </c>
       <c r="K20" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
         <v>2488</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="5">
         <v>338</v>
       </c>
       <c r="J21" s="5">
         <v>30</v>
       </c>
       <c r="K21" s="5">
         <v>12</v>
       </c>
@@ -1435,86 +1438,86 @@
         <v>25</v>
       </c>
       <c r="K22" s="5"/>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
         <v>563</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E23" s="6"/>
       <c r="F23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I23" s="5">
         <v>329</v>
       </c>
       <c r="J23" s="5">
         <v>33</v>
       </c>
       <c r="K23" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
         <v>5596</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I24" s="5">
         <v>308</v>
       </c>
       <c r="J24" s="5">
         <v>30</v>
       </c>
       <c r="K24" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
         <v>642</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>59</v>
       </c>
       <c r="E25" s="6"/>
@@ -1538,51 +1541,51 @@
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
         <v>826</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>60</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>62</v>
       </c>
       <c r="G26" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I26" s="5">
         <v>305</v>
       </c>
       <c r="J26" s="5">
         <v>25</v>
       </c>
       <c r="K26" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
         <v>5163</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="E27" s="6"/>
@@ -1653,924 +1656,955 @@
       <c r="F29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G29" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="5">
         <v>296</v>
       </c>
       <c r="J29" s="5"/>
       <c r="K29" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
         <v>5524</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E30" s="6"/>
       <c r="F30" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G30" s="6"/>
       <c r="H30" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="5">
         <v>293</v>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
         <v>2799</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E31" s="6"/>
       <c r="F31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I31" s="5">
         <v>292</v>
       </c>
       <c r="J31" s="5">
         <v>21</v>
       </c>
       <c r="K31" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
         <v>1021</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>67</v>
       </c>
       <c r="F32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="5">
         <v>291</v>
       </c>
       <c r="J32" s="5">
         <v>20</v>
       </c>
       <c r="K32" s="5">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
-        <v>1496</v>
+        <v>7670</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="D33" s="6"/>
       <c r="E33" s="6" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="F33" s="6"/>
       <c r="G33" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I33" s="5">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="J33" s="5">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K33" s="5">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
-        <v>4202</v>
+        <v>1496</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="D34" s="6"/>
       <c r="E34" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="5">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="J34" s="5">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K34" s="5">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
-        <v>4379</v>
+        <v>4202</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D35" s="6"/>
       <c r="E35" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="5">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="J35" s="5">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="K35" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
-        <v>2189</v>
+        <v>4379</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="E36" s="6"/>
+        <v>55</v>
+      </c>
+      <c r="D36" s="6"/>
+      <c r="E36" s="6" t="s">
+        <v>72</v>
+      </c>
       <c r="F36" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G36" s="6" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="I36" s="5">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="J36" s="5">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="K36" s="5">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="5">
-        <v>2356</v>
+        <v>2189</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="E37" s="6" t="s">
         <v>73</v>
       </c>
+      <c r="E37" s="6"/>
       <c r="F37" s="6" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G37" s="6"/>
+        <v>21</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>28</v>
+      </c>
       <c r="H37" s="6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I37" s="5">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="J37" s="5"/>
+        <v>270</v>
+      </c>
+      <c r="J37" s="5">
+        <v>35</v>
+      </c>
       <c r="K37" s="5">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="5">
-        <v>2393</v>
+        <v>2356</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="D38" s="6"/>
+      <c r="D38" s="6" t="s">
+        <v>74</v>
+      </c>
       <c r="E38" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="G38" s="6"/>
-      <c r="H38" s="6"/>
+      <c r="H38" s="6" t="s">
+        <v>43</v>
+      </c>
       <c r="I38" s="5">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="J38" s="5"/>
-      <c r="K38" s="5"/>
+      <c r="K38" s="5">
+        <v>0</v>
+      </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
-        <v>1022</v>
+        <v>2393</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D39" s="6"/>
       <c r="E39" s="6" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G39" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G39" s="6"/>
+      <c r="H39" s="6"/>
       <c r="I39" s="5">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="J39" s="5"/>
-      <c r="K39" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K39" s="5"/>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="5">
-        <v>1861</v>
+        <v>1022</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="E40" s="6"/>
+        <v>66</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>67</v>
+      </c>
       <c r="F40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="6" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="I40" s="5">
-        <v>254</v>
-[...3 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="J40" s="5"/>
       <c r="K40" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="5">
-        <v>828</v>
+        <v>1861</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="E41" s="6"/>
       <c r="F41" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G41" s="6" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="I41" s="5">
-        <v>239</v>
+        <v>254</v>
       </c>
       <c r="J41" s="5">
         <v>25</v>
       </c>
       <c r="K41" s="5">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
-        <v>1862</v>
+        <v>828</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="E42" s="6"/>
+        <v>60</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>61</v>
+      </c>
       <c r="F42" s="6" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="H42" s="6"/>
+        <v>21</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>29</v>
+      </c>
       <c r="I42" s="5">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="J42" s="5"/>
+        <v>239</v>
+      </c>
+      <c r="J42" s="5">
+        <v>25</v>
+      </c>
       <c r="K42" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
-        <v>3868</v>
+        <v>1862</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E43" s="6"/>
       <c r="F43" s="6" t="s">
-        <v>21</v>
-[...6 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="G43" s="6"/>
+      <c r="H43" s="6"/>
       <c r="I43" s="5">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="J43" s="5"/>
       <c r="K43" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="5">
-        <v>4169</v>
+        <v>3868</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="D44" s="6"/>
       <c r="E44" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I44" s="5">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="J44" s="5">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="K44" s="5">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
-        <v>2800</v>
+        <v>4169</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="D45" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="6"/>
+      <c r="D45" s="6"/>
+      <c r="E45" s="6" t="s">
+        <v>79</v>
+      </c>
       <c r="F45" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G45" s="6"/>
-      <c r="H45" s="6"/>
+      <c r="G45" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I45" s="5">
-        <v>228</v>
-[...2 lines deleted...]
-      <c r="K45" s="5"/>
+        <v>230</v>
+      </c>
+      <c r="J45" s="5">
+        <v>25</v>
+      </c>
+      <c r="K45" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
-        <v>827</v>
+        <v>2800</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="E46" s="6"/>
       <c r="F46" s="6" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G46" s="6"/>
+      <c r="H46" s="6"/>
       <c r="I46" s="5">
-        <v>227</v>
-[...6 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="J46" s="5"/>
+      <c r="K46" s="5"/>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
-        <v>3607</v>
+        <v>827</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="I47" s="5">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="J47" s="5">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K47" s="5">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
-        <v>4585</v>
+        <v>3607</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="D48" s="6" t="s">
+      <c r="E48" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="E48" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="6" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I48" s="5">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="J48" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K48" s="5">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="5">
-        <v>364</v>
+        <v>4585</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="D49" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="D49" s="6" t="s">
+      <c r="E49" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="E49" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G49" s="6" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I49" s="5">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="J49" s="5">
         <v>22</v>
       </c>
       <c r="K49" s="5">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
-        <v>4258</v>
+        <v>364</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D50" s="6"/>
+        <v>85</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>86</v>
+      </c>
       <c r="E50" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F50" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G50" s="6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="I50" s="5">
-        <v>200</v>
+        <v>213</v>
       </c>
       <c r="J50" s="5">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="K50" s="5">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
-        <v>2801</v>
+        <v>4258</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="D51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="6"/>
+      <c r="D51" s="6"/>
+      <c r="E51" s="6" t="s">
+        <v>88</v>
+      </c>
       <c r="F51" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G51" s="6"/>
-      <c r="H51" s="6"/>
+      <c r="G51" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H51" s="6" t="s">
+        <v>43</v>
+      </c>
       <c r="I51" s="5">
-        <v>199</v>
-[...2 lines deleted...]
-      <c r="K51" s="5"/>
+        <v>200</v>
+      </c>
+      <c r="J51" s="5">
+        <v>16</v>
+      </c>
+      <c r="K51" s="5">
+        <v>8</v>
+      </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
-        <v>1683</v>
+        <v>2801</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>87</v>
+        <v>55</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="E52" s="6"/>
       <c r="F52" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G52" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G52" s="6"/>
+      <c r="H52" s="6"/>
       <c r="I52" s="5">
-        <v>178</v>
-[...6 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="J52" s="5"/>
+      <c r="K52" s="5"/>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="5">
-        <v>159</v>
+        <v>1683</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="6" t="s">
         <v>89</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>90</v>
       </c>
       <c r="E53" s="6"/>
       <c r="F53" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G53" s="6"/>
-      <c r="H53" s="6"/>
+      <c r="G53" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>29</v>
+      </c>
       <c r="I53" s="5">
-        <v>166</v>
-[...2 lines deleted...]
-      <c r="K53" s="5"/>
+        <v>178</v>
+      </c>
+      <c r="J53" s="5">
+        <v>20</v>
+      </c>
+      <c r="K53" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="5">
-        <v>1365</v>
+        <v>159</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E54" s="6"/>
       <c r="F54" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G54" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G54" s="6"/>
+      <c r="H54" s="6"/>
       <c r="I54" s="5">
-        <v>165</v>
-[...6 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="J54" s="5"/>
+      <c r="K54" s="5"/>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
-        <v>2394</v>
+        <v>1365</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="E55" s="6"/>
       <c r="F55" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G55" s="6"/>
-      <c r="H55" s="6"/>
+      <c r="G55" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>43</v>
+      </c>
       <c r="I55" s="5">
-        <v>145</v>
-[...2 lines deleted...]
-      <c r="K55" s="5"/>
+        <v>165</v>
+      </c>
+      <c r="J55" s="5">
+        <v>12</v>
+      </c>
+      <c r="K55" s="5">
+        <v>6</v>
+      </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
-        <v>7645</v>
+        <v>2394</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="D56" s="6"/>
       <c r="E56" s="6" t="s">
-        <v>93</v>
-[...7 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" s="6"/>
+      <c r="H56" s="6"/>
       <c r="I56" s="5">
         <v>145</v>
       </c>
-      <c r="J56" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J56" s="5"/>
+      <c r="K56" s="5"/>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
-        <v>2028</v>
+        <v>7645</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>30</v>
+        <v>93</v>
       </c>
       <c r="D57" s="6"/>
       <c r="E57" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="F57" s="6" t="s">
-[...3 lines deleted...]
-      <c r="H57" s="6"/>
+      <c r="F57" s="6"/>
+      <c r="G57" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I57" s="5">
+        <v>145</v>
+      </c>
+      <c r="J57" s="5">
+        <v>16</v>
+      </c>
+      <c r="K57" s="5">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11">
+      <c r="A58" s="5">
+        <v>2028</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D58" s="6"/>
+      <c r="E58" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" s="6"/>
+      <c r="H58" s="6"/>
+      <c r="I58" s="5">
         <v>101</v>
       </c>
-      <c r="J57" s="5"/>
-[...9 lines deleted...]
-      <c r="H58" s="7"/>
+      <c r="J58" s="5"/>
+      <c r="K58" s="5"/>
+    </row>
+    <row r="59" spans="1:11">
+      <c r="B59" s="7"/>
+      <c r="C59" s="7"/>
+      <c r="D59" s="7"/>
+      <c r="E59" s="7"/>
+      <c r="F59" s="7"/>
+      <c r="G59" s="7"/>
+      <c r="H59" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">