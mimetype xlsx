--- v0 (2026-01-15)
+++ v1 (2026-03-16)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -145,90 +145,90 @@
   <si>
     <t>Orbanlaan 161</t>
   </si>
   <si>
     <t>Lopende procedure tot inschrijving op de bewaarlijst</t>
   </si>
   <si>
     <t>Domein Latour de Freins</t>
   </si>
   <si>
     <t>Engelandstraat 555</t>
   </si>
   <si>
     <t>IRSApark</t>
   </si>
   <si>
     <t>Waterlose Steenweg 1504</t>
   </si>
   <si>
     <t>Van Beverlaan 21</t>
   </si>
   <si>
     <t>Woluwepark</t>
   </si>
   <si>
+    <t>Jean Gérard Eggericxstraat 13</t>
+  </si>
+  <si>
     <t>Jette</t>
   </si>
   <si>
     <t>Park van de Sans Souci kliniek</t>
   </si>
   <si>
     <t>Wereldtentoonstellingslaan 218</t>
   </si>
   <si>
     <t>Parmentierpark</t>
   </si>
   <si>
     <t>Ganshoren</t>
   </si>
   <si>
     <t>Mathieu De Jongelaan 8</t>
   </si>
   <si>
     <t>de Foestraetslaan 35</t>
   </si>
   <si>
     <t>Lijsterbessebomenlaan 5b</t>
   </si>
   <si>
     <t>Victor-Emmanuel III laan 27</t>
   </si>
   <si>
     <t>Vuursteenweg 10</t>
   </si>
   <si>
     <t>Jachthoornlaan 48</t>
   </si>
   <si>
     <t>Hamoirlaan 24</t>
   </si>
   <si>
     <t>Toeristenlaan 39</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jean Gérard Eggericxstraat 13</t>
   </si>
   <si>
     <t>Sauvagerepark</t>
   </si>
   <si>
     <t>Copernicusstraat 93</t>
   </si>
   <si>
     <t>Sint-Jans-Molenbeek</t>
   </si>
   <si>
     <t>Joseph Scholsstraat 62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1108,456 +1108,456 @@
         <v>2804</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E17" s="6"/>
       <c r="F17" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="5">
         <v>226</v>
       </c>
       <c r="J17" s="5"/>
       <c r="K17" s="5"/>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
-        <v>4961</v>
+        <v>4335</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="D18" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="6" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="5">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="J18" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K18" s="5">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
-        <v>2680</v>
+        <v>4961</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="D19" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="E19" s="6"/>
       <c r="F19" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="H19" s="6"/>
+        <v>31</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="I19" s="5">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="J19" s="5"/>
+        <v>213</v>
+      </c>
+      <c r="J19" s="5">
+        <v>22</v>
+      </c>
       <c r="K19" s="5">
-        <v>0</v>
+        <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
-        <v>6869</v>
+        <v>2680</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D20" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="D20" s="6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E20" s="6"/>
       <c r="F20" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G20" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G20" s="6"/>
+      <c r="H20" s="6"/>
       <c r="I20" s="5">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="J20" s="5"/>
       <c r="K20" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
-        <v>2037</v>
+        <v>6869</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="D21" s="6"/>
       <c r="E21" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G21" s="6"/>
-      <c r="H21" s="6"/>
+      <c r="G21" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="I21" s="5">
-        <v>206</v>
-[...2 lines deleted...]
-      <c r="K21" s="5"/>
+        <v>209</v>
+      </c>
+      <c r="J21" s="5">
+        <v>25</v>
+      </c>
+      <c r="K21" s="5">
+        <v>12</v>
+      </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
-        <v>7045</v>
+        <v>2037</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D22" s="6"/>
       <c r="E22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G22" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
       <c r="I22" s="5">
-        <v>200</v>
-[...6 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="5"/>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
-        <v>2806</v>
+        <v>7045</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="E23" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6" t="s">
+        <v>50</v>
+      </c>
       <c r="F23" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G23" s="6"/>
-      <c r="H23" s="6"/>
+      <c r="G23" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>21</v>
+      </c>
       <c r="I23" s="5">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="K23" s="5"/>
+        <v>200</v>
+      </c>
+      <c r="J23" s="5">
+        <v>25</v>
+      </c>
+      <c r="K23" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
-        <v>6349</v>
+        <v>2806</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E24" s="6"/>
       <c r="F24" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G24" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G24" s="6"/>
+      <c r="H24" s="6"/>
       <c r="I24" s="5">
-        <v>188</v>
-[...6 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="5"/>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
-        <v>2396</v>
+        <v>6349</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D25" s="6"/>
       <c r="E25" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G25" s="6"/>
-      <c r="H25" s="6"/>
+      <c r="G25" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="I25" s="5">
-        <v>178</v>
-[...2 lines deleted...]
-      <c r="K25" s="5"/>
+        <v>188</v>
+      </c>
+      <c r="J25" s="5">
+        <v>19</v>
+      </c>
+      <c r="K25" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
-        <v>2397</v>
+        <v>2396</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D26" s="6"/>
       <c r="E26" s="6" t="s">
         <v>52</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G26" s="6"/>
       <c r="H26" s="6"/>
       <c r="I26" s="5">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="J26" s="5"/>
       <c r="K26" s="5"/>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
-        <v>2805</v>
+        <v>2397</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="E27" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="D27" s="6"/>
+      <c r="E27" s="6" t="s">
+        <v>53</v>
+      </c>
       <c r="F27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="5">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="J27" s="5"/>
       <c r="K27" s="5"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
-        <v>2039</v>
+        <v>2805</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E28" s="6"/>
       <c r="F28" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="5">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="J28" s="5"/>
       <c r="K28" s="5"/>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
-        <v>6069</v>
+        <v>2039</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="D29" s="6"/>
       <c r="E29" s="6" t="s">
         <v>54</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="G29" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G29" s="6"/>
+      <c r="H29" s="6"/>
       <c r="I29" s="5">
         <v>166</v>
       </c>
-      <c r="J29" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J29" s="5"/>
+      <c r="K29" s="5"/>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
-        <v>6071</v>
+        <v>6069</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D30" s="6"/>
       <c r="E30" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="5">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="J30" s="5">
         <v>15</v>
       </c>
       <c r="K30" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
-        <v>4335</v>
+        <v>6071</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="6"/>
       <c r="E31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I31" s="5">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="J31" s="5">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="K31" s="5">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
         <v>2190</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E32" s="6"/>
       <c r="F32" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
       <c r="I32" s="5">
         <v>146</v>
       </c>
       <c r="J32" s="5"/>
@@ -1634,51 +1634,51 @@
       <c r="H35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="5">
         <v>129</v>
       </c>
       <c r="J35" s="5">
         <v>19</v>
       </c>
       <c r="K35" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
         <v>6070</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D36" s="6"/>
       <c r="E36" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G36" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="5">
         <v>117</v>
       </c>
       <c r="J36" s="5"/>
       <c r="K36" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="7"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>