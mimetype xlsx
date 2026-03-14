--- v1 (2026-01-15)
+++ v2 (2026-03-14)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-14</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>Tumulidreef 18</t>
   </si>
   <si>
     <t>Op de wetenschappelijke inventaris</t>
   </si>
   <si>
     <t>St.- Lambrechts - Woluwe</t>
   </si>
   <si>
     <t>Théodore De Cuyperstraat 192</t>
   </si>
   <si>
     <t>Brussel</t>
   </si>
   <si>
     <t>Université Libre de Bruxelles - Solbosch</t>
   </si>
   <si>
     <t>Boom onzichtbaar vanaf de weg in (semi)-openbare ruimte</t>
   </si>
   <si>
     <t>Oudergem</t>
   </si>
   <si>
-    <t>Gabriel Emile Lebonlaan 24</t>
+    <t>Gustave Jean Leclercqstraat 24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF005BD3"/>
       <name val="Calibri"/>
@@ -814,51 +814,51 @@
         <v>5233</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="5">
         <v>120</v>
       </c>
       <c r="J10" s="5">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K10" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>