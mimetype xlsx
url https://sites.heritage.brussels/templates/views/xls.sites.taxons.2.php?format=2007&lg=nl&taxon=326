--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -157,50 +157,56 @@
   <si>
     <t xml:space="preserve">Capouilletblok </t>
   </si>
   <si>
     <t>Domein Latour de Freins</t>
   </si>
   <si>
     <t>Engelandstraat 555</t>
   </si>
   <si>
     <t>St.- Agatha - Berchem</t>
   </si>
   <si>
     <t>Kasterlindenstraat 69</t>
   </si>
   <si>
     <t xml:space="preserve">Park van het kasteel Morel - Domein La Héronnière </t>
   </si>
   <si>
     <t>Nisardstraat 9</t>
   </si>
   <si>
     <t>Terhulpsesteenweg 166</t>
   </si>
   <si>
+    <t>St.- Lambrechts - Woluwe</t>
+  </si>
+  <si>
+    <t>Lenneke Marelaan 9</t>
+  </si>
+  <si>
     <t>Emile Van Becelaerelaan 28</t>
   </si>
   <si>
     <t>Wolvendaelpark</t>
   </si>
   <si>
     <t>St.- Pieters - Woluwe</t>
   </si>
   <si>
     <t>Woluwepark</t>
   </si>
   <si>
     <t>Grensstraat 124</t>
   </si>
   <si>
     <t>Van Beverlaan 21</t>
   </si>
   <si>
     <t>Ganshoren</t>
   </si>
   <si>
     <t xml:space="preserve">Wereldtentoonstellingslaan </t>
   </si>
   <si>
     <t>Ringlaan 70</t>
@@ -229,53 +235,50 @@
   <si>
     <t>Sobieskypark en Koloniale Tuin</t>
   </si>
   <si>
     <t>Openveldstraat 90-92</t>
   </si>
   <si>
     <t>Koning Albertlaan 88</t>
   </si>
   <si>
     <t>Jette</t>
   </si>
   <si>
     <t>Heilige-Hartpark van Jette</t>
   </si>
   <si>
     <t>Heilig-Hartlaan 8</t>
   </si>
   <si>
     <t>Geïnventariseerd maar geveld</t>
   </si>
   <si>
     <t>Tuin van het Chinees Paviljoen</t>
   </si>
   <si>
-    <t>St.- Lambrechts - Woluwe</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Weegschaalbinnenhof </t>
   </si>
   <si>
     <t xml:space="preserve">Gentsesteenweg </t>
   </si>
   <si>
     <t>Ingeschreven op de wettelijke inventaris op</t>
   </si>
   <si>
     <t>Strijdersstraat 43</t>
   </si>
   <si>
     <t>Openbaar park van Laeken</t>
   </si>
   <si>
     <t>Het privé-park van het Koninklijk Instituut voor Natuurwetenschappen van België en de Chablisweg</t>
   </si>
   <si>
     <t>Vautierstraat 31</t>
   </si>
   <si>
     <t>Tuin van de oeuvre du calvaire</t>
   </si>
   <si>
     <t>Limaugestraat 14a-c</t>
@@ -299,53 +302,50 @@
     <t>Park Solvay Sports</t>
   </si>
   <si>
     <t>Perulaan 80</t>
   </si>
   <si>
     <t>Toeristenlaan 43</t>
   </si>
   <si>
     <t>Sauvagerepark</t>
   </si>
   <si>
     <t>Raketlaan 5</t>
   </si>
   <si>
     <t>Begraafplaats van Laken</t>
   </si>
   <si>
     <t>Vuursteenweg 10</t>
   </si>
   <si>
     <t xml:space="preserve">Johannalaan </t>
   </si>
   <si>
     <t>Landschap van het Brugmann Hospitaal</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lenneke Marelaan 9</t>
   </si>
   <si>
     <t>Stijgbeugellaan 7</t>
   </si>
   <si>
     <t>Sint-Jans-Molenbeek</t>
   </si>
   <si>
     <t>Karreveldpark</t>
   </si>
   <si>
     <t>Lijsterbessebomenlaan 7a</t>
   </si>
   <si>
     <t>Witte Vrouwenlaan 40</t>
   </si>
   <si>
     <t>Bosvoordse Steenweg 26-28</t>
   </si>
   <si>
     <t>Engeland</t>
   </si>
   <si>
     <t>Witte Vrouwenlaan 38</t>
   </si>
@@ -1357,1522 +1357,1522 @@
       <c r="D19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="5">
         <v>298</v>
       </c>
       <c r="J19" s="5">
         <v>26</v>
       </c>
       <c r="K19" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
-        <v>3915</v>
+        <v>3720</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D20" s="6"/>
       <c r="E20" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="I20" s="5">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J20" s="5">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K20" s="5">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
-        <v>2301</v>
+        <v>3915</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="E21" s="6"/>
+        <v>34</v>
+      </c>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="F21" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G21" s="6" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I21" s="5">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="J21" s="5">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="K21" s="5">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
-        <v>2807</v>
+        <v>2301</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E22" s="6"/>
       <c r="F22" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>33</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I22" s="5">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="J22" s="5"/>
+        <v>292</v>
+      </c>
+      <c r="J22" s="5">
+        <v>29</v>
+      </c>
       <c r="K22" s="5">
-        <v>0</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="5">
-        <v>4382</v>
+        <v>2807</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="E23" s="6" t="s">
         <v>50</v>
       </c>
+      <c r="D23" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" s="6"/>
       <c r="F23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="5">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="J23" s="5"/>
       <c r="K23" s="5">
-        <v>14</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="5">
-        <v>2046</v>
+        <v>4382</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="D24" s="6"/>
       <c r="E24" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G24" s="6"/>
-      <c r="H24" s="6"/>
+      <c r="G24" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I24" s="5">
-        <v>271</v>
-[...2 lines deleted...]
-      <c r="K24" s="5"/>
+        <v>277</v>
+      </c>
+      <c r="J24" s="5">
+        <v>18</v>
+      </c>
+      <c r="K24" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="5">
-        <v>2302</v>
+        <v>2046</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="D25" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6" t="s">
+        <v>53</v>
+      </c>
       <c r="F25" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G25" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G25" s="6"/>
+      <c r="H25" s="6"/>
       <c r="I25" s="5">
-        <v>270</v>
-[...6 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="5"/>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="5">
-        <v>4800</v>
+        <v>2302</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E26" s="6"/>
       <c r="F26" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G26" s="6" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I26" s="5">
         <v>270</v>
       </c>
       <c r="J26" s="5">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="K26" s="5">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="5">
-        <v>4855</v>
+        <v>4800</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="I27" s="5">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="J27" s="5">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K27" s="5">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
-        <v>3878</v>
+        <v>4855</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D28" s="6"/>
       <c r="E28" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I28" s="5">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="J28" s="5">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K28" s="5">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
-        <v>5424</v>
+        <v>3878</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>58</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G29" s="6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I29" s="5">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="J29" s="5">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="K29" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
-        <v>4092</v>
+        <v>5424</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D30" s="6"/>
+        <v>18</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>59</v>
+      </c>
       <c r="E30" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I30" s="5">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="J30" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="K30" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
-        <v>4227</v>
+        <v>4092</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D31" s="6"/>
       <c r="E31" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I31" s="5">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="J31" s="5">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="K31" s="5">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
-        <v>2363</v>
+        <v>4227</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E32" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D32" s="6"/>
+      <c r="E32" s="6" t="s">
+        <v>62</v>
+      </c>
       <c r="F32" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G32" s="6"/>
-      <c r="H32" s="6"/>
+      <c r="G32" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I32" s="5">
-        <v>258</v>
-[...2 lines deleted...]
-      <c r="K32" s="5"/>
+        <v>259</v>
+      </c>
+      <c r="J32" s="5">
+        <v>17</v>
+      </c>
+      <c r="K32" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
-        <v>4166</v>
+        <v>2363</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>48</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="6"/>
       <c r="F33" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G33" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G33" s="6"/>
+      <c r="H33" s="6"/>
       <c r="I33" s="5">
-        <v>257</v>
-[...6 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="J33" s="5"/>
+      <c r="K33" s="5"/>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
-        <v>934</v>
+        <v>4166</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="E34" s="6"/>
+        <v>50</v>
+      </c>
+      <c r="D34" s="6"/>
+      <c r="E34" s="6" t="s">
+        <v>63</v>
+      </c>
       <c r="F34" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G34" s="6"/>
-      <c r="H34" s="6"/>
+      <c r="G34" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I34" s="5">
-        <v>255</v>
-[...2 lines deleted...]
-      <c r="K34" s="5"/>
+        <v>257</v>
+      </c>
+      <c r="J34" s="5">
+        <v>20</v>
+      </c>
+      <c r="K34" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
-        <v>4692</v>
+        <v>934</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E35" s="6"/>
       <c r="F35" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G35" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G35" s="6"/>
+      <c r="H35" s="6"/>
       <c r="I35" s="5">
-        <v>251</v>
-[...6 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="J35" s="5"/>
+      <c r="K35" s="5"/>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="5">
-        <v>2365</v>
+        <v>4692</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E36" s="6"/>
+        <v>41</v>
+      </c>
+      <c r="D36" s="6"/>
+      <c r="E36" s="6" t="s">
+        <v>65</v>
+      </c>
       <c r="F36" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G36" s="6"/>
-      <c r="H36" s="6"/>
+      <c r="G36" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I36" s="5">
-        <v>250</v>
-[...2 lines deleted...]
-      <c r="K36" s="5"/>
+        <v>251</v>
+      </c>
+      <c r="J36" s="5">
+        <v>16</v>
+      </c>
+      <c r="K36" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="5">
-        <v>4677</v>
+        <v>2365</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E37" s="6"/>
       <c r="F37" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G37" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G37" s="6"/>
+      <c r="H37" s="6"/>
       <c r="I37" s="5">
         <v>250</v>
       </c>
-      <c r="J37" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J37" s="5"/>
+      <c r="K37" s="5"/>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="5">
-        <v>4819</v>
+        <v>4677</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D38" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D38" s="6"/>
+      <c r="E38" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="E38" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="6" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G38" s="6" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="5">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="J38" s="5"/>
+        <v>250</v>
+      </c>
+      <c r="J38" s="5">
+        <v>16</v>
+      </c>
       <c r="K38" s="5">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
-        <v>916</v>
+        <v>4819</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="D39" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="E39" s="6"/>
       <c r="F39" s="6" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="H39" s="6"/>
+        <v>70</v>
+      </c>
+      <c r="G39" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I39" s="5">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="J39" s="5"/>
-      <c r="K39" s="5"/>
+      <c r="K39" s="5">
+        <v>8</v>
+      </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="5">
-        <v>4007</v>
+        <v>916</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-      <c r="E40" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" s="6" t="s">
         <v>71</v>
       </c>
+      <c r="E40" s="6"/>
       <c r="F40" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G40" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G40" s="6"/>
+      <c r="H40" s="6"/>
       <c r="I40" s="5">
-        <v>243</v>
-[...6 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="J40" s="5"/>
+      <c r="K40" s="5"/>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="5">
-        <v>2364</v>
+        <v>4007</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E41" s="6"/>
+        <v>46</v>
+      </c>
+      <c r="D41" s="6"/>
+      <c r="E41" s="6" t="s">
+        <v>72</v>
+      </c>
       <c r="F41" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G41" s="6"/>
-      <c r="H41" s="6"/>
+      <c r="G41" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H41" s="6" t="s">
+        <v>37</v>
+      </c>
       <c r="I41" s="5">
-        <v>240</v>
-[...2 lines deleted...]
-      <c r="K41" s="5"/>
+        <v>243</v>
+      </c>
+      <c r="J41" s="5">
+        <v>15</v>
+      </c>
+      <c r="K41" s="5">
+        <v>15</v>
+      </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
-        <v>568</v>
+        <v>2364</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="E42" s="6"/>
       <c r="F42" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G42" s="6"/>
       <c r="H42" s="6"/>
       <c r="I42" s="5">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="5"/>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
-        <v>408</v>
+        <v>568</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E43" s="6"/>
       <c r="F43" s="6" t="s">
-        <v>73</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G43" s="6"/>
+      <c r="H43" s="6"/>
       <c r="I43" s="5">
-        <v>235</v>
-[...6 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="J43" s="5"/>
+      <c r="K43" s="5"/>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="5">
-        <v>4702</v>
+        <v>408</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>41</v>
       </c>
       <c r="D44" s="6"/>
       <c r="E44" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="F44" s="6" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I44" s="5">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J44" s="5">
         <v>15</v>
       </c>
       <c r="K44" s="5">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
-        <v>3914</v>
+        <v>4702</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D45" s="6"/>
       <c r="E45" s="6" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="F45" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="I45" s="5">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="J45" s="5">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="K45" s="5">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
-        <v>738</v>
+        <v>3914</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="E46" s="6"/>
+        <v>34</v>
+      </c>
+      <c r="D46" s="6"/>
+      <c r="E46" s="6" t="s">
+        <v>48</v>
+      </c>
       <c r="F46" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G46" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I46" s="5">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="J46" s="5">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K46" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
-        <v>663</v>
+        <v>738</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="E47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E47" s="6"/>
       <c r="F47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="I47" s="5">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J47" s="5">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="K47" s="5">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
-        <v>4550</v>
+        <v>663</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D48" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E48" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="E48" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G48" s="6" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I48" s="5">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="J48" s="5">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="K48" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="5">
-        <v>5222</v>
+        <v>4550</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D49" s="6"/>
+        <v>13</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>79</v>
+      </c>
       <c r="E49" s="6" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I49" s="5">
         <v>220</v>
       </c>
-      <c r="J49" s="5"/>
+      <c r="J49" s="5">
+        <v>22</v>
+      </c>
       <c r="K49" s="5">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="5">
-        <v>5047</v>
+        <v>5222</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="6" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="E50" s="6"/>
+        <v>30</v>
+      </c>
+      <c r="D50" s="6"/>
+      <c r="E50" s="6" t="s">
+        <v>58</v>
+      </c>
       <c r="F50" s="6" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G50" s="6" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I50" s="5">
         <v>220</v>
       </c>
-      <c r="J50" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J50" s="5"/>
       <c r="K50" s="5">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
-        <v>5400</v>
+        <v>5047</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="E51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E51" s="6"/>
       <c r="F51" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I51" s="5">
         <v>220</v>
       </c>
       <c r="J51" s="5">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="K51" s="5">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
-        <v>5594</v>
+        <v>5400</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="F52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G52" s="6" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I52" s="5">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="J52" s="5">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="K52" s="5">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" s="5">
-        <v>917</v>
+        <v>5594</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="E53" s="6"/>
+        <v>39</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>40</v>
+      </c>
       <c r="F53" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G53" s="6"/>
-      <c r="H53" s="6"/>
+      <c r="G53" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>23</v>
+      </c>
       <c r="I53" s="5">
-        <v>217</v>
-[...2 lines deleted...]
-      <c r="K53" s="5"/>
+        <v>218</v>
+      </c>
+      <c r="J53" s="5">
+        <v>26</v>
+      </c>
+      <c r="K53" s="5">
+        <v>4</v>
+      </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" s="5">
-        <v>4728</v>
+        <v>917</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="E54" s="6"/>
       <c r="F54" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G54" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G54" s="6"/>
+      <c r="H54" s="6"/>
       <c r="I54" s="5">
         <v>217</v>
       </c>
       <c r="J54" s="5"/>
-      <c r="K54" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K54" s="5"/>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
-        <v>6274</v>
+        <v>4728</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D55" s="6"/>
       <c r="E55" s="6" t="s">
-        <v>84</v>
+        <v>42</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I55" s="5">
         <v>217</v>
       </c>
-      <c r="J55" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J55" s="5"/>
       <c r="K55" s="5">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
-        <v>6034</v>
+        <v>6274</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D56" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" s="6"/>
+      <c r="E56" s="6" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F56" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G56" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I56" s="5">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="J56" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="K56" s="5">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" s="5">
-        <v>935</v>
+        <v>6034</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="E57" s="6"/>
+        <v>86</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>87</v>
+      </c>
       <c r="F57" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G57" s="6"/>
-      <c r="H57" s="6"/>
+      <c r="G57" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>23</v>
+      </c>
       <c r="I57" s="5">
-        <v>214</v>
-[...2 lines deleted...]
-      <c r="K57" s="5"/>
+        <v>215</v>
+      </c>
+      <c r="J57" s="5">
+        <v>20</v>
+      </c>
+      <c r="K57" s="5">
+        <v>9</v>
+      </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="5">
-        <v>4179</v>
+        <v>935</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>48</v>
-[...4 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E58" s="6"/>
       <c r="F58" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G58" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G58" s="6"/>
+      <c r="H58" s="6"/>
       <c r="I58" s="5">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="J58" s="5"/>
-      <c r="K58" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K58" s="5"/>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="5">
-        <v>2191</v>
+        <v>4179</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D59" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D59" s="6"/>
+      <c r="E59" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="E59" s="6"/>
       <c r="F59" s="6" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-      <c r="H59" s="6"/>
+        <v>21</v>
+      </c>
+      <c r="G59" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I59" s="5">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="J59" s="5"/>
       <c r="K59" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="5">
-        <v>4226</v>
+        <v>2191</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="E60" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D60" s="6" t="s">
         <v>89</v>
       </c>
+      <c r="E60" s="6"/>
       <c r="F60" s="6" t="s">
-        <v>21</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="G60" s="6"/>
+      <c r="H60" s="6"/>
       <c r="I60" s="5">
         <v>210</v>
       </c>
-      <c r="J60" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="J60" s="5"/>
       <c r="K60" s="5">
-        <v>8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="5">
-        <v>6813</v>
+        <v>4226</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D61" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D61" s="6"/>
+      <c r="E61" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="E61" s="6"/>
       <c r="F61" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="5">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J61" s="5">
         <v>18</v>
       </c>
       <c r="K61" s="5">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="5">
-        <v>2400</v>
+        <v>6813</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="E62" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" s="6" t="s">
         <v>91</v>
       </c>
+      <c r="E62" s="6"/>
       <c r="F62" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G62" s="6"/>
-      <c r="H62" s="6"/>
+      <c r="G62" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="I62" s="5">
-        <v>207</v>
-[...2 lines deleted...]
-      <c r="K62" s="5"/>
+        <v>209</v>
+      </c>
+      <c r="J62" s="5">
+        <v>18</v>
+      </c>
+      <c r="K62" s="5">
+        <v>11</v>
+      </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
-        <v>4619</v>
+        <v>2400</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="D63" s="6"/>
       <c r="E63" s="6" t="s">
         <v>92</v>
       </c>
       <c r="F63" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G63" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G63" s="6"/>
+      <c r="H63" s="6"/>
       <c r="I63" s="5">
-        <v>206</v>
-[...6 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="J63" s="5"/>
+      <c r="K63" s="5"/>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
-        <v>7081</v>
+        <v>4619</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D64" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E64" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="E64" s="6"/>
       <c r="F64" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I64" s="5">
         <v>206</v>
       </c>
       <c r="J64" s="5">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="K64" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
-        <v>3720</v>
+        <v>7081</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-      <c r="E65" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" s="6" t="s">
         <v>94</v>
       </c>
+      <c r="E65" s="6"/>
       <c r="F65" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G65" s="6" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="5">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="J65" s="5">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="K65" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">
         <v>2808</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E66" s="6"/>
       <c r="F66" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G66" s="6"/>
       <c r="H66" s="6"/>
       <c r="I66" s="5">
         <v>200</v>
       </c>
       <c r="J66" s="5"/>
       <c r="K66" s="5"/>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="5">
         <v>4243</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D67" s="6"/>
       <c r="E67" s="6" t="s">
         <v>95</v>
       </c>
       <c r="F67" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G67" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="5">
         <v>200</v>
       </c>
       <c r="J67" s="5">
         <v>18</v>
       </c>
       <c r="K67" s="5">
         <v>7</v>
       </c>
     </row>
     <row r="68" spans="1:11">
@@ -2898,51 +2898,51 @@
       <c r="H68" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="5">
         <v>200</v>
       </c>
       <c r="J68" s="5"/>
       <c r="K68" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="5">
         <v>4620</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E69" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F69" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G69" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I69" s="5">
         <v>196</v>
       </c>
       <c r="J69" s="5">
         <v>19</v>
       </c>
       <c r="K69" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="5">
         <v>2047</v>
       </c>
       <c r="B70" s="6" t="s">
@@ -2952,51 +2952,51 @@
         <v>27</v>
       </c>
       <c r="D70" s="6"/>
       <c r="E70" s="6" t="s">
         <v>98</v>
       </c>
       <c r="F70" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G70" s="6"/>
       <c r="H70" s="6"/>
       <c r="I70" s="5">
         <v>194</v>
       </c>
       <c r="J70" s="5"/>
       <c r="K70" s="5"/>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="5">
         <v>2596</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D71" s="6"/>
       <c r="E71" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F71" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="5">
         <v>187</v>
       </c>
       <c r="J71" s="5">
         <v>16</v>
       </c>
       <c r="K71" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:11">
@@ -3068,82 +3068,82 @@
         <v>27</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>101</v>
       </c>
       <c r="E74" s="6"/>
       <c r="F74" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G74" s="6"/>
       <c r="H74" s="6"/>
       <c r="I74" s="5">
         <v>184</v>
       </c>
       <c r="J74" s="5"/>
       <c r="K74" s="5"/>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="5">
         <v>2595</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D75" s="6"/>
       <c r="E75" s="6" t="s">
         <v>102</v>
       </c>
       <c r="F75" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G75" s="6"/>
       <c r="H75" s="6"/>
       <c r="I75" s="5">
         <v>184</v>
       </c>
       <c r="J75" s="5"/>
       <c r="K75" s="5"/>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
         <v>4549</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F76" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G76" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I76" s="5">
         <v>183</v>
       </c>
       <c r="J76" s="5">
         <v>25</v>
       </c>
       <c r="K76" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
         <v>1081</v>
       </c>
       <c r="B77" s="6" t="s">
@@ -3197,54 +3197,54 @@
       </c>
       <c r="H78" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I78" s="5">
         <v>175</v>
       </c>
       <c r="J78" s="5">
         <v>22</v>
       </c>
       <c r="K78" s="5">
         <v>7</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
         <v>4551</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F79" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G79" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="5">
         <v>175</v>
       </c>
       <c r="J79" s="5">
         <v>21</v>
       </c>
       <c r="K79" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
         <v>5595</v>
       </c>
       <c r="B80" s="6" t="s">
@@ -3272,51 +3272,51 @@
         <v>172</v>
       </c>
       <c r="J80" s="5">
         <v>28</v>
       </c>
       <c r="K80" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="5">
         <v>7117</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D81" s="6"/>
       <c r="E81" s="6" t="s">
         <v>106</v>
       </c>
       <c r="F81" s="6"/>
       <c r="G81" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="5">
         <v>165</v>
       </c>
       <c r="J81" s="5">
         <v>25</v>
       </c>
       <c r="K81" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="5">
         <v>2269</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D82" s="6"/>
@@ -3566,51 +3566,51 @@
         <v>21</v>
       </c>
       <c r="G91" s="6"/>
       <c r="H91" s="6" t="s">
         <v>23</v>
       </c>
       <c r="I91" s="5">
         <v>0</v>
       </c>
       <c r="J91" s="5"/>
       <c r="K91" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="5">
         <v>737</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E92" s="6"/>
       <c r="F92" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G92" s="6"/>
       <c r="H92" s="6"/>
       <c r="I92" s="5">
         <v>0</v>
       </c>
       <c r="J92" s="5"/>
       <c r="K92" s="5"/>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="5">
         <v>2045</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D93" s="6"/>
       <c r="E93" s="6" t="s">
@@ -3638,134 +3638,134 @@
         <v>27</v>
       </c>
       <c r="D94" s="6"/>
       <c r="E94" s="6" t="s">
         <v>113</v>
       </c>
       <c r="F94" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G94" s="6"/>
       <c r="H94" s="6"/>
       <c r="I94" s="5">
         <v>0</v>
       </c>
       <c r="J94" s="5"/>
       <c r="K94" s="5"/>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="5">
         <v>2594</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D95" s="6"/>
       <c r="E95" s="6" t="s">
         <v>114</v>
       </c>
       <c r="F95" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G95" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H95" s="6"/>
       <c r="I95" s="5">
         <v>0</v>
       </c>
       <c r="J95" s="5">
         <v>25</v>
       </c>
       <c r="K95" s="5"/>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="5">
         <v>2398</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D96" s="6"/>
       <c r="E96" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F96" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G96" s="6"/>
       <c r="H96" s="6"/>
       <c r="I96" s="5">
         <v>0</v>
       </c>
       <c r="J96" s="5"/>
       <c r="K96" s="5"/>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="5">
         <v>2399</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D97" s="6"/>
       <c r="E97" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F97" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G97" s="6"/>
       <c r="H97" s="6"/>
       <c r="I97" s="5">
         <v>0</v>
       </c>
       <c r="J97" s="5"/>
       <c r="K97" s="5"/>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="5">
         <v>2401</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D98" s="6"/>
       <c r="E98" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F98" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G98" s="6"/>
       <c r="H98" s="6"/>
       <c r="I98" s="5">
         <v>0</v>
       </c>
       <c r="J98" s="5"/>
       <c r="K98" s="5"/>
     </row>
     <row r="99" spans="1:11">
       <c r="B99" s="7"/>
       <c r="C99" s="7"/>
       <c r="D99" s="7"/>
       <c r="E99" s="7"/>
       <c r="F99" s="7"/>
       <c r="G99" s="7"/>
       <c r="H99" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>