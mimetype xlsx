--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>