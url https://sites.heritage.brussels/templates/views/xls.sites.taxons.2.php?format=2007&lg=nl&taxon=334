--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -16,53 +16,53 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
-[...1 lines deleted...]
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+  <si>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -137,50 +137,53 @@
     <t>Jean-François Debeckerlaan 38-40</t>
   </si>
   <si>
     <t>Boom onzichtbaar vanaf de weg, in privéterrein</t>
   </si>
   <si>
     <t>Ukkel</t>
   </si>
   <si>
     <t>Prins van Oranjelaan 32</t>
   </si>
   <si>
     <t>St.- Pieters - Woluwe</t>
   </si>
   <si>
     <t>Parmentierpark</t>
   </si>
   <si>
     <t>Tervurenlaan 380</t>
   </si>
   <si>
     <t>Kerkhof van de Dieweg</t>
   </si>
   <si>
     <t xml:space="preserve">Ruisbroeksesteenweg </t>
+  </si>
+  <si>
+    <t>Anderlecht</t>
   </si>
   <si>
     <t>Groenenberg 2</t>
   </si>
   <si>
     <t>Zoniënwoud</t>
   </si>
   <si>
     <t>Massarttuin</t>
   </si>
   <si>
     <t>Houzeaulaan 28</t>
   </si>
   <si>
     <t>Joseph Van Genegenlaan 21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
@@ -571,51 +574,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:K23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="8" max="8" width="11.42578125" customWidth="true" style="0"/>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="9" max="9" width="5" customWidth="true" style="0"/>
     <col min="10" max="10" width="5" customWidth="true" style="0"/>
     <col min="11" max="11" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="23" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="19" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="18.75">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
@@ -1039,242 +1042,271 @@
       <c r="D15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="5">
         <v>190</v>
       </c>
       <c r="J15" s="5"/>
       <c r="K15" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
-        <v>5789</v>
+        <v>7673</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="D16" s="6"/>
-      <c r="E16" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
       <c r="G16" s="6" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I16" s="5">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="J16" s="5">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="K16" s="5">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
-        <v>2229</v>
+        <v>5789</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D17" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" s="6"/>
+      <c r="E17" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="E17" s="6"/>
       <c r="F17" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G17" s="6"/>
-      <c r="H17" s="6"/>
+      <c r="G17" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>26</v>
+      </c>
       <c r="I17" s="5">
-        <v>172</v>
-[...2 lines deleted...]
-      <c r="K17" s="5"/>
+        <v>178</v>
+      </c>
+      <c r="J17" s="5">
+        <v>13</v>
+      </c>
+      <c r="K17" s="5">
+        <v>14</v>
+      </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
-        <v>6516</v>
+        <v>2229</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E18" s="6"/>
       <c r="F18" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G18" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G18" s="6"/>
+      <c r="H18" s="6"/>
       <c r="I18" s="5">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="J18" s="5"/>
-      <c r="K18" s="5">
-[...1 lines deleted...]
-      </c>
+      <c r="K18" s="5"/>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
-        <v>315</v>
+        <v>6516</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>42</v>
       </c>
       <c r="E19" s="6"/>
       <c r="F19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="5">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="J19" s="5"/>
       <c r="K19" s="5">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
-        <v>7249</v>
+        <v>315</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="E20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="F20" s="6"/>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G20" s="6" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I20" s="5">
         <v>149</v>
       </c>
       <c r="J20" s="5">
         <v>15</v>
       </c>
       <c r="K20" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
-        <v>2597</v>
+        <v>7249</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D21" s="6"/>
       <c r="E21" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="F21" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F21" s="6"/>
       <c r="G21" s="6" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I21" s="5">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="J21" s="5">
         <v>15</v>
       </c>
       <c r="K21" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" s="5">
+        <v>2597</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D22" s="6"/>
+      <c r="E22" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="I22" s="5">
+        <v>147</v>
+      </c>
+      <c r="J22" s="5">
+        <v>15</v>
+      </c>
+      <c r="K22" s="5">
         <v>10</v>
       </c>
     </row>
-    <row r="22" spans="1:11">
-[...6 lines deleted...]
-      <c r="H22" s="7"/>
+    <row r="23" spans="1:11">
+      <c r="B23" s="7"/>
+      <c r="C23" s="7"/>
+      <c r="D23" s="7"/>
+      <c r="E23" s="7"/>
+      <c r="F23" s="7"/>
+      <c r="G23" s="7"/>
+      <c r="H23" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">