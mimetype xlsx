--- v1 (2025-12-26)
+++ v2 (2026-02-24)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-12-26</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-02-24</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -818,51 +818,51 @@
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I10" s="5">
         <v>341</v>
       </c>
       <c r="J10" s="5">
         <v>23</v>
       </c>
       <c r="K10" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" s="5">
         <v>2815</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="6"/>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="5">
         <v>326</v>
       </c>
       <c r="J11" s="5"/>