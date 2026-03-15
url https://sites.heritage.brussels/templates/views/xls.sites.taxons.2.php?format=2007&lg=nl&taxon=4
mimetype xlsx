--- v1 (2026-01-15)
+++ v2 (2026-03-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -79,75 +79,75 @@
     <t>Abies grandis
 Reuze zilverspar</t>
   </si>
   <si>
     <t>Watermaal-Bosvoorde</t>
   </si>
   <si>
     <t>Terhulpsesteenweg 166</t>
   </si>
   <si>
     <t>Boom onzichtbaar vanaf de weg, in privéterrein</t>
   </si>
   <si>
     <t>Groep van minder dan 5 bomen</t>
   </si>
   <si>
     <t>Ukkel</t>
   </si>
   <si>
     <t>Fretlaan 15a</t>
   </si>
   <si>
     <t>Op de wetenschappelijke inventaris</t>
   </si>
   <si>
+    <t>Oudergem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emile Rotiersstraat </t>
+  </si>
+  <si>
+    <t>Boom zichtbaar vanaf de weg</t>
+  </si>
+  <si>
+    <t>Alleenstaande boom</t>
+  </si>
+  <si>
     <t>Anderlecht</t>
   </si>
   <si>
     <t>Astridpark</t>
   </si>
   <si>
     <t>Boom onzichtbaar vanaf de weg in (semi)-openbare ruimte</t>
   </si>
   <si>
     <t>St.- Agatha - Berchem</t>
   </si>
   <si>
     <t xml:space="preserve">Dendermondestraat </t>
-  </si>
-[...10 lines deleted...]
-    <t>Alleenstaande boom</t>
   </si>
   <si>
     <t>Aiglonlaan 37</t>
   </si>
   <si>
     <t>Geïnventariseerd maar geveld</t>
   </si>
   <si>
     <t>de Foestraetslaan 36d</t>
   </si>
   <si>
     <t>Brussel</t>
   </si>
   <si>
     <t>Osseghempark</t>
   </si>
   <si>
     <t>Paardenrenbaan van Bosvoorde</t>
   </si>
   <si>
     <t>Schaarbeek</t>
   </si>
   <si>
     <t>Josaphatpark</t>
   </si>
@@ -703,165 +703,167 @@
         <v>1902</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="6"/>
       <c r="E5" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="5">
         <v>284</v>
       </c>
       <c r="J5" s="5"/>
       <c r="K5" s="5"/>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" s="5">
-        <v>7427</v>
+        <v>208</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D6" s="6" t="s">
+      <c r="D6" s="6"/>
+      <c r="E6" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="E6" s="6"/>
-      <c r="F6" s="6"/>
+      <c r="F6" s="6" t="s">
+        <v>19</v>
+      </c>
       <c r="G6" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="6" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="I6" s="5">
-        <v>260</v>
+        <v>275</v>
       </c>
       <c r="J6" s="5">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K6" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" s="5">
-        <v>391</v>
+        <v>7427</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-      <c r="E7" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="F7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D7" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
       <c r="G7" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="5">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="J7" s="5">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K7" s="5">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" s="5">
-        <v>208</v>
+        <v>391</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D8" s="6"/>
       <c r="E8" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H8" s="6" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="I8" s="5">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="J8" s="5"/>
+        <v>256</v>
+      </c>
+      <c r="J8" s="5">
+        <v>17</v>
+      </c>
       <c r="K8" s="5">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" s="5">
         <v>1904</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="6"/>
       <c r="E9" s="6" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>30</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H9" s="6" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I9" s="5">
         <v>250</v>
       </c>
       <c r="J9" s="5"/>
       <c r="K9" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
         <v>1903</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>19</v>
@@ -893,84 +895,84 @@
       </c>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="5">
         <v>245</v>
       </c>
       <c r="J11" s="5"/>
       <c r="K11" s="5"/>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
         <v>7362</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="5">
         <v>236</v>
       </c>
       <c r="J12" s="5">
         <v>25</v>
       </c>
       <c r="K12" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" s="5">
         <v>6595</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E13" s="6"/>
       <c r="F13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G13" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="5">
         <v>235</v>
       </c>
       <c r="J13" s="5">
         <v>29</v>
       </c>
       <c r="K13" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="5">
         <v>2551</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="6"/>
@@ -1072,117 +1074,117 @@
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
         <v>6886</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>30</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>45</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I18" s="5">
         <v>180</v>
       </c>
       <c r="J18" s="5">
         <v>22</v>
       </c>
       <c r="K18" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
         <v>4852</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D19" s="6"/>
       <c r="E19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I19" s="5">
         <v>168</v>
       </c>
       <c r="J19" s="5">
         <v>27</v>
       </c>
       <c r="K19" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
         <v>2552</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="6"/>
       <c r="E20" s="6" t="s">
         <v>47</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>30</v>
       </c>
       <c r="G20" s="6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I20" s="5">
         <v>143</v>
       </c>
       <c r="J20" s="5">
         <v>17</v>
       </c>
       <c r="K20" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
         <v>3127</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
       <c r="F21" s="6" t="s">
         <v>19</v>
@@ -1194,51 +1196,51 @@
       </c>
       <c r="J21" s="5"/>
       <c r="K21" s="5"/>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="5">
         <v>4851</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D22" s="6"/>
       <c r="E22" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>48</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="I22" s="5">
         <v>125</v>
       </c>
       <c r="J22" s="5">
         <v>26</v>
       </c>
       <c r="K22" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="7"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>