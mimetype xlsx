--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -340,99 +340,99 @@
   <si>
     <t>Bosstraat 382</t>
   </si>
   <si>
     <t xml:space="preserve">Emmanuel Mounierlaan </t>
   </si>
   <si>
     <t>Konkelstraat 37</t>
   </si>
   <si>
     <t>Cactuslaan 26</t>
   </si>
   <si>
     <t>Blücherlaan 158</t>
   </si>
   <si>
     <t>Tuin van de Sint-Guidokapel</t>
   </si>
   <si>
     <t>Itterbeekse Laan 93</t>
   </si>
   <si>
     <t>Juliettelaan 13</t>
   </si>
   <si>
+    <t>Cherridreuxpark</t>
+  </si>
+  <si>
     <t>Lindekmalemolen en omgevingen</t>
   </si>
   <si>
     <t xml:space="preserve">Jean-François Debeckerlaan </t>
   </si>
   <si>
     <t>Park van het Sint-Hubert collège</t>
   </si>
   <si>
     <t>Léopold Wienerlaan 88</t>
   </si>
   <si>
     <t>Salomélaan 2</t>
   </si>
   <si>
     <t>21 julisquare</t>
   </si>
   <si>
     <t>Jean-François Debeckerlaan 10</t>
   </si>
   <si>
     <t>Park van het kasteel "la Solitude"</t>
   </si>
   <si>
     <t>Charles Schallerlaan 54</t>
   </si>
   <si>
     <t>Tervurenlaan 361</t>
   </si>
   <si>
     <t>Hougoumontlaan 10</t>
   </si>
   <si>
     <t>Sauvagerepark</t>
   </si>
   <si>
     <t>de Haveskerckelaan 78/84</t>
   </si>
   <si>
     <t>Vogelvangstlaan 35</t>
   </si>
   <si>
     <t>Volhardingslaan 43</t>
   </si>
   <si>
     <t>Itterbeekse Laan 174</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cherridreuxpark</t>
   </si>
   <si>
     <t>Blücherlaan 160</t>
   </si>
   <si>
     <t>Karrenberg 53</t>
   </si>
   <si>
     <t xml:space="preserve">Eenboomstraat </t>
   </si>
   <si>
     <t xml:space="preserve">Snippendal </t>
   </si>
   <si>
     <t>Fort-Jacolaan 46</t>
   </si>
   <si>
     <t>Omgeving van het gebouw CBR</t>
   </si>
   <si>
     <t>Terhulpsesteenweg 185</t>
   </si>
   <si>
     <t>Albert Lancasterlaan 103</t>
   </si>
@@ -4543,684 +4543,684 @@
       <c r="D114" s="6"/>
       <c r="E114" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F114" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G114" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="5">
         <v>297</v>
       </c>
       <c r="J114" s="5">
         <v>25</v>
       </c>
       <c r="K114" s="5">
         <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="5">
-        <v>5814</v>
+        <v>5139</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C115" s="6" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="E115" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E115" s="6"/>
       <c r="F115" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G115" s="6" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="H115" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I115" s="5">
         <v>297</v>
       </c>
       <c r="J115" s="5">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="K115" s="5">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="5">
-        <v>2317</v>
+        <v>5814</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C116" s="6" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="D116" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="E116" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="E116" s="6"/>
       <c r="F116" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G116" s="6"/>
-      <c r="H116" s="6"/>
+      <c r="G116" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>19</v>
+      </c>
       <c r="I116" s="5">
-        <v>295</v>
-[...2 lines deleted...]
-      <c r="K116" s="5"/>
+        <v>297</v>
+      </c>
+      <c r="J116" s="5">
+        <v>14</v>
+      </c>
+      <c r="K116" s="5">
+        <v>10</v>
+      </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="5">
-        <v>3865</v>
+        <v>2317</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C117" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D117" s="6"/>
-      <c r="E117" s="6" t="s">
+      <c r="D117" s="6" t="s">
         <v>110</v>
       </c>
+      <c r="E117" s="6"/>
       <c r="F117" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G117" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G117" s="6"/>
+      <c r="H117" s="6"/>
       <c r="I117" s="5">
-        <v>294</v>
-[...6 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="J117" s="5"/>
+      <c r="K117" s="5"/>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="5">
-        <v>4218</v>
+        <v>3865</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C118" s="6" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="D118" s="6"/>
       <c r="E118" s="6" t="s">
         <v>111</v>
       </c>
       <c r="F118" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G118" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H118" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I118" s="5">
         <v>294</v>
       </c>
       <c r="J118" s="5">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="K118" s="5">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="5">
-        <v>4215</v>
+        <v>4218</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C119" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D119" s="6"/>
       <c r="E119" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F119" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G119" s="6" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H119" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I119" s="5">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J119" s="5">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="K119" s="5">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="5">
-        <v>456</v>
+        <v>4215</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="6" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D120" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D120" s="6"/>
+      <c r="E120" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="E120" s="6"/>
       <c r="F120" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G120" s="6"/>
-      <c r="H120" s="6"/>
+      <c r="G120" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>35</v>
+      </c>
       <c r="I120" s="5">
-        <v>292</v>
-[...2 lines deleted...]
-      <c r="K120" s="5"/>
+        <v>293</v>
+      </c>
+      <c r="J120" s="5">
+        <v>22</v>
+      </c>
+      <c r="K120" s="5">
+        <v>16</v>
+      </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="5">
-        <v>3715</v>
+        <v>456</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="6" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-      <c r="E121" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" s="6" t="s">
         <v>113</v>
       </c>
+      <c r="E121" s="6"/>
       <c r="F121" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G121" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G121" s="6"/>
+      <c r="H121" s="6"/>
       <c r="I121" s="5">
         <v>292</v>
       </c>
-      <c r="J121" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J121" s="5"/>
+      <c r="K121" s="5"/>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="5">
-        <v>4219</v>
+        <v>3715</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="6" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="D122" s="6"/>
       <c r="E122" s="6" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F122" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G122" s="6" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H122" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I122" s="5">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J122" s="5">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="K122" s="5">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="5">
-        <v>5214</v>
+        <v>4219</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C123" s="6" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="D123" s="6"/>
       <c r="E123" s="6" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F123" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G123" s="6" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="H123" s="6" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I123" s="5">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="J123" s="5">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="K123" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="5">
-        <v>7257</v>
+        <v>5214</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="6" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D124" s="6"/>
+        <v>32</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>115</v>
+      </c>
       <c r="E124" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="F124" s="6"/>
+      <c r="F124" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="G124" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H124" s="6" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="I124" s="5">
         <v>290</v>
       </c>
       <c r="J124" s="5">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K124" s="5">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="5">
-        <v>2078</v>
+        <v>7257</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C125" s="6" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D125" s="6"/>
       <c r="E125" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="F125" s="6" t="s">
-[...3 lines deleted...]
-      <c r="H125" s="6"/>
+      <c r="F125" s="6"/>
+      <c r="G125" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H125" s="6" t="s">
+        <v>35</v>
+      </c>
       <c r="I125" s="5">
-        <v>286</v>
-[...2 lines deleted...]
-      <c r="K125" s="5"/>
+        <v>290</v>
+      </c>
+      <c r="J125" s="5">
+        <v>29</v>
+      </c>
+      <c r="K125" s="5">
+        <v>18</v>
+      </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="5">
-        <v>6753</v>
+        <v>2078</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C126" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D126" s="6" t="s">
+      <c r="D126" s="6"/>
+      <c r="E126" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="E126" s="6"/>
       <c r="F126" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="G126" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G126" s="6"/>
+      <c r="H126" s="6"/>
       <c r="I126" s="5">
         <v>286</v>
       </c>
-      <c r="J126" s="5">
-[...4 lines deleted...]
-      </c>
+      <c r="J126" s="5"/>
+      <c r="K126" s="5"/>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="5">
-        <v>2684</v>
+        <v>6753</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C127" s="6" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D127" s="6" t="s">
-        <v>49</v>
+        <v>119</v>
       </c>
       <c r="E127" s="6"/>
       <c r="F127" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G127" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I127" s="5">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="J127" s="5">
         <v>30</v>
       </c>
       <c r="K127" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="5">
-        <v>2164</v>
+        <v>2684</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C128" s="6" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D128" s="6" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="E128" s="6"/>
       <c r="F128" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G128" s="6" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="H128" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I128" s="5">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J128" s="5">
         <v>30</v>
       </c>
       <c r="K128" s="5">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="5">
-        <v>2166</v>
+        <v>2164</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C129" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E129" s="6" t="s">
         <v>67</v>
       </c>
       <c r="F129" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G129" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H129" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I129" s="5">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J129" s="5">
         <v>30</v>
       </c>
       <c r="K129" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="5">
-        <v>5752</v>
+        <v>2166</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C130" s="6" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D130" s="6"/>
+        <v>22</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>66</v>
+      </c>
       <c r="E130" s="6" t="s">
-        <v>119</v>
+        <v>67</v>
       </c>
       <c r="F130" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G130" s="6" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H130" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I130" s="5">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J130" s="5">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K130" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="5">
-        <v>6695</v>
+        <v>5752</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C131" s="6" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D131" s="6"/>
       <c r="E131" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F131" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G131" s="6" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="H131" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I131" s="5">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="J131" s="5">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K131" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="5">
-        <v>7482</v>
+        <v>6695</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C132" s="6" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="D132" s="6"/>
       <c r="E132" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="F132" s="6"/>
+      <c r="F132" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="G132" s="6" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="H132" s="6" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="I132" s="5">
         <v>280</v>
       </c>
       <c r="J132" s="5">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K132" s="5">
-        <v>23</v>
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="5">
-        <v>7556</v>
+        <v>7482</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C133" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D133" s="6"/>
       <c r="E133" s="6" t="s">
         <v>122</v>
       </c>
       <c r="F133" s="6"/>
       <c r="G133" s="6" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H133" s="6" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I133" s="5">
         <v>280</v>
       </c>
       <c r="J133" s="5">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="K133" s="5">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="5">
-        <v>5139</v>
+        <v>7556</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C134" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D134" s="6"/>
+      <c r="E134" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F134" s="6"/>
+      <c r="G134" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H134" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="I134" s="5">
+        <v>280</v>
+      </c>
+      <c r="J134" s="5">
+        <v>17</v>
+      </c>
+      <c r="K134" s="5">
         <v>22</v>
-      </c>
-[...20 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="5">
         <v>6772</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C135" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D135" s="6"/>
       <c r="E135" s="6" t="s">
         <v>124</v>
       </c>
       <c r="F135" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G135" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H135" s="6" t="s">
         <v>35</v>
       </c>
@@ -5482,51 +5482,51 @@
       <c r="H143" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I143" s="5">
         <v>273</v>
       </c>
       <c r="J143" s="5">
         <v>25</v>
       </c>
       <c r="K143" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="5">
         <v>2940</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C144" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D144" s="6"/>
       <c r="E144" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F144" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G144" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I144" s="5">
         <v>271</v>
       </c>
       <c r="J144" s="5">
         <v>31</v>
       </c>
       <c r="K144" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="5">
         <v>4840</v>
       </c>
       <c r="B145" s="6" t="s">
@@ -6179,51 +6179,51 @@
       <c r="H166" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I166" s="5">
         <v>248</v>
       </c>
       <c r="J166" s="5">
         <v>15</v>
       </c>
       <c r="K166" s="5">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="5">
         <v>4217</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C167" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D167" s="6"/>
       <c r="E167" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F167" s="6" t="s">
         <v>30</v>
       </c>
       <c r="G167" s="6" t="s">
         <v>31</v>
       </c>
       <c r="H167" s="6" t="s">
         <v>35</v>
       </c>
       <c r="I167" s="5">
         <v>247</v>
       </c>
       <c r="J167" s="5">
         <v>25</v>
       </c>
       <c r="K167" s="5">
         <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="5">
         <v>871</v>
       </c>
       <c r="B168" s="6" t="s">
@@ -7021,51 +7021,51 @@
       </c>
       <c r="H193" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I193" s="5">
         <v>196</v>
       </c>
       <c r="J193" s="5">
         <v>25</v>
       </c>
       <c r="K193" s="5">
         <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="5">
         <v>2195</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C194" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D194" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E194" s="6"/>
       <c r="F194" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G194" s="6"/>
       <c r="H194" s="6"/>
       <c r="I194" s="5">
         <v>192</v>
       </c>
       <c r="J194" s="5"/>
       <c r="K194" s="5"/>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="5">
         <v>2082</v>
       </c>
       <c r="B195" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C195" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D195" s="6"/>
       <c r="E195" s="6" t="s">