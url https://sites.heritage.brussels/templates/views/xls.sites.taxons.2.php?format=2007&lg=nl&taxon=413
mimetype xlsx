--- v1 (2026-01-15)
+++ v2 (2026-03-12)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-12</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>