--- v0 (2025-10-23)
+++ v1 (2025-12-26)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-10-23</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-12-26</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -1178,51 +1178,51 @@
         <v>12</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="6"/>
       <c r="E11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="5">
         <v>391</v>
       </c>
       <c r="J11" s="5">
         <v>20</v>
       </c>
       <c r="K11" s="5">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" s="5">
         <v>4860</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="6"/>
       <c r="E12" s="6" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>20</v>
       </c>
@@ -4407,51 +4407,53 @@
       <c r="H119" s="6"/>
       <c r="I119" s="5">
         <v>200</v>
       </c>
       <c r="J119" s="5"/>
       <c r="K119" s="5"/>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="5">
         <v>2197</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>117</v>
       </c>
       <c r="E120" s="6"/>
       <c r="F120" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="6"/>
-      <c r="H120" s="6"/>
+      <c r="H120" s="6" t="s">
+        <v>44</v>
+      </c>
       <c r="I120" s="5">
         <v>199</v>
       </c>
       <c r="J120" s="5"/>
       <c r="K120" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="5">
         <v>894</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C121" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>131</v>
       </c>
       <c r="E121" s="6"/>
       <c r="F121" s="6" t="s">
         <v>15</v>
       </c>