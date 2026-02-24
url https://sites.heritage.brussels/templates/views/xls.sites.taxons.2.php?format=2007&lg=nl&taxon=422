--- v1 (2025-12-26)
+++ v2 (2026-02-24)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-12-26</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-02-24</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -945,57 +945,57 @@
     </row>
     <row r="4" spans="1:11">
       <c r="A4" s="5">
         <v>3734</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="6"/>
       <c r="E4" s="6" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="5">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="J4" s="5">
         <v>12</v>
       </c>
       <c r="K4" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" s="5">
         <v>7580</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="6"/>
       <c r="E5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="6"/>
       <c r="G5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I5" s="5">
         <v>468</v>
@@ -1114,51 +1114,51 @@
         <v>12</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="6"/>
       <c r="F9" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="5">
         <v>400</v>
       </c>
       <c r="J9" s="5">
         <v>8</v>
       </c>
       <c r="K9" s="5">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" s="5">
         <v>5454</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>17</v>
       </c>