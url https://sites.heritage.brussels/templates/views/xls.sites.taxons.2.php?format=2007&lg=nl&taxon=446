--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-12-05</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-02-04</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -196,69 +196,69 @@
   <si>
     <t>Wereldtentoonstellingslaan 218</t>
   </si>
   <si>
     <t>Roger Vandendriesschelaan 20</t>
   </si>
   <si>
     <t>Schaarbeek</t>
   </si>
   <si>
     <t>Josaphatpark</t>
   </si>
   <si>
     <t>Sauvagerepark</t>
   </si>
   <si>
     <t>Terhulpsesteenweg 181</t>
   </si>
   <si>
     <t>Oudergem</t>
   </si>
   <si>
     <t>Massarttuin</t>
   </si>
   <si>
+    <t>Cherridreuxpark</t>
+  </si>
+  <si>
     <t>Lijsterbessebomenlaan 6</t>
   </si>
   <si>
     <t>Parmentierpark</t>
   </si>
   <si>
     <t>Montjoiepark</t>
   </si>
   <si>
     <t>Landschap van de Madridlaan</t>
   </si>
   <si>
     <t xml:space="preserve">Madridlaan </t>
   </si>
   <si>
     <t>Boom zichtbaar vanaf de weg, bezettende een centrale positie in het landschap.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cherridreuxpark</t>
   </si>
   <si>
     <t>Anderlecht</t>
   </si>
   <si>
     <t>Scherdemaelpark</t>
   </si>
   <si>
     <t xml:space="preserve">Kapitein Fossoullaan </t>
   </si>
   <si>
     <t>Fond'Roypark</t>
   </si>
   <si>
     <t>Beplanting in afstemming</t>
   </si>
   <si>
     <t>Gendarmendreef 125</t>
   </si>
   <si>
     <t>Camille Paulsensquare 8</t>
   </si>
   <si>
     <t>Waterlose Steenweg 1039</t>
   </si>
@@ -1605,277 +1605,277 @@
       </c>
       <c r="E27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="5">
         <v>558</v>
       </c>
       <c r="J27" s="5">
         <v>38</v>
       </c>
       <c r="K27" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="5">
-        <v>4888</v>
+        <v>5144</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="D28" s="6"/>
-      <c r="E28" s="6" t="s">
+      <c r="D28" s="6" t="s">
         <v>59</v>
       </c>
+      <c r="E28" s="6"/>
       <c r="F28" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I28" s="5">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="J28" s="5"/>
+        <v>556</v>
+      </c>
+      <c r="J28" s="5">
+        <v>32</v>
+      </c>
       <c r="K28" s="5">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="5">
-        <v>4119</v>
+        <v>4888</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="D29" s="6"/>
       <c r="E29" s="6" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="I29" s="5">
-        <v>526</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="J29" s="5"/>
       <c r="K29" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="5">
-        <v>2692</v>
+        <v>4119</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="D30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="6"/>
+      <c r="D30" s="6"/>
+      <c r="E30" s="6" t="s">
+        <v>52</v>
+      </c>
       <c r="F30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="6" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="I30" s="5">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="J30" s="5">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="K30" s="5">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
-        <v>2149</v>
+        <v>2692</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E31" s="6"/>
       <c r="F31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I31" s="5">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="J31" s="5">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K31" s="5">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
-        <v>2693</v>
+        <v>2149</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E32" s="6"/>
       <c r="F32" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="5">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="J32" s="5">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K32" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
-        <v>679</v>
+        <v>2693</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="E33" s="6"/>
       <c r="F33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="5">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="J33" s="5">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="K33" s="5">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
-        <v>5144</v>
+        <v>679</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D34" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="E34" s="6"/>
-[...5 lines deleted...]
-      </c>
       <c r="H34" s="6" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I34" s="5">
         <v>514</v>
       </c>
       <c r="J34" s="5">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="K34" s="5">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="5">
         <v>181</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H35" s="6" t="s">
@@ -2041,51 +2041,51 @@
       <c r="G40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I40" s="5">
         <v>497</v>
       </c>
       <c r="J40" s="5"/>
       <c r="K40" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="5">
         <v>5161</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E41" s="6"/>
       <c r="F41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G41" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="5">
         <v>490</v>
       </c>
       <c r="J41" s="5">
         <v>18</v>
       </c>
       <c r="K41" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
         <v>5610</v>
       </c>
@@ -3282,51 +3282,51 @@
         <v>252</v>
       </c>
       <c r="J78" s="5"/>
       <c r="K78" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
         <v>7031</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>96</v>
       </c>
       <c r="E79" s="6"/>
       <c r="F79" s="6" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>21</v>
       </c>
       <c r="I79" s="5">
         <v>244</v>
       </c>
       <c r="J79" s="5">
         <v>18</v>
       </c>
       <c r="K79" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="5">
         <v>5609</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D80" s="6" t="s">