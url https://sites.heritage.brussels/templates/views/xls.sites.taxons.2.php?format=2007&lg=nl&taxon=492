--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-17</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -151,60 +151,60 @@
   <si>
     <t>Watermaal-Bosvoorde</t>
   </si>
   <si>
     <t>Jagersveldpark</t>
   </si>
   <si>
     <t>Emile Banningstraat 85</t>
   </si>
   <si>
     <t xml:space="preserve">Ministerstraat </t>
   </si>
   <si>
     <t>Boom zichtbaar vanaf de weg, bezettende een centrale positie in het landschap.</t>
   </si>
   <si>
     <t>Nimfenlaan 56-58</t>
   </si>
   <si>
     <t>St.- Pieters - Woluwe</t>
   </si>
   <si>
     <t>Parmentierpark</t>
   </si>
   <si>
+    <t>Omgeving van de Sint-Clemenskerk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ottervangerstraat </t>
+  </si>
+  <si>
     <t>Vorst</t>
   </si>
   <si>
     <t>Park van Vorst</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Ottervangerstraat </t>
   </si>
   <si>
     <t>Terhulpsesteenweg 181</t>
   </si>
   <si>
     <t>Beplanting in afstemming</t>
   </si>
   <si>
     <t>Schaarbeek</t>
   </si>
   <si>
     <t>Lambermontlaan 141</t>
   </si>
   <si>
     <t>St.- Agatha - Berchem</t>
   </si>
   <si>
     <t xml:space="preserve">Kasterlindenstraat </t>
   </si>
   <si>
     <t>Ingeschreven op de bewaarlijst</t>
   </si>
   <si>
     <t>Paardenrenbaan van Bosvoorde</t>
   </si>
@@ -1280,114 +1280,114 @@
       <c r="D14" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="6"/>
       <c r="F14" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="5">
         <v>362</v>
       </c>
       <c r="J14" s="5">
         <v>27</v>
       </c>
       <c r="K14" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" s="5">
-        <v>6893</v>
+        <v>2340</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="E15" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="E15" s="6"/>
       <c r="F15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="5">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="J15" s="5">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="K15" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="5">
-        <v>2340</v>
+        <v>6893</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="E16" s="6" t="s">
         <v>47</v>
       </c>
+      <c r="E16" s="6"/>
       <c r="F16" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G16" s="6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="5">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="J16" s="5">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="K16" s="5">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
         <v>2412</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="6"/>
       <c r="E17" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>33</v>
       </c>
@@ -1469,57 +1469,57 @@
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="5">
         <v>400</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="6"/>
       <c r="E20" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>54</v>
       </c>
       <c r="G20" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="5">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="J20" s="5">
         <v>7</v>
       </c>
       <c r="K20" s="5">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="5">
         <v>1868</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="6"/>
       <c r="F21" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G21" s="6"/>
       <c r="H21" s="6"/>
       <c r="I21" s="5">
         <v>327</v>
       </c>
       <c r="J21" s="5"/>
@@ -2066,51 +2066,51 @@
       </c>
       <c r="G38" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="5">
         <v>290</v>
       </c>
       <c r="J38" s="5">
         <v>23</v>
       </c>
       <c r="K38" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="5">
         <v>5270</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D39" s="6"/>
       <c r="E39" s="6" t="s">
         <v>79</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="5">
         <v>290</v>
       </c>
       <c r="J39" s="5">
         <v>22</v>
       </c>
       <c r="K39" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:11">
@@ -2246,54 +2246,54 @@
       </c>
       <c r="G44" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="5">
         <v>276</v>
       </c>
       <c r="J44" s="5">
         <v>23</v>
       </c>
       <c r="K44" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="5">
         <v>6916</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E45" s="6"/>
       <c r="F45" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="5">
         <v>276</v>
       </c>
       <c r="J45" s="5">
         <v>28</v>
       </c>
       <c r="K45" s="5">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="5">
         <v>6362</v>
       </c>
@@ -2471,51 +2471,51 @@
       </c>
       <c r="G51" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I51" s="5">
         <v>264</v>
       </c>
       <c r="J51" s="5">
         <v>18</v>
       </c>
       <c r="K51" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
         <v>5356</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E52" s="6"/>
       <c r="F52" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G52" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="5">
         <v>264</v>
       </c>
       <c r="J52" s="5">
         <v>21</v>
       </c>
       <c r="K52" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:11">
@@ -2572,51 +2572,51 @@
       </c>
       <c r="G54" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="5">
         <v>261</v>
       </c>
       <c r="J54" s="5">
         <v>20</v>
       </c>
       <c r="K54" s="5">
         <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" s="5">
         <v>5310</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D55" s="6"/>
       <c r="E55" s="6" t="s">
         <v>96</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I55" s="5">
         <v>261</v>
       </c>
       <c r="J55" s="5"/>
       <c r="K55" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" s="5">
         <v>4697</v>
@@ -2830,54 +2830,54 @@
       <c r="F62" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G62" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="5">
         <v>255</v>
       </c>
       <c r="J62" s="5"/>
       <c r="K62" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="5">
         <v>6897</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E63" s="6"/>
       <c r="F63" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G63" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="5">
         <v>254</v>
       </c>
       <c r="J63" s="5">
         <v>17</v>
       </c>
       <c r="K63" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="5">
         <v>922</v>
       </c>
@@ -3217,54 +3217,54 @@
       <c r="F75" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G75" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="5">
         <v>226</v>
       </c>
       <c r="J75" s="5"/>
       <c r="K75" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="5">
         <v>6940</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E76" s="6"/>
       <c r="F76" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G76" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="5">
         <v>225</v>
       </c>
       <c r="J76" s="5"/>
       <c r="K76" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="5">
         <v>1319</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>12</v>
@@ -3273,54 +3273,54 @@
         <v>13</v>
       </c>
       <c r="D77" s="6"/>
       <c r="E77" s="6" t="s">
         <v>120</v>
       </c>
       <c r="F77" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G77" s="6"/>
       <c r="H77" s="6"/>
       <c r="I77" s="5">
         <v>224</v>
       </c>
       <c r="J77" s="5"/>
       <c r="K77" s="5"/>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="5">
         <v>6899</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E78" s="6"/>
       <c r="F78" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G78" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="5">
         <v>222</v>
       </c>
       <c r="J78" s="5">
         <v>18</v>
       </c>
       <c r="K78" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="5">
         <v>3331</v>
       </c>
@@ -3498,54 +3498,54 @@
       </c>
       <c r="G84" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="5">
         <v>203</v>
       </c>
       <c r="J84" s="5">
         <v>18</v>
       </c>
       <c r="K84" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="5">
         <v>6898</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E85" s="6"/>
       <c r="F85" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G85" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="5">
         <v>201</v>
       </c>
       <c r="J85" s="5">
         <v>18</v>
       </c>
       <c r="K85" s="5">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="5">
         <v>338</v>
       </c>
@@ -3729,51 +3729,51 @@
       </c>
       <c r="G91" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="5">
         <v>190</v>
       </c>
       <c r="J91" s="5">
         <v>25</v>
       </c>
       <c r="K91" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="5">
         <v>4415</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D92" s="6"/>
       <c r="E92" s="6" t="s">
         <v>134</v>
       </c>
       <c r="F92" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G92" s="6" t="s">
         <v>22</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="5">
         <v>183</v>
       </c>
       <c r="J92" s="5">
         <v>18</v>
       </c>
       <c r="K92" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:11">
@@ -3795,54 +3795,54 @@
       </c>
       <c r="G93" s="6" t="s">
         <v>61</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="5">
         <v>168</v>
       </c>
       <c r="J93" s="5">
         <v>20</v>
       </c>
       <c r="K93" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="5">
         <v>6900</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E94" s="6"/>
       <c r="F94" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G94" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="5">
         <v>156</v>
       </c>
       <c r="J94" s="5">
         <v>15</v>
       </c>
       <c r="K94" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="5">
         <v>6160</v>
       </c>
@@ -3877,51 +3877,51 @@
       <c r="A96" s="5">
         <v>5863</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E96" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F96" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G96" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I96" s="5">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="J96" s="5">
         <v>15</v>
       </c>
       <c r="K96" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="5">
         <v>5865</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E97" s="6" t="s">
         <v>138</v>
       </c>
       <c r="F97" s="6" t="s">
@@ -3929,84 +3929,84 @@
       </c>
       <c r="G97" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I97" s="5">
         <v>93</v>
       </c>
       <c r="J97" s="5">
         <v>14</v>
       </c>
       <c r="K97" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="5">
         <v>6980</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E98" s="6"/>
       <c r="F98" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G98" s="6" t="s">
         <v>40</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="5">
         <v>57</v>
       </c>
       <c r="J98" s="5">
         <v>10</v>
       </c>
       <c r="K98" s="5">
         <v>8</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="5">
         <v>2950</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D99" s="6"/>
       <c r="E99" s="6" t="s">
         <v>139</v>
       </c>
       <c r="F99" s="6" t="s">
         <v>140</v>
       </c>
       <c r="G99" s="6"/>
       <c r="H99" s="6"/>
       <c r="I99" s="5">
         <v>0</v>
       </c>
       <c r="J99" s="5"/>
       <c r="K99" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="B100" s="7"/>
       <c r="C100" s="7"/>
       <c r="D100" s="7"/>
       <c r="E100" s="7"/>
       <c r="F100" s="7"/>
       <c r="G100" s="7"/>