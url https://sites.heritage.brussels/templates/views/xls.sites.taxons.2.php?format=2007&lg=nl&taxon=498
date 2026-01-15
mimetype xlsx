--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-11-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>