--- v1 (2026-01-15)
+++ v2 (2026-03-16)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-01-15</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-03-16</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -160,54 +160,54 @@
   <si>
     <t>Etterbeek</t>
   </si>
   <si>
     <t xml:space="preserve">Sint-Antoonplein </t>
   </si>
   <si>
     <t>Boom zichtbaar vanaf de weg, bezettende een centrale positie in het landschap.</t>
   </si>
   <si>
     <t>St.- Agatha - Berchem</t>
   </si>
   <si>
     <t>Koning Albertlaan 88</t>
   </si>
   <si>
     <t>Hakhoutlaan 17</t>
   </si>
   <si>
     <t>Vorst</t>
   </si>
   <si>
     <t xml:space="preserve">Verlossingssquare </t>
   </si>
   <si>
+    <t xml:space="preserve">Grote Zavel </t>
+  </si>
+  <si>
     <t>de Jamblinne de Meuxplein 28</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Grote Zavel </t>
   </si>
   <si>
     <t>Breydelstraat 46</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1071,112 +1071,112 @@
       <c r="D16" s="6"/>
       <c r="E16" s="6" t="s">
         <v>46</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>41</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="5">
         <v>209</v>
       </c>
       <c r="J16" s="5">
         <v>16</v>
       </c>
       <c r="K16" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="5">
-        <v>3569</v>
+        <v>3430</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D17" s="6"/>
       <c r="E17" s="6" t="s">
         <v>47</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G17" s="6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I17" s="5">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="J17" s="5">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K17" s="5">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="5">
-        <v>3430</v>
+        <v>3569</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D18" s="6"/>
       <c r="E18" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G18" s="6" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I18" s="5">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="J18" s="5">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K18" s="5">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="5">
         <v>3475</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D19" s="6"/>
       <c r="E19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>18</v>
       </c>