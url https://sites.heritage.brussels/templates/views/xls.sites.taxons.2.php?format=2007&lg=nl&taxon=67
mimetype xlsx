--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -18,51 +18,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bomen" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
-    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2025-12-05</t>
+    <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen | https://sites.heritage.brussels | 2026-02-04</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>gemeente</t>
   </si>
   <si>
     <t>landschap</t>
   </si>
   <si>
     <t>straat</t>
   </si>
   <si>
     <t>status</t>
   </si>
   <si>
     <t>positie</t>
   </si>
   <si>
     <t>beplanting</t>
   </si>
@@ -187,60 +187,60 @@
   <si>
     <t>Het privé-park van het Koninklijk Instituut voor Natuurwetenschappen van België en de Chablisweg</t>
   </si>
   <si>
     <t>Grasmarkt 111</t>
   </si>
   <si>
     <t>Voormalig eigendom Pirenne</t>
   </si>
   <si>
     <t>Floridalaan 127</t>
   </si>
   <si>
     <t>Pachecolaan 34</t>
   </si>
   <si>
     <t>Helenalaan 1</t>
   </si>
   <si>
     <t>Elzas-Lotharingenstraat 2</t>
   </si>
   <si>
     <t>Tuinen van de Ter Kamerenabdij</t>
   </si>
   <si>
+    <t>de Jamblinne de Meuxplein</t>
+  </si>
+  <si>
+    <t>de Jamblinne de Meuxplein face 33</t>
+  </si>
+  <si>
     <t>Lambermontlaan 184-186</t>
   </si>
   <si>
     <t xml:space="preserve">Pachecolaan </t>
-  </si>
-[...4 lines deleted...]
-    <t>de Jamblinne de Meuxplein face 33</t>
   </si>
   <si>
     <t>St.- Lambrechts - Woluwe</t>
   </si>
   <si>
     <t>Vergote square</t>
   </si>
   <si>
     <t xml:space="preserve">Vergoteplein </t>
   </si>
   <si>
     <t>Park van Vorst</t>
   </si>
   <si>
     <t>Watermaal-Bosvoorde</t>
   </si>
   <si>
     <t xml:space="preserve">Park van het kasteel Morel - Domein La Héronnière </t>
   </si>
   <si>
     <t>Nisardstraat 6</t>
   </si>
   <si>
     <t>Beplanting in afstemming</t>
   </si>
@@ -1700,147 +1700,147 @@
       <c r="D30" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E30" s="6"/>
       <c r="F30" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I30" s="5">
         <v>271</v>
       </c>
       <c r="J30" s="5">
         <v>18</v>
       </c>
       <c r="K30" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="5">
-        <v>6079</v>
+        <v>1649</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="D31" s="6"/>
+      <c r="D31" s="6" t="s">
+        <v>56</v>
+      </c>
       <c r="E31" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I31" s="5">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J31" s="5">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="K31" s="5">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="5">
-        <v>3450</v>
+        <v>6079</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D32" s="6"/>
       <c r="E32" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G32" s="6" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="5">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J32" s="5">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="K32" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="5">
-        <v>1649</v>
+        <v>3450</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D33" s="6"/>
       <c r="E33" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I33" s="5">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="J33" s="5">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="K33" s="5">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="5">
         <v>2509</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="6" t="s">
@@ -2064,66 +2064,66 @@
       </c>
       <c r="H41" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I41" s="5">
         <v>257</v>
       </c>
       <c r="J41" s="5">
         <v>27</v>
       </c>
       <c r="K41" s="5">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="5">
         <v>1650</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>76</v>
       </c>
       <c r="F42" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G42" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I42" s="5">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J42" s="5">
         <v>12</v>
       </c>
       <c r="K42" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="5">
         <v>766</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E43" s="6"/>
       <c r="F43" s="6" t="s">
         <v>78</v>
       </c>
@@ -2228,51 +2228,51 @@
       <c r="H46" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I46" s="5">
         <v>235</v>
       </c>
       <c r="J46" s="5">
         <v>20</v>
       </c>
       <c r="K46" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="5">
         <v>3452</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D47" s="6"/>
       <c r="E47" s="6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I47" s="5">
         <v>234</v>
       </c>
       <c r="J47" s="5">
         <v>12</v>
       </c>
       <c r="K47" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="5">
         <v>5684</v>
       </c>
       <c r="B48" s="6" t="s">
@@ -2352,51 +2352,51 @@
       </c>
       <c r="E50" s="6"/>
       <c r="F50" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G50" s="6"/>
       <c r="H50" s="6"/>
       <c r="I50" s="5">
         <v>224</v>
       </c>
       <c r="J50" s="5"/>
       <c r="K50" s="5"/>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="5">
         <v>3451</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C51" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D51" s="6"/>
       <c r="E51" s="6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I51" s="5">
         <v>224</v>
       </c>
       <c r="J51" s="5">
         <v>12</v>
       </c>
       <c r="K51" s="5">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" s="5">
         <v>6304</v>
       </c>
       <c r="B52" s="6" t="s">
@@ -2781,51 +2781,51 @@
       </c>
       <c r="H64" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I64" s="5">
         <v>157</v>
       </c>
       <c r="J64" s="5">
         <v>15</v>
       </c>
       <c r="K64" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="5">
         <v>1651</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>97</v>
       </c>
       <c r="F65" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G65" s="6" t="s">
         <v>30</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I65" s="5">
         <v>156</v>
       </c>
       <c r="J65" s="5">
         <v>10</v>
       </c>
       <c r="K65" s="5">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="5">