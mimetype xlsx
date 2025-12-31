--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -16,56 +16,56 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="soort" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="619">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="622">
   <si>
     <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen</t>
   </si>
   <si>
-    <t>https://sites.heritage.brussels | 2025-11-15</t>
+    <t>https://sites.heritage.brussels | 2025-12-31</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>Frequentie in deze inventaris</t>
   </si>
   <si>
     <t>Fagus sylvatica f. purpurea</t>
   </si>
   <si>
     <t>Rode beuk</t>
   </si>
   <si>
     <t>Platanus x hispanica</t>
   </si>
   <si>
     <t>Gewone plataan</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Witte paardenkastanje</t>
   </si>
@@ -306,167 +306,167 @@
   <si>
     <t>Cedrus libani</t>
   </si>
   <si>
     <t>Libanonceder</t>
   </si>
   <si>
     <t>Taxodium distichum</t>
   </si>
   <si>
     <t>Moerascipres</t>
   </si>
   <si>
     <t>Pterocarya fraxinifolia</t>
   </si>
   <si>
     <t>Kaukasische vleugelnoot</t>
   </si>
   <si>
     <t>Acer negundo</t>
   </si>
   <si>
     <t>Californische esdoorn</t>
   </si>
   <si>
+    <t>Paulownia tomentosa</t>
+  </si>
+  <si>
+    <t>Koninginneboom</t>
+  </si>
+  <si>
+    <t>Picea abies</t>
+  </si>
+  <si>
+    <t>Gewone spar</t>
+  </si>
+  <si>
+    <t>Populus nigra var. italica</t>
+  </si>
+  <si>
+    <t>Italiaanse populier</t>
+  </si>
+  <si>
+    <t>Alnus cordata</t>
+  </si>
+  <si>
+    <t>Italiaanse Hartbladige els</t>
+  </si>
+  <si>
     <t>Chamaecyparis lawsoniana</t>
   </si>
   <si>
     <t>Dwerg- of schijncipres</t>
   </si>
   <si>
-    <t>Paulownia tomentosa</t>
-[...20 lines deleted...]
-    <t>Italiaanse Hartbladige els</t>
+    <t>Aesculus x carnea</t>
+  </si>
+  <si>
+    <t>Rode paardenkastanje</t>
+  </si>
+  <si>
+    <t>Acer palmatum</t>
+  </si>
+  <si>
+    <t>Japanse Esdoorn</t>
   </si>
   <si>
     <t>Fraxinus excelsior f. pendula</t>
   </si>
   <si>
     <t>Treures</t>
   </si>
   <si>
-    <t>Aesculus x carnea</t>
-[...10 lines deleted...]
-  <si>
     <t>Platanus orientalis</t>
   </si>
   <si>
     <t>Oosterse plataan</t>
   </si>
   <si>
     <t>Thuja plicata</t>
   </si>
   <si>
     <t>Corylus colurna</t>
   </si>
   <si>
     <t>Boomhazelaar</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Spaanse aak of veldesdoorn</t>
   </si>
   <si>
     <t>Acer pseudoplatanus f. aureovariegatum</t>
   </si>
   <si>
     <t>Tilia sp</t>
   </si>
   <si>
+    <t>Gleditsia triacanthos</t>
+  </si>
+  <si>
+    <t>Valse Christusdoorn</t>
+  </si>
+  <si>
+    <t>Abies grandis</t>
+  </si>
+  <si>
+    <t>Reuze zilverspar</t>
+  </si>
+  <si>
+    <t>Acer cappadocicum</t>
+  </si>
+  <si>
+    <t>Kolchische Esdoorn</t>
+  </si>
+  <si>
+    <t>Acer saccharinum var. laciniatum</t>
+  </si>
+  <si>
+    <t>Acer pseudoplatanus 'Purpurascens'</t>
+  </si>
+  <si>
+    <t>Alnus glutinosa</t>
+  </si>
+  <si>
+    <t>Zwarte els</t>
+  </si>
+  <si>
     <t>Cedrus atlantica</t>
   </si>
   <si>
     <t>Atlasceder</t>
   </si>
   <si>
-    <t>Gleditsia triacanthos</t>
-[...19 lines deleted...]
-  <si>
     <t>Cryptomeria japonica</t>
   </si>
   <si>
     <t>Japanse ceder</t>
   </si>
   <si>
-    <t>Acer pseudoplatanus 'Purpurascens'</t>
-[...7 lines deleted...]
-  <si>
     <t>Phellodendron amurense</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Grove den</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Douglasspar</t>
   </si>
   <si>
     <t>Calocedrus decurrens</t>
   </si>
   <si>
     <t>Wierookceder</t>
   </si>
   <si>
     <t>Chamaecyparis pisifera 'Plumosa'</t>
   </si>
   <si>
     <t>Crataegus monogyna</t>
@@ -513,335 +513,335 @@
   <si>
     <t>Grauwe Abeel</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Moseik</t>
   </si>
   <si>
     <t>Sambucus nigra</t>
   </si>
   <si>
     <t>Gewone vlier</t>
   </si>
   <si>
     <t>Sorbus intermedia</t>
   </si>
   <si>
     <t>Zweedse Lijsterbes</t>
   </si>
   <si>
     <t>Prunus cerasifera 'Nigra'</t>
   </si>
   <si>
+    <t>Populus trichocarpa</t>
+  </si>
+  <si>
+    <t>Zwarte Balsempopulier</t>
+  </si>
+  <si>
+    <t>Robinia pseudoacacia 'Umbraculifera'</t>
+  </si>
+  <si>
+    <t>Salix caprea</t>
+  </si>
+  <si>
+    <t>Waterwilg</t>
+  </si>
+  <si>
+    <t>Koelreuteria paniculata</t>
+  </si>
+  <si>
+    <t>Zeepboom</t>
+  </si>
+  <si>
+    <t>Liquidambar styraciflua</t>
+  </si>
+  <si>
+    <t>Amberboom</t>
+  </si>
+  <si>
+    <t>Quercus petraea</t>
+  </si>
+  <si>
+    <t>Wintereik</t>
+  </si>
+  <si>
+    <t>Catalpa bignonioides f. aurea</t>
+  </si>
+  <si>
+    <t>trompetboom</t>
+  </si>
+  <si>
+    <t>Catalpa speciosa</t>
+  </si>
+  <si>
+    <t>rompetboom</t>
+  </si>
+  <si>
+    <t>Cercis siliquastrum</t>
+  </si>
+  <si>
+    <t>Judasboom</t>
+  </si>
+  <si>
+    <t>Fraxinus americana</t>
+  </si>
+  <si>
+    <t>Ilex aquifolium 'Pyramidalis'</t>
+  </si>
+  <si>
+    <t>Malus sieboldii</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Malus sieboldii</t>
+  </si>
+  <si>
     <t>Pinus strobus</t>
   </si>
   <si>
-    <t>Populus trichocarpa</t>
-[...61 lines deleted...]
-  <si>
     <t>Prunus cerasifera</t>
   </si>
   <si>
     <t>Quercus palustris</t>
   </si>
   <si>
     <t>Moeraseik</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Meelbes</t>
   </si>
   <si>
     <t>Thuja plicata 'Zebrina'</t>
   </si>
   <si>
     <t>Tilia americana</t>
   </si>
   <si>
     <t>Buxus sempervirens</t>
   </si>
   <si>
     <t>Gewone palm</t>
   </si>
   <si>
+    <t>Carpinus betulus f. fastigiata</t>
+  </si>
+  <si>
+    <t>Larix decidua</t>
+  </si>
+  <si>
+    <t>Europese lork</t>
+  </si>
+  <si>
+    <t>Morus nigra</t>
+  </si>
+  <si>
+    <t>Zwarte moerbei</t>
+  </si>
+  <si>
+    <t>Quercus frainetto</t>
+  </si>
+  <si>
+    <t>Hongaarse Eik</t>
+  </si>
+  <si>
+    <t>Tetradium daniellii</t>
+  </si>
+  <si>
     <t>Pinus nigra 'Austriaca'</t>
   </si>
   <si>
-    <t>Carpinus betulus f. fastigiata</t>
+    <t>Betula nigra</t>
+  </si>
+  <si>
+    <t>Zwarte berk</t>
+  </si>
+  <si>
+    <t>Crataegus laevigata</t>
+  </si>
+  <si>
+    <t>Tweestijlige meidoorn</t>
+  </si>
+  <si>
+    <t>Fraxinus angustifolia</t>
+  </si>
+  <si>
+    <t>Fraxinus ornus</t>
+  </si>
+  <si>
+    <t>Pluimes</t>
+  </si>
+  <si>
+    <t>Ginkgo biloba 'Fastigiata'</t>
   </si>
   <si>
     <t>Ilex aquifolium 'Albomarginata'</t>
   </si>
   <si>
-    <t>Larix decidua</t>
-[...8 lines deleted...]
-    <t>Zwarte moerbei</t>
+    <t>Ilex x altaclarensis</t>
+  </si>
+  <si>
+    <t>Quercus x turneri</t>
+  </si>
+  <si>
+    <t>Oostenrijkse eik</t>
+  </si>
+  <si>
+    <t>Ulmus glabra</t>
+  </si>
+  <si>
+    <t>Ruwe iep</t>
+  </si>
+  <si>
+    <t>Abies concolor</t>
+  </si>
+  <si>
+    <t>Celtis occidentalis</t>
+  </si>
+  <si>
+    <t>Netelboom, zwepenboom</t>
+  </si>
+  <si>
+    <t>Ficus carica</t>
+  </si>
+  <si>
+    <t>Vijgeboom</t>
+  </si>
+  <si>
+    <t>Magnolia acuminata</t>
+  </si>
+  <si>
+    <t>Nothofagus antarctica</t>
+  </si>
+  <si>
+    <t>Antarctische beuk, schijnbeuk</t>
+  </si>
+  <si>
+    <t>Populus tremula</t>
+  </si>
+  <si>
+    <t>Tril- of ratelpopulier</t>
+  </si>
+  <si>
+    <t>Sequoia sempervirens</t>
+  </si>
+  <si>
+    <t>Californische Sequoia</t>
+  </si>
+  <si>
+    <t>Quercus sp</t>
+  </si>
+  <si>
+    <t>Acer macrophyllum</t>
+  </si>
+  <si>
+    <t>Acer rubrum</t>
+  </si>
+  <si>
+    <t>Rode Esdoorn</t>
+  </si>
+  <si>
+    <t>Calocedrus decurrens 'Columnaris'</t>
+  </si>
+  <si>
+    <t>Celtis australis</t>
+  </si>
+  <si>
+    <t>Cladrastis lutea</t>
+  </si>
+  <si>
+    <t>Cornus mas f. variegata</t>
+  </si>
+  <si>
+    <t>Fagus sylvatica var. laciniata</t>
+  </si>
+  <si>
+    <t>Varenbeuk</t>
+  </si>
+  <si>
+    <t>Fraxinus excelsior var. diversifolia</t>
+  </si>
+  <si>
+    <t>Mespilus germanica</t>
+  </si>
+  <si>
+    <t>Mispel</t>
+  </si>
+  <si>
+    <t>Parrotia persica</t>
+  </si>
+  <si>
+    <t>IJzerhout</t>
+  </si>
+  <si>
+    <t>Picea omorika</t>
+  </si>
+  <si>
+    <t>Populus nigra</t>
+  </si>
+  <si>
+    <t>Zwarte Populier</t>
+  </si>
+  <si>
+    <t>Populus x canadensis 'Serotina'</t>
+  </si>
+  <si>
+    <t>Prunus cerasifera f. atropurpurea</t>
   </si>
   <si>
     <t>Prunus serotina</t>
   </si>
   <si>
     <t>Amerikaanse, late, tros- of vogelkers</t>
   </si>
   <si>
-    <t>Quercus frainetto</t>
-[...86 lines deleted...]
-    <t>Acer macrophyllum</t>
+    <t>Robinia pseudoacacia var. inermis</t>
+  </si>
+  <si>
+    <t>Sorbus aria f. lutescens</t>
+  </si>
+  <si>
+    <t>Sorbus aucuparia</t>
+  </si>
+  <si>
+    <t>Gewone of wilde lijsterbes</t>
+  </si>
+  <si>
+    <t>Tsuga canadensis</t>
+  </si>
+  <si>
+    <t>Salix sp</t>
   </si>
   <si>
     <t>Acer platanoides f. rubrum</t>
   </si>
   <si>
-    <t>Acer rubrum</t>
-[...70 lines deleted...]
-  <si>
     <t>Acer platanoides f. schwedleri</t>
   </si>
   <si>
     <t>Betula papyrifera</t>
   </si>
   <si>
     <t>Betula pendula f. youngii</t>
   </si>
   <si>
     <t>Catalpa x erubescens</t>
   </si>
   <si>
     <t>Chamaecyparis lawsoniana 'Glauca'</t>
   </si>
   <si>
     <t>Chamaecyparis pisifera</t>
   </si>
   <si>
     <t xml:space="preserve">Japanse cipressen </t>
   </si>
   <si>
     <t>Davidia involucrata var. vilmoriniana</t>
   </si>
   <si>
     <t>Gymnocladus dioica</t>
@@ -1224,89 +1224,98 @@
   <si>
     <t>Torreya californica</t>
   </si>
   <si>
     <t>Torreya nucifera</t>
   </si>
   <si>
     <t>Trachycarpus fortunei</t>
   </si>
   <si>
     <t>Ulmus glabra 'Exoniensis'</t>
   </si>
   <si>
     <t>Ulmus x hollandica</t>
   </si>
   <si>
     <t>Hollandse bastaardiep</t>
   </si>
   <si>
     <t>Ulmus laevis</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
+    <t>Acer sp</t>
+  </si>
+  <si>
     <t>Carpinus sp</t>
   </si>
   <si>
     <t>Catalpa sp</t>
   </si>
   <si>
     <t>Fraxinus sp</t>
   </si>
   <si>
     <t>Populus sp</t>
   </si>
   <si>
     <t>Pyrus sp</t>
   </si>
   <si>
     <t>Syringa vulgaris</t>
   </si>
   <si>
     <t>fagus sylvatica f. bornyensis</t>
   </si>
   <si>
     <t>Cotinus coggygria</t>
   </si>
   <si>
     <t>Pruikeboom</t>
   </si>
   <si>
     <t>Acer tataricum subsp. ginnala</t>
   </si>
   <si>
     <t>Ulmus x lobel</t>
   </si>
   <si>
     <t>Salix matsudana Tortuosa</t>
   </si>
   <si>
     <t>Olea europaea</t>
   </si>
   <si>
+    <t>Ulmus x hollandica 'Lobel'</t>
+  </si>
+  <si>
+    <t xml:space="preserve">'Lobel' iep </t>
+  </si>
+  <si>
     <t>Acer x verhaegheanum</t>
   </si>
   <si>
     <t>Aesculus carnea f. briotii</t>
   </si>
   <si>
     <t>Aesculus chinensis</t>
   </si>
   <si>
     <t>Aesculus indica</t>
   </si>
   <si>
     <t>Acer davidii</t>
   </si>
   <si>
     <t>Acer davidii 'Grosseri'</t>
   </si>
   <si>
     <t>Acer dieckii</t>
   </si>
   <si>
     <t>Acer maximowiczianum</t>
   </si>
   <si>
     <t>Acer palmatum 'Nicholsonii'</t>
@@ -1695,57 +1704,57 @@
   <si>
     <t>Zanthoxylum planispinum</t>
   </si>
   <si>
     <t>Zanthoxylum simulans</t>
   </si>
   <si>
     <t>Prunus domestica</t>
   </si>
   <si>
     <t>Pruim of kers</t>
   </si>
   <si>
     <t>Prunus serrulata 'Erecta'</t>
   </si>
   <si>
     <t>Crataegus x prunifolia 'Splendens'</t>
   </si>
   <si>
     <t>Betula ermanii</t>
   </si>
   <si>
     <t>Ulmus glabra 'Nana'</t>
   </si>
   <si>
-    <t>Acer sp</t>
-[...1 lines deleted...]
-  <si>
     <t>Aesculus sp</t>
   </si>
   <si>
     <t>Araucaria sp</t>
+  </si>
+  <si>
+    <t>Castanea sp</t>
   </si>
   <si>
     <t>Robinia pseudoacacia 'Myrtifolia'</t>
   </si>
   <si>
     <t>Cedrus sp</t>
   </si>
   <si>
     <t>Celtis sp</t>
   </si>
   <si>
     <t>Chamaecyparis sp</t>
   </si>
   <si>
     <t>Fagus sp</t>
   </si>
   <si>
     <t>Gleditsia sp</t>
   </si>
   <si>
     <t>Juglans sp</t>
   </si>
   <si>
     <t>Malus sp</t>
   </si>
@@ -2262,51 +2271,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H469"/>
+  <dimension ref="A1:H471"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="8" max="8" width="11.42578125" customWidth="true" style="0"/>
     <col min="1" max="1" width="28" customWidth="true" style="0"/>
     <col min="2" max="2" width="28" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" customWidth="true" style="0"/>
     <col min="6" max="6" width="6" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="18.75">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
@@ -2329,331 +2338,331 @@
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4">
         <v>373</v>
       </c>
       <c r="D4">
         <v>573</v>
       </c>
       <c r="E4">
         <v>287</v>
       </c>
       <c r="F4">
         <v>430</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D5">
         <v>588</v>
       </c>
       <c r="E5">
         <v>294</v>
       </c>
       <c r="F5">
         <v>441</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6">
         <v>338</v>
       </c>
       <c r="D6">
         <v>523</v>
       </c>
       <c r="E6">
         <v>262</v>
       </c>
       <c r="F6">
         <v>393</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D7">
         <v>568</v>
       </c>
       <c r="E7">
         <v>284</v>
       </c>
       <c r="F7">
         <v>426</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D8">
         <v>443</v>
       </c>
       <c r="E8">
         <v>222</v>
       </c>
       <c r="F8">
         <v>333</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
       </c>
       <c r="C9">
         <v>180</v>
       </c>
       <c r="D9">
         <v>600</v>
       </c>
       <c r="E9">
         <v>300</v>
       </c>
       <c r="F9">
         <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>17</v>
       </c>
       <c r="C10">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="D10">
         <v>556</v>
       </c>
       <c r="E10">
         <v>278</v>
       </c>
       <c r="F10">
         <v>417</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="C11">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D11">
         <v>426</v>
       </c>
       <c r="E11">
         <v>213</v>
       </c>
       <c r="F11">
         <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>21</v>
       </c>
       <c r="C12">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D12">
         <v>465</v>
       </c>
       <c r="E12">
         <v>233</v>
       </c>
       <c r="F12">
         <v>349</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>22</v>
       </c>
       <c r="B13" t="s">
         <v>23</v>
       </c>
       <c r="C13">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D13">
         <v>457</v>
       </c>
       <c r="E13">
         <v>229</v>
       </c>
       <c r="F13">
         <v>343</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>24</v>
       </c>
       <c r="B14" t="s">
         <v>25</v>
       </c>
       <c r="C14">
         <v>103</v>
       </c>
       <c r="D14">
         <v>351</v>
       </c>
       <c r="E14">
         <v>176</v>
       </c>
       <c r="F14">
         <v>264</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>26</v>
       </c>
       <c r="B15" t="s">
         <v>27</v>
       </c>
       <c r="C15">
         <v>91</v>
       </c>
       <c r="D15">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="E15">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F15">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>29</v>
       </c>
       <c r="C16">
         <v>85</v>
       </c>
       <c r="D16">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E16">
         <v>193</v>
       </c>
       <c r="F16">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>30</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
       <c r="C17">
         <v>83</v>
       </c>
       <c r="D17">
         <v>461</v>
       </c>
       <c r="E17">
         <v>231</v>
       </c>
       <c r="F17">
         <v>346</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D18">
         <v>470</v>
       </c>
       <c r="E18">
         <v>235</v>
       </c>
       <c r="F18">
         <v>353</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>34</v>
       </c>
       <c r="B19" t="s">
         <v>35</v>
       </c>
       <c r="C19">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D19">
         <v>318</v>
       </c>
       <c r="E19">
         <v>159</v>
       </c>
       <c r="F19">
         <v>239</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>37</v>
       </c>
       <c r="C20">
         <v>78</v>
       </c>
       <c r="D20">
         <v>479</v>
       </c>
       <c r="E20">
@@ -2689,80 +2698,80 @@
       </c>
       <c r="B22" t="s">
         <v>41</v>
       </c>
       <c r="C22">
         <v>67</v>
       </c>
       <c r="D22">
         <v>480</v>
       </c>
       <c r="E22">
         <v>240</v>
       </c>
       <c r="F22">
         <v>360</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>43</v>
       </c>
       <c r="C23">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D23">
         <v>372</v>
       </c>
       <c r="E23">
         <v>186</v>
       </c>
       <c r="F23">
         <v>279</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>45</v>
       </c>
       <c r="C24">
         <v>63</v>
       </c>
       <c r="D24">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="E24">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F24">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>47</v>
       </c>
       <c r="C25">
         <v>57</v>
       </c>
       <c r="D25">
         <v>317</v>
       </c>
       <c r="E25">
         <v>159</v>
       </c>
       <c r="F25">
         <v>238</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>48</v>
@@ -2992,88 +3001,88 @@
       </c>
       <c r="C37">
         <v>39</v>
       </c>
       <c r="D37">
         <v>194</v>
       </c>
       <c r="E37">
         <v>97</v>
       </c>
       <c r="F37">
         <v>146</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>72</v>
       </c>
       <c r="B38" t="s">
         <v>73</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="E38">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="F38">
-        <v>277</v>
+        <v>283</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>74</v>
       </c>
       <c r="B39" t="s">
         <v>75</v>
       </c>
       <c r="C39">
         <v>37</v>
       </c>
       <c r="D39">
         <v>186</v>
       </c>
       <c r="E39">
         <v>93</v>
       </c>
       <c r="F39">
         <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>76</v>
       </c>
       <c r="B40" t="s">
         <v>77</v>
       </c>
       <c r="C40">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D40">
         <v>427</v>
       </c>
       <c r="E40">
         <v>214</v>
       </c>
       <c r="F40">
         <v>321</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>78</v>
       </c>
       <c r="B41" t="s">
         <v>79</v>
       </c>
       <c r="C41">
         <v>35</v>
       </c>
       <c r="D41">
         <v>333</v>
       </c>
       <c r="E41">
@@ -3129,51 +3138,51 @@
       </c>
       <c r="B44" t="s">
         <v>85</v>
       </c>
       <c r="C44">
         <v>32</v>
       </c>
       <c r="D44">
         <v>441</v>
       </c>
       <c r="E44">
         <v>221</v>
       </c>
       <c r="F44">
         <v>331</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>86</v>
       </c>
       <c r="B45" t="s">
         <v>87</v>
       </c>
       <c r="C45">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D45">
         <v>197</v>
       </c>
       <c r="E45">
         <v>99</v>
       </c>
       <c r="F45">
         <v>148</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>88</v>
       </c>
       <c r="B46" t="s">
         <v>89</v>
       </c>
       <c r="C46">
         <v>29</v>
       </c>
       <c r="D46">
         <v>471</v>
       </c>
       <c r="E46">
@@ -3232,213 +3241,213 @@
       </c>
       <c r="C49">
         <v>27</v>
       </c>
       <c r="D49">
         <v>286</v>
       </c>
       <c r="E49">
         <v>143</v>
       </c>
       <c r="F49">
         <v>215</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>96</v>
       </c>
       <c r="B50" t="s">
         <v>97</v>
       </c>
       <c r="C50">
         <v>26</v>
       </c>
       <c r="D50">
-        <v>364</v>
+        <v>328</v>
       </c>
       <c r="E50">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="F50">
-        <v>273</v>
+        <v>246</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>98</v>
       </c>
       <c r="B51" t="s">
         <v>99</v>
       </c>
       <c r="C51">
         <v>26</v>
       </c>
       <c r="D51">
-        <v>328</v>
+        <v>281</v>
       </c>
       <c r="E51">
-        <v>164</v>
+        <v>141</v>
       </c>
       <c r="F51">
-        <v>246</v>
+        <v>211</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>100</v>
       </c>
       <c r="B52" t="s">
         <v>101</v>
       </c>
       <c r="C52">
         <v>26</v>
       </c>
       <c r="D52">
-        <v>281</v>
+        <v>481</v>
       </c>
       <c r="E52">
-        <v>141</v>
+        <v>241</v>
       </c>
       <c r="F52">
-        <v>211</v>
+        <v>361</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>102</v>
       </c>
       <c r="B53" t="s">
         <v>103</v>
       </c>
       <c r="C53">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D53">
-        <v>481</v>
+        <v>251</v>
       </c>
       <c r="E53">
-        <v>241</v>
+        <v>126</v>
       </c>
       <c r="F53">
-        <v>361</v>
+        <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>104</v>
       </c>
       <c r="B54" t="s">
         <v>105</v>
       </c>
       <c r="C54">
         <v>24</v>
       </c>
       <c r="D54">
-        <v>251</v>
+        <v>364</v>
       </c>
       <c r="E54">
-        <v>126</v>
+        <v>182</v>
       </c>
       <c r="F54">
-        <v>189</v>
+        <v>273</v>
       </c>
     </row>
     <row r="55" spans="1:8">
-      <c r="A55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A55"/>
+      <c r="B55"/>
       <c r="C55">
         <v>24</v>
       </c>
       <c r="D55">
-        <v>243</v>
+        <v>375</v>
       </c>
       <c r="E55">
-        <v>122</v>
+        <v>188</v>
       </c>
       <c r="F55">
-        <v>183</v>
+        <v>282</v>
       </c>
     </row>
     <row r="56" spans="1:8">
-      <c r="A56"/>
-      <c r="B56"/>
+      <c r="A56" t="s">
+        <v>106</v>
+      </c>
+      <c r="B56" t="s">
+        <v>107</v>
+      </c>
       <c r="C56">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D56">
-        <v>375</v>
+        <v>312</v>
       </c>
       <c r="E56">
-        <v>188</v>
+        <v>156</v>
       </c>
       <c r="F56">
-        <v>282</v>
+        <v>234</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>108</v>
       </c>
       <c r="B57" t="s">
         <v>109</v>
       </c>
       <c r="C57">
         <v>23</v>
       </c>
       <c r="D57">
-        <v>312</v>
+        <v>175</v>
       </c>
       <c r="E57">
-        <v>156</v>
+        <v>88</v>
       </c>
       <c r="F57">
-        <v>234</v>
+        <v>132</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>110</v>
       </c>
       <c r="B58" t="s">
         <v>111</v>
       </c>
       <c r="C58">
         <v>23</v>
       </c>
       <c r="D58">
-        <v>175</v>
+        <v>243</v>
       </c>
       <c r="E58">
-        <v>88</v>
+        <v>122</v>
       </c>
       <c r="F58">
-        <v>132</v>
+        <v>183</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>112</v>
       </c>
       <c r="B59" t="s">
         <v>113</v>
       </c>
       <c r="C59">
         <v>23</v>
       </c>
       <c r="D59">
         <v>587</v>
       </c>
       <c r="E59">
         <v>294</v>
       </c>
       <c r="F59">
         <v>441</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>114</v>
@@ -3484,231 +3493,231 @@
       <c r="B62" t="s">
         <v>118</v>
       </c>
       <c r="C62">
         <v>20</v>
       </c>
       <c r="D62">
         <v>277</v>
       </c>
       <c r="E62">
         <v>139</v>
       </c>
       <c r="F62">
         <v>208</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>119</v>
       </c>
       <c r="B63"/>
       <c r="C63">
         <v>20</v>
       </c>
       <c r="D63">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E63">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F63">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64"/>
       <c r="C64">
         <v>19</v>
       </c>
       <c r="D64">
         <v>278</v>
       </c>
       <c r="E64">
         <v>139</v>
       </c>
       <c r="F64">
         <v>209</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>121</v>
       </c>
       <c r="B65" t="s">
         <v>122</v>
       </c>
       <c r="C65">
         <v>17</v>
       </c>
       <c r="D65">
-        <v>394</v>
+        <v>255</v>
       </c>
       <c r="E65">
-        <v>197</v>
+        <v>128</v>
       </c>
       <c r="F65">
-        <v>296</v>
+        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>123</v>
       </c>
       <c r="B66" t="s">
         <v>124</v>
       </c>
       <c r="C66">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D66">
-        <v>255</v>
+        <v>281</v>
       </c>
       <c r="E66">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="F66">
-        <v>192</v>
+        <v>211</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>125</v>
       </c>
       <c r="B67" t="s">
         <v>126</v>
       </c>
       <c r="C67">
         <v>16</v>
       </c>
       <c r="D67">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="E67">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="F67">
-        <v>211</v>
+        <v>207</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>127</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B68"/>
       <c r="C68">
         <v>16</v>
       </c>
       <c r="D68">
-        <v>275</v>
+        <v>360</v>
       </c>
       <c r="E68">
-        <v>138</v>
+        <v>180</v>
       </c>
       <c r="F68">
-        <v>207</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B69"/>
       <c r="C69">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D69">
-        <v>360</v>
+        <v>305</v>
       </c>
       <c r="E69">
-        <v>180</v>
+        <v>153</v>
       </c>
       <c r="F69">
-        <v>270</v>
+        <v>229</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>129</v>
+      </c>
+      <c r="B70" t="s">
         <v>130</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70">
+        <v>15</v>
+      </c>
+      <c r="D70">
+        <v>262</v>
+      </c>
+      <c r="E70">
         <v>131</v>
       </c>
-      <c r="C70">
-[...7 lines deleted...]
-      </c>
       <c r="F70">
-        <v>151</v>
+        <v>197</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>131</v>
+      </c>
+      <c r="B71" t="s">
         <v>132</v>
       </c>
-      <c r="B71"/>
       <c r="C71">
         <v>15</v>
       </c>
       <c r="D71">
-        <v>305</v>
+        <v>410</v>
       </c>
       <c r="E71">
-        <v>153</v>
+        <v>205</v>
       </c>
       <c r="F71">
-        <v>229</v>
+        <v>308</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>133</v>
       </c>
       <c r="B72" t="s">
         <v>134</v>
       </c>
       <c r="C72">
         <v>15</v>
       </c>
       <c r="D72">
-        <v>262</v>
+        <v>201</v>
       </c>
       <c r="E72">
-        <v>131</v>
+        <v>101</v>
       </c>
       <c r="F72">
-        <v>197</v>
+        <v>151</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>135</v>
       </c>
       <c r="B73"/>
       <c r="C73">
         <v>15</v>
       </c>
       <c r="D73">
         <v>268</v>
       </c>
       <c r="E73">
         <v>134</v>
       </c>
       <c r="F73">
         <v>201</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>136</v>
       </c>
       <c r="B74" t="s">
@@ -4003,296 +4012,296 @@
         <v>181</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>164</v>
       </c>
       <c r="B89"/>
       <c r="C89">
         <v>12</v>
       </c>
       <c r="D89">
         <v>190</v>
       </c>
       <c r="E89">
         <v>95</v>
       </c>
       <c r="F89">
         <v>143</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>165</v>
       </c>
-      <c r="B90"/>
+      <c r="B90" t="s">
+        <v>166</v>
+      </c>
       <c r="C90">
         <v>11</v>
       </c>
       <c r="D90">
-        <v>260</v>
+        <v>290</v>
       </c>
       <c r="E90">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="F90">
-        <v>195</v>
+        <v>218</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="B91" t="s">
         <v>167</v>
       </c>
+      <c r="B91"/>
       <c r="C91">
         <v>11</v>
       </c>
       <c r="D91">
-        <v>290</v>
+        <v>18</v>
       </c>
       <c r="E91">
-        <v>145</v>
+        <v>9</v>
       </c>
       <c r="F91">
-        <v>218</v>
+        <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>168</v>
       </c>
-      <c r="B92"/>
+      <c r="B92" t="s">
+        <v>169</v>
+      </c>
       <c r="C92">
         <v>11</v>
       </c>
       <c r="D92">
-        <v>18</v>
+        <v>257</v>
       </c>
       <c r="E92">
-        <v>9</v>
+        <v>129</v>
       </c>
       <c r="F92">
-        <v>14</v>
+        <v>193</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B93" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C93">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D93">
-        <v>257</v>
+        <v>162</v>
       </c>
       <c r="E93">
-        <v>129</v>
+        <v>81</v>
       </c>
       <c r="F93">
-        <v>193</v>
+        <v>122</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B94" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C94">
         <v>10</v>
       </c>
       <c r="D94">
-        <v>162</v>
+        <v>290</v>
       </c>
       <c r="E94">
-        <v>81</v>
+        <v>145</v>
       </c>
       <c r="F94">
-        <v>122</v>
+        <v>218</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B95" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C95">
         <v>10</v>
       </c>
       <c r="D95">
-        <v>290</v>
+        <v>508</v>
       </c>
       <c r="E95">
-        <v>145</v>
+        <v>254</v>
       </c>
       <c r="F95">
-        <v>218</v>
+        <v>381</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B96" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C96">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D96">
-        <v>508</v>
+        <v>256</v>
       </c>
       <c r="E96">
-        <v>254</v>
+        <v>128</v>
       </c>
       <c r="F96">
-        <v>381</v>
+        <v>192</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B97" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C97">
         <v>9</v>
       </c>
       <c r="D97">
-        <v>256</v>
+        <v>273</v>
       </c>
       <c r="E97">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="F97">
-        <v>192</v>
+        <v>205</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B98" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C98">
         <v>9</v>
       </c>
       <c r="D98">
-        <v>273</v>
+        <v>143</v>
       </c>
       <c r="E98">
-        <v>137</v>
+        <v>72</v>
       </c>
       <c r="F98">
-        <v>205</v>
+        <v>108</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="B99" t="s">
         <v>182</v>
       </c>
+      <c r="B99"/>
       <c r="C99">
         <v>9</v>
       </c>
       <c r="D99">
-        <v>143</v>
+        <v>300</v>
       </c>
       <c r="E99">
-        <v>72</v>
+        <v>150</v>
       </c>
       <c r="F99">
-        <v>108</v>
+        <v>225</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>183</v>
       </c>
       <c r="B100"/>
       <c r="C100">
         <v>9</v>
       </c>
       <c r="D100">
-        <v>300</v>
+        <v>138</v>
       </c>
       <c r="E100">
-        <v>150</v>
+        <v>69</v>
       </c>
       <c r="F100">
-        <v>225</v>
+        <v>104</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>184</v>
       </c>
-      <c r="B101"/>
+      <c r="B101" t="s">
+        <v>185</v>
+      </c>
       <c r="C101">
         <v>9</v>
       </c>
       <c r="D101">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="E101">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="F101">
-        <v>104</v>
+        <v>116</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="B102" t="s">
         <v>186</v>
       </c>
+      <c r="B102"/>
       <c r="C102">
         <v>9</v>
       </c>
       <c r="D102">
-        <v>154</v>
+        <v>260</v>
       </c>
       <c r="E102">
-        <v>77</v>
+        <v>130</v>
       </c>
       <c r="F102">
-        <v>116</v>
+        <v>195</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>187</v>
       </c>
       <c r="B103"/>
       <c r="C103">
         <v>9</v>
       </c>
       <c r="D103">
         <v>251</v>
       </c>
       <c r="E103">
         <v>126</v>
       </c>
       <c r="F103">
         <v>189</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>188</v>
       </c>
       <c r="B104" t="s">
@@ -4374,871 +4383,871 @@
       <c r="B108" t="s">
         <v>195</v>
       </c>
       <c r="C108">
         <v>9</v>
       </c>
       <c r="D108">
         <v>63</v>
       </c>
       <c r="E108">
         <v>32</v>
       </c>
       <c r="F108">
         <v>48</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>196</v>
       </c>
       <c r="B109"/>
       <c r="C109">
         <v>8</v>
       </c>
       <c r="D109">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="E109">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="F109">
-        <v>190</v>
+        <v>186</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>197</v>
       </c>
-      <c r="B110"/>
+      <c r="B110" t="s">
+        <v>198</v>
+      </c>
       <c r="C110">
         <v>8</v>
       </c>
       <c r="D110">
-        <v>247</v>
+        <v>269</v>
       </c>
       <c r="E110">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F110">
-        <v>186</v>
+        <v>202</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="B111"/>
+        <v>199</v>
+      </c>
+      <c r="B111" t="s">
+        <v>200</v>
+      </c>
       <c r="C111">
         <v>8</v>
       </c>
       <c r="D111">
-        <v>83</v>
+        <v>190</v>
       </c>
       <c r="E111">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="F111">
-        <v>63</v>
+        <v>143</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B112" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C112">
         <v>8</v>
       </c>
       <c r="D112">
-        <v>269</v>
+        <v>398</v>
       </c>
       <c r="E112">
-        <v>135</v>
+        <v>199</v>
       </c>
       <c r="F112">
-        <v>202</v>
+        <v>299</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="B113"/>
       <c r="C113">
         <v>8</v>
       </c>
       <c r="D113">
-        <v>190</v>
+        <v>153</v>
       </c>
       <c r="E113">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="F113">
-        <v>143</v>
+        <v>115</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="B114" t="s">
         <v>204</v>
       </c>
+      <c r="B114"/>
       <c r="C114">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D114">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="E114">
-        <v>79</v>
+        <v>129</v>
       </c>
       <c r="F114">
-        <v>118</v>
+        <v>194</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>205</v>
       </c>
       <c r="B115" t="s">
         <v>206</v>
       </c>
       <c r="C115">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D115">
-        <v>398</v>
+        <v>189</v>
       </c>
       <c r="E115">
-        <v>199</v>
+        <v>95</v>
       </c>
       <c r="F115">
-        <v>299</v>
+        <v>142</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>207</v>
       </c>
-      <c r="B116"/>
+      <c r="B116" t="s">
+        <v>208</v>
+      </c>
       <c r="C116">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D116">
-        <v>153</v>
+        <v>122</v>
       </c>
       <c r="E116">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="F116">
-        <v>115</v>
+        <v>92</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="B117" t="s">
         <v>209</v>
       </c>
+      <c r="B117"/>
       <c r="C117">
         <v>7</v>
       </c>
       <c r="D117">
-        <v>189</v>
+        <v>417</v>
       </c>
       <c r="E117">
-        <v>95</v>
+        <v>209</v>
       </c>
       <c r="F117">
-        <v>142</v>
+        <v>313</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>210</v>
       </c>
       <c r="B118" t="s">
         <v>211</v>
       </c>
       <c r="C118">
         <v>7</v>
       </c>
       <c r="D118">
-        <v>122</v>
+        <v>175</v>
       </c>
       <c r="E118">
-        <v>61</v>
+        <v>88</v>
       </c>
       <c r="F118">
-        <v>92</v>
+        <v>132</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>212</v>
       </c>
       <c r="B119"/>
       <c r="C119">
         <v>7</v>
       </c>
       <c r="D119">
-        <v>417</v>
+        <v>288</v>
       </c>
       <c r="E119">
-        <v>209</v>
+        <v>144</v>
       </c>
       <c r="F119">
-        <v>313</v>
+        <v>216</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>213</v>
       </c>
-      <c r="B120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B120"/>
       <c r="C120">
         <v>7</v>
       </c>
       <c r="D120">
-        <v>175</v>
+        <v>82</v>
       </c>
       <c r="E120">
-        <v>88</v>
+        <v>41</v>
       </c>
       <c r="F120">
-        <v>132</v>
+        <v>62</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B121"/>
       <c r="C121">
         <v>7</v>
       </c>
       <c r="D121">
-        <v>288</v>
+        <v>164</v>
       </c>
       <c r="E121">
-        <v>144</v>
+        <v>82</v>
       </c>
       <c r="F121">
-        <v>216</v>
+        <v>123</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>215</v>
+      </c>
+      <c r="B122" t="s">
         <v>216</v>
       </c>
-      <c r="B122"/>
       <c r="C122">
         <v>7</v>
       </c>
       <c r="D122">
-        <v>164</v>
+        <v>255</v>
       </c>
       <c r="E122">
-        <v>82</v>
+        <v>128</v>
       </c>
       <c r="F122">
-        <v>123</v>
+        <v>192</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>217</v>
       </c>
       <c r="B123" t="s">
         <v>218</v>
       </c>
       <c r="C123">
         <v>7</v>
       </c>
       <c r="D123">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="E123">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="F123">
-        <v>192</v>
+        <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>219</v>
       </c>
-      <c r="B124" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B124"/>
       <c r="C124">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D124">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="E124">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="F124">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>220</v>
+      </c>
+      <c r="B125" t="s">
         <v>221</v>
       </c>
-      <c r="B125"/>
       <c r="C125">
         <v>6</v>
       </c>
       <c r="D125">
-        <v>253</v>
+        <v>145</v>
       </c>
       <c r="E125">
-        <v>127</v>
+        <v>73</v>
       </c>
       <c r="F125">
-        <v>190</v>
+        <v>109</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>222</v>
       </c>
       <c r="B126" t="s">
         <v>223</v>
       </c>
       <c r="C126">
         <v>6</v>
       </c>
       <c r="D126">
-        <v>145</v>
+        <v>78</v>
       </c>
       <c r="E126">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="F126">
-        <v>109</v>
+        <v>59</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>224</v>
       </c>
-      <c r="B127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B127"/>
       <c r="C127">
         <v>6</v>
       </c>
       <c r="D127">
-        <v>78</v>
+        <v>431</v>
       </c>
       <c r="E127">
-        <v>39</v>
+        <v>216</v>
       </c>
       <c r="F127">
-        <v>59</v>
+        <v>324</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>225</v>
+      </c>
+      <c r="B128" t="s">
         <v>226</v>
       </c>
-      <c r="B128"/>
       <c r="C128">
         <v>6</v>
       </c>
       <c r="D128">
-        <v>431</v>
+        <v>61</v>
       </c>
       <c r="E128">
-        <v>216</v>
+        <v>31</v>
       </c>
       <c r="F128">
-        <v>324</v>
+        <v>46</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>227</v>
       </c>
       <c r="B129" t="s">
         <v>228</v>
       </c>
       <c r="C129">
         <v>6</v>
       </c>
       <c r="D129">
-        <v>61</v>
+        <v>430</v>
       </c>
       <c r="E129">
-        <v>31</v>
+        <v>215</v>
       </c>
       <c r="F129">
-        <v>46</v>
+        <v>323</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>229</v>
       </c>
       <c r="B130" t="s">
         <v>230</v>
       </c>
       <c r="C130">
         <v>6</v>
       </c>
       <c r="D130">
-        <v>430</v>
+        <v>240</v>
       </c>
       <c r="E130">
-        <v>215</v>
+        <v>120</v>
       </c>
       <c r="F130">
-        <v>323</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>231</v>
       </c>
-      <c r="B131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B131"/>
       <c r="C131">
         <v>6</v>
       </c>
       <c r="D131">
-        <v>240</v>
+        <v>327</v>
       </c>
       <c r="E131">
-        <v>120</v>
+        <v>164</v>
       </c>
       <c r="F131">
-        <v>180</v>
+        <v>246</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B132"/>
       <c r="C132">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D132">
-        <v>327</v>
+        <v>220</v>
       </c>
       <c r="E132">
-        <v>164</v>
+        <v>110</v>
       </c>
       <c r="F132">
-        <v>246</v>
+        <v>165</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>233</v>
+      </c>
+      <c r="B133" t="s">
         <v>234</v>
       </c>
-      <c r="B133"/>
       <c r="C133">
         <v>5</v>
       </c>
       <c r="D133">
-        <v>220</v>
+        <v>283</v>
       </c>
       <c r="E133">
-        <v>110</v>
+        <v>142</v>
       </c>
       <c r="F133">
-        <v>165</v>
+        <v>213</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>235</v>
       </c>
       <c r="B134"/>
       <c r="C134">
         <v>5</v>
       </c>
       <c r="D134">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="E134">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F134">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>236</v>
       </c>
-      <c r="B135" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B135"/>
       <c r="C135">
         <v>5</v>
       </c>
       <c r="D135">
-        <v>283</v>
+        <v>151</v>
       </c>
       <c r="E135">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="F135">
-        <v>213</v>
+        <v>114</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B136"/>
       <c r="C136">
         <v>5</v>
       </c>
       <c r="D136">
-        <v>241</v>
+        <v>163</v>
       </c>
       <c r="E136">
-        <v>121</v>
+        <v>82</v>
       </c>
       <c r="F136">
-        <v>181</v>
+        <v>123</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B137"/>
       <c r="C137">
         <v>5</v>
       </c>
       <c r="D137">
-        <v>151</v>
+        <v>128</v>
       </c>
       <c r="E137">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F137">
-        <v>114</v>
+        <v>96</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>239</v>
+      </c>
+      <c r="B138" t="s">
         <v>240</v>
       </c>
-      <c r="B138"/>
       <c r="C138">
         <v>5</v>
       </c>
       <c r="D138">
-        <v>163</v>
+        <v>209</v>
       </c>
       <c r="E138">
-        <v>82</v>
+        <v>105</v>
       </c>
       <c r="F138">
-        <v>123</v>
+        <v>157</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>241</v>
       </c>
       <c r="B139"/>
       <c r="C139">
         <v>5</v>
       </c>
       <c r="D139">
-        <v>128</v>
+        <v>259</v>
       </c>
       <c r="E139">
-        <v>64</v>
+        <v>130</v>
       </c>
       <c r="F139">
-        <v>96</v>
+        <v>195</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>242</v>
       </c>
       <c r="B140" t="s">
         <v>243</v>
       </c>
       <c r="C140">
         <v>5</v>
       </c>
       <c r="D140">
-        <v>209</v>
+        <v>101</v>
       </c>
       <c r="E140">
-        <v>105</v>
+        <v>51</v>
       </c>
       <c r="F140">
-        <v>157</v>
+        <v>76</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>244</v>
       </c>
-      <c r="B141"/>
+      <c r="B141" t="s">
+        <v>245</v>
+      </c>
       <c r="C141">
         <v>5</v>
       </c>
       <c r="D141">
-        <v>259</v>
+        <v>115</v>
       </c>
       <c r="E141">
-        <v>130</v>
+        <v>58</v>
       </c>
       <c r="F141">
-        <v>195</v>
+        <v>87</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="B142" t="s">
         <v>246</v>
       </c>
+      <c r="B142"/>
       <c r="C142">
         <v>5</v>
       </c>
       <c r="D142">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="E142">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="F142">
-        <v>76</v>
+        <v>111</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>247</v>
       </c>
       <c r="B143" t="s">
         <v>248</v>
       </c>
       <c r="C143">
         <v>5</v>
       </c>
       <c r="D143">
-        <v>115</v>
+        <v>470</v>
       </c>
       <c r="E143">
-        <v>58</v>
+        <v>235</v>
       </c>
       <c r="F143">
-        <v>87</v>
+        <v>353</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>249</v>
       </c>
       <c r="B144"/>
       <c r="C144">
         <v>5</v>
       </c>
       <c r="D144">
-        <v>148</v>
+        <v>393</v>
       </c>
       <c r="E144">
-        <v>74</v>
+        <v>197</v>
       </c>
       <c r="F144">
-        <v>111</v>
+        <v>295</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>250</v>
       </c>
-      <c r="B145" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B145"/>
       <c r="C145">
         <v>5</v>
       </c>
       <c r="D145">
-        <v>470</v>
+        <v>158</v>
       </c>
       <c r="E145">
-        <v>235</v>
+        <v>79</v>
       </c>
       <c r="F145">
-        <v>353</v>
+        <v>119</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>251</v>
+      </c>
+      <c r="B146" t="s">
         <v>252</v>
       </c>
-      <c r="B146"/>
       <c r="C146">
         <v>5</v>
       </c>
       <c r="D146">
-        <v>393</v>
+        <v>116</v>
       </c>
       <c r="E146">
-        <v>197</v>
+        <v>58</v>
       </c>
       <c r="F146">
-        <v>295</v>
+        <v>87</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>253</v>
       </c>
       <c r="B147"/>
       <c r="C147">
         <v>5</v>
       </c>
       <c r="D147">
+        <v>316</v>
+      </c>
+      <c r="E147">
         <v>158</v>
       </c>
-      <c r="E147">
-[...1 lines deleted...]
-      </c>
       <c r="F147">
-        <v>119</v>
+        <v>237</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>254</v>
       </c>
       <c r="B148"/>
       <c r="C148">
         <v>5</v>
       </c>
       <c r="D148">
-        <v>316</v>
+        <v>172</v>
       </c>
       <c r="E148">
-        <v>158</v>
+        <v>86</v>
       </c>
       <c r="F148">
-        <v>237</v>
+        <v>129</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>255</v>
       </c>
-      <c r="B149"/>
+      <c r="B149" t="s">
+        <v>256</v>
+      </c>
       <c r="C149">
         <v>5</v>
       </c>
       <c r="D149">
         <v>172</v>
       </c>
       <c r="E149">
         <v>86</v>
       </c>
       <c r="F149">
         <v>129</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="B150" t="s">
         <v>257</v>
       </c>
+      <c r="B150"/>
       <c r="C150">
         <v>5</v>
       </c>
       <c r="D150">
-        <v>172</v>
+        <v>293</v>
       </c>
       <c r="E150">
-        <v>86</v>
+        <v>147</v>
       </c>
       <c r="F150">
-        <v>129</v>
+        <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>258</v>
       </c>
       <c r="B151"/>
       <c r="C151">
         <v>5</v>
       </c>
       <c r="D151">
-        <v>293</v>
+        <v>258</v>
       </c>
       <c r="E151">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="F151">
-        <v>220</v>
+        <v>194</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>259</v>
       </c>
       <c r="B152"/>
       <c r="C152">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D152">
-        <v>258</v>
+        <v>218</v>
       </c>
       <c r="E152">
-        <v>129</v>
+        <v>109</v>
       </c>
       <c r="F152">
-        <v>194</v>
+        <v>164</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>260</v>
       </c>
       <c r="B153"/>
       <c r="C153">
         <v>4</v>
       </c>
       <c r="D153">
         <v>256</v>
       </c>
       <c r="E153">
         <v>128</v>
       </c>
       <c r="F153">
         <v>192</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>261</v>
       </c>
       <c r="B154"/>
@@ -5256,51 +5265,51 @@
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>262</v>
       </c>
       <c r="B155"/>
       <c r="C155">
         <v>4</v>
       </c>
       <c r="D155">
         <v>136</v>
       </c>
       <c r="E155">
         <v>68</v>
       </c>
       <c r="F155">
         <v>102</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>263</v>
       </c>
       <c r="B156" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C156">
         <v>4</v>
       </c>
       <c r="D156">
         <v>260</v>
       </c>
       <c r="E156">
         <v>130</v>
       </c>
       <c r="F156">
         <v>195</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>264</v>
       </c>
       <c r="B157"/>
       <c r="C157">
         <v>4</v>
       </c>
       <c r="D157">
         <v>161</v>
       </c>
@@ -5434,57 +5443,57 @@
       </c>
       <c r="C164">
         <v>4</v>
       </c>
       <c r="D164">
         <v>248</v>
       </c>
       <c r="E164">
         <v>124</v>
       </c>
       <c r="F164">
         <v>186</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>276</v>
       </c>
       <c r="B165" t="s">
         <v>277</v>
       </c>
       <c r="C165">
         <v>4</v>
       </c>
       <c r="D165">
-        <v>262</v>
+        <v>275</v>
       </c>
       <c r="E165">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="F165">
-        <v>197</v>
+        <v>207</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>278</v>
       </c>
       <c r="B166"/>
       <c r="C166">
         <v>4</v>
       </c>
       <c r="D166">
         <v>262</v>
       </c>
       <c r="E166">
         <v>131</v>
       </c>
       <c r="F166">
         <v>197</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>279</v>
       </c>
       <c r="B167"/>
@@ -6158,57 +6167,57 @@
       <c r="B203" t="s">
         <v>326</v>
       </c>
       <c r="C203">
         <v>3</v>
       </c>
       <c r="D203">
         <v>122</v>
       </c>
       <c r="E203">
         <v>61</v>
       </c>
       <c r="F203">
         <v>92</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>327</v>
       </c>
       <c r="B204"/>
       <c r="C204">
         <v>3</v>
       </c>
       <c r="D204">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="E204">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F204">
-        <v>231</v>
+        <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>328</v>
       </c>
       <c r="B205"/>
       <c r="C205">
         <v>2</v>
       </c>
       <c r="D205">
         <v>53</v>
       </c>
       <c r="E205">
         <v>27</v>
       </c>
       <c r="F205">
         <v>40</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>329</v>
       </c>
       <c r="B206"/>
@@ -7364,3672 +7373,3710 @@
       <c r="B269" t="s">
         <v>401</v>
       </c>
       <c r="C269">
         <v>2</v>
       </c>
       <c r="D269">
         <v>105</v>
       </c>
       <c r="E269">
         <v>53</v>
       </c>
       <c r="F269">
         <v>79</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>402</v>
       </c>
       <c r="B270"/>
       <c r="C270">
         <v>2</v>
       </c>
       <c r="D270">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="E270">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="F270">
-        <v>116</v>
+        <v>105</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>403</v>
       </c>
-      <c r="B271" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B271"/>
       <c r="C271">
         <v>2</v>
       </c>
       <c r="D271">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="E271">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="F271">
-        <v>93</v>
+        <v>116</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>404</v>
       </c>
-      <c r="B272"/>
+      <c r="B272" t="s">
+        <v>179</v>
+      </c>
       <c r="C272">
         <v>2</v>
       </c>
       <c r="D272">
-        <v>185</v>
+        <v>124</v>
       </c>
       <c r="E272">
+        <v>62</v>
+      </c>
+      <c r="F272">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>405</v>
       </c>
       <c r="B273"/>
       <c r="C273">
         <v>2</v>
       </c>
       <c r="D273">
-        <v>274</v>
+        <v>185</v>
       </c>
       <c r="E273">
-        <v>137</v>
+        <v>93</v>
       </c>
       <c r="F273">
-        <v>206</v>
+        <v>139</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>406</v>
       </c>
       <c r="B274"/>
       <c r="C274">
         <v>2</v>
       </c>
       <c r="D274">
-        <v>101</v>
+        <v>274</v>
       </c>
       <c r="E274">
-        <v>51</v>
+        <v>137</v>
       </c>
       <c r="F274">
-        <v>76</v>
+        <v>206</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>407</v>
       </c>
       <c r="B275"/>
       <c r="C275">
         <v>2</v>
       </c>
       <c r="D275">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="E275">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="F275">
-        <v>42</v>
+        <v>76</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>408</v>
       </c>
       <c r="B276"/>
       <c r="C276">
         <v>2</v>
       </c>
       <c r="D276">
-        <v>272</v>
+        <v>55</v>
       </c>
       <c r="E276">
-        <v>136</v>
+        <v>28</v>
       </c>
       <c r="F276">
-        <v>204</v>
+        <v>42</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>409</v>
       </c>
-      <c r="B277" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B277"/>
       <c r="C277">
         <v>2</v>
       </c>
       <c r="D277">
-        <v>29</v>
+        <v>272</v>
       </c>
       <c r="E277">
-        <v>15</v>
+        <v>136</v>
       </c>
       <c r="F277">
-        <v>22</v>
+        <v>204</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
+        <v>410</v>
+      </c>
+      <c r="B278" t="s">
         <v>411</v>
       </c>
-      <c r="B278"/>
       <c r="C278">
         <v>2</v>
       </c>
       <c r="D278">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E278">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F278">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>412</v>
       </c>
       <c r="B279"/>
       <c r="C279">
         <v>2</v>
       </c>
       <c r="D279">
-        <v>70</v>
+        <v>31</v>
       </c>
       <c r="E279">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="F279">
-        <v>53</v>
+        <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>413</v>
       </c>
       <c r="B280"/>
       <c r="C280">
         <v>2</v>
       </c>
       <c r="D280">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="E280">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F280">
-        <v>59</v>
+        <v>53</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>414</v>
       </c>
       <c r="B281"/>
       <c r="C281">
         <v>2</v>
       </c>
       <c r="D281">
-        <v>31</v>
+        <v>78</v>
       </c>
       <c r="E281">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="F281">
-        <v>24</v>
+        <v>59</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>415</v>
       </c>
       <c r="B282"/>
       <c r="C282">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D282">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="E282">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="F282">
-        <v>78</v>
+        <v>24</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>416</v>
       </c>
-      <c r="B283"/>
+      <c r="B283" t="s">
+        <v>417</v>
+      </c>
       <c r="C283">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D283">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="E283">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F283">
-        <v>72</v>
+        <v>53</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B284"/>
       <c r="C284">
         <v>1</v>
       </c>
       <c r="D284">
-        <v>66</v>
+        <v>104</v>
       </c>
       <c r="E284">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F284">
-        <v>50</v>
+        <v>78</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B285"/>
       <c r="C285">
         <v>1</v>
       </c>
       <c r="D285">
-        <v>58</v>
+        <v>95</v>
       </c>
       <c r="E285">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="F285">
-        <v>44</v>
+        <v>72</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B286"/>
       <c r="C286">
         <v>1</v>
       </c>
       <c r="D286">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="E286">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F286">
-        <v>23</v>
+        <v>50</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B287"/>
       <c r="C287">
         <v>1</v>
       </c>
       <c r="D287">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="E287">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="F287">
-        <v>29</v>
+        <v>44</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B288"/>
       <c r="C288">
         <v>1</v>
       </c>
       <c r="D288">
-        <v>116</v>
+        <v>30</v>
       </c>
       <c r="E288">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="F288">
-        <v>87</v>
+        <v>23</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B289"/>
       <c r="C289">
         <v>1</v>
       </c>
       <c r="D289">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="E289">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="F289">
-        <v>0</v>
+        <v>29</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B290"/>
       <c r="C290">
         <v>1</v>
       </c>
       <c r="D290">
-        <v>19</v>
+        <v>116</v>
       </c>
       <c r="E290">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="F290">
-        <v>15</v>
+        <v>87</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B291"/>
       <c r="C291">
         <v>1</v>
       </c>
       <c r="D291">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="E291">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="F291">
-        <v>46</v>
+        <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B292"/>
       <c r="C292">
         <v>1</v>
       </c>
       <c r="D292">
-        <v>103</v>
+        <v>19</v>
       </c>
       <c r="E292">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="F292">
-        <v>78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B293"/>
       <c r="C293">
         <v>1</v>
       </c>
       <c r="D293">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="E293">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F293">
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B294"/>
       <c r="C294">
         <v>1</v>
       </c>
       <c r="D294">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="E294">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="F294">
-        <v>46</v>
+        <v>78</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B295"/>
       <c r="C295">
         <v>1</v>
       </c>
       <c r="D295">
-        <v>7</v>
+        <v>70</v>
       </c>
       <c r="E295">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="F295">
-        <v>6</v>
+        <v>53</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B296"/>
       <c r="C296">
         <v>1</v>
       </c>
       <c r="D296">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="E296">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="F296">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B297"/>
       <c r="C297">
         <v>1</v>
       </c>
       <c r="D297">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="E297">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="F297">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B298"/>
       <c r="C298">
         <v>1</v>
       </c>
       <c r="D298">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="E298">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F298">
-        <v>39</v>
+        <v>27</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B299"/>
       <c r="C299">
         <v>1</v>
       </c>
       <c r="D299">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E299">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="F299">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B300"/>
       <c r="C300">
         <v>1</v>
       </c>
       <c r="D300">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="E300">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="F300">
-        <v>0</v>
+        <v>39</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="B301" t="s">
         <v>435</v>
       </c>
+      <c r="B301"/>
       <c r="C301">
         <v>1</v>
       </c>
       <c r="D301">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="E301">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="F301">
-        <v>54</v>
+        <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>436</v>
       </c>
-      <c r="B302" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B302"/>
       <c r="C302">
         <v>1</v>
       </c>
       <c r="D302">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="E302">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="F302">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
+        <v>437</v>
+      </c>
+      <c r="B303" t="s">
         <v>438</v>
       </c>
-      <c r="B303"/>
       <c r="C303">
         <v>1</v>
       </c>
       <c r="D303">
-        <v>0</v>
+        <v>71</v>
       </c>
       <c r="E303">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="F303">
-        <v>0</v>
+        <v>54</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>439</v>
       </c>
-      <c r="B304"/>
+      <c r="B304" t="s">
+        <v>440</v>
+      </c>
       <c r="C304">
         <v>1</v>
       </c>
       <c r="D304">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="E304">
+        <v>17</v>
+      </c>
+      <c r="F304">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B305"/>
       <c r="C305">
         <v>1</v>
       </c>
       <c r="D305">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="E305">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="F305">
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B306"/>
       <c r="C306">
         <v>1</v>
       </c>
       <c r="D306">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="E306">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="F306">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B307"/>
       <c r="C307">
         <v>1</v>
       </c>
       <c r="D307">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="E307">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F307">
-        <v>41</v>
+        <v>21</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>443</v>
-[...3 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="B308"/>
       <c r="C308">
         <v>1</v>
       </c>
       <c r="D308">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="E308">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="F308">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B309"/>
       <c r="C309">
         <v>1</v>
       </c>
       <c r="D309">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="E309">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F309">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="B310"/>
+        <v>446</v>
+      </c>
+      <c r="B310" t="s">
+        <v>179</v>
+      </c>
       <c r="C310">
         <v>1</v>
       </c>
       <c r="D310">
+        <v>34</v>
+      </c>
+      <c r="E310">
         <v>17</v>
       </c>
-      <c r="E310">
-[...1 lines deleted...]
-      </c>
       <c r="F310">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B311"/>
       <c r="C311">
         <v>1</v>
       </c>
       <c r="D311">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E311">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F311">
-        <v>13</v>
+        <v>45</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B312"/>
       <c r="C312">
         <v>1</v>
       </c>
       <c r="D312">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="E312">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F312">
-        <v>33</v>
+        <v>13</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B313"/>
       <c r="C313">
         <v>1</v>
       </c>
       <c r="D313">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="E313">
+        <v>9</v>
+      </c>
+      <c r="F313">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B314"/>
       <c r="C314">
         <v>1</v>
       </c>
       <c r="D314">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="E314">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="F314">
-        <v>0</v>
+        <v>33</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B315"/>
       <c r="C315">
         <v>1</v>
       </c>
       <c r="D315">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E315">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F315">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="B316" t="s">
         <v>452</v>
       </c>
+      <c r="B316"/>
       <c r="C316">
         <v>1</v>
       </c>
       <c r="D316">
         <v>0</v>
       </c>
       <c r="E316">
         <v>0</v>
       </c>
       <c r="F316">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>453</v>
       </c>
       <c r="B317"/>
       <c r="C317">
         <v>1</v>
       </c>
       <c r="D317">
         <v>23</v>
       </c>
       <c r="E317">
         <v>12</v>
       </c>
       <c r="F317">
         <v>18</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>454</v>
       </c>
-      <c r="B318"/>
+      <c r="B318" t="s">
+        <v>455</v>
+      </c>
       <c r="C318">
         <v>1</v>
       </c>
       <c r="D318">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="E318">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="F318">
-        <v>30</v>
+        <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B319"/>
       <c r="C319">
         <v>1</v>
       </c>
       <c r="D319">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="E319">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F319">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B320"/>
       <c r="C320">
         <v>1</v>
       </c>
       <c r="D320">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="E320">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F320">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B321"/>
       <c r="C321">
         <v>1</v>
       </c>
       <c r="D321">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="E321">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F321">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B322"/>
       <c r="C322">
         <v>1</v>
       </c>
       <c r="D322">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="E322">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F322">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B323"/>
       <c r="C323">
         <v>1</v>
       </c>
       <c r="D323">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="E323">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F323">
-        <v>57</v>
+        <v>18</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B324"/>
       <c r="C324">
         <v>1</v>
       </c>
       <c r="D324">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="E324">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F324">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B325"/>
       <c r="C325">
         <v>1</v>
       </c>
       <c r="D325">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="E325">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F325">
-        <v>63</v>
+        <v>57</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>462</v>
-[...1 lines deleted...]
-      <c r="B326" t="s">
         <v>463</v>
       </c>
+      <c r="B326"/>
       <c r="C326">
         <v>1</v>
       </c>
       <c r="D326">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E326">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F326">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>464</v>
       </c>
       <c r="B327"/>
       <c r="C327">
         <v>1</v>
       </c>
       <c r="D327">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="E327">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="F327">
-        <v>24</v>
+        <v>63</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>465</v>
       </c>
-      <c r="B328"/>
+      <c r="B328" t="s">
+        <v>466</v>
+      </c>
       <c r="C328">
         <v>1</v>
       </c>
       <c r="D328">
+        <v>34</v>
+      </c>
+      <c r="E328">
         <v>17</v>
       </c>
-      <c r="E328">
-[...1 lines deleted...]
-      </c>
       <c r="F328">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B329"/>
       <c r="C329">
         <v>1</v>
       </c>
       <c r="D329">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E329">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F329">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B330"/>
       <c r="C330">
         <v>1</v>
       </c>
       <c r="D330">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="E330">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F330">
-        <v>35</v>
+        <v>13</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B331"/>
       <c r="C331">
         <v>1</v>
       </c>
       <c r="D331">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="E331">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="F331">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B332"/>
       <c r="C332">
         <v>1</v>
       </c>
       <c r="D332">
-        <v>101</v>
+        <v>46</v>
       </c>
       <c r="E332">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="F332">
-        <v>76</v>
+        <v>35</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B333"/>
       <c r="C333">
         <v>1</v>
       </c>
       <c r="D333">
-        <v>104</v>
+        <v>53</v>
       </c>
       <c r="E333">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="F333">
-        <v>78</v>
+        <v>40</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B334"/>
       <c r="C334">
         <v>1</v>
       </c>
       <c r="D334">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="E334">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="F334">
-        <v>59</v>
+        <v>76</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B335"/>
       <c r="C335">
         <v>1</v>
       </c>
       <c r="D335">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E335">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F335">
-        <v>81</v>
+        <v>78</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B336"/>
       <c r="C336">
         <v>1</v>
       </c>
       <c r="D336">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="E336">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F336">
-        <v>74</v>
+        <v>59</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B337"/>
       <c r="C337">
         <v>1</v>
       </c>
       <c r="D337">
-        <v>32</v>
+        <v>107</v>
       </c>
       <c r="E337">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="F337">
-        <v>24</v>
+        <v>81</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B338"/>
       <c r="C338">
         <v>1</v>
       </c>
       <c r="D338">
-        <v>32</v>
+        <v>98</v>
       </c>
       <c r="E338">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="F338">
-        <v>24</v>
+        <v>74</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B339"/>
       <c r="C339">
         <v>1</v>
       </c>
       <c r="D339">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="E339">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="F339">
-        <v>43</v>
+        <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B340"/>
       <c r="C340">
         <v>1</v>
       </c>
       <c r="D340">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="E340">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="F340">
-        <v>38</v>
+        <v>24</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B341"/>
       <c r="C341">
         <v>1</v>
       </c>
       <c r="D341">
-        <v>111</v>
+        <v>57</v>
       </c>
       <c r="E341">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="F341">
-        <v>84</v>
+        <v>43</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B342"/>
       <c r="C342">
         <v>1</v>
       </c>
       <c r="D342">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="E342">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="F342">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B343"/>
       <c r="C343">
         <v>1</v>
       </c>
       <c r="D343">
-        <v>59</v>
+        <v>111</v>
       </c>
       <c r="E343">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="F343">
-        <v>45</v>
+        <v>84</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B344"/>
       <c r="C344">
         <v>1</v>
       </c>
       <c r="D344">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="E344">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="F344">
-        <v>53</v>
+        <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="B345" t="s">
         <v>483</v>
       </c>
+      <c r="B345"/>
       <c r="C345">
         <v>1</v>
       </c>
       <c r="D345">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="E345">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="F345">
-        <v>61</v>
+        <v>45</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>484</v>
       </c>
       <c r="B346"/>
       <c r="C346">
         <v>1</v>
       </c>
       <c r="D346">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="E346">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F346">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>485</v>
       </c>
       <c r="B347" t="s">
         <v>486</v>
       </c>
       <c r="C347">
         <v>1</v>
       </c>
       <c r="D347">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="E347">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="F347">
-        <v>30</v>
+        <v>61</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>487</v>
       </c>
       <c r="B348"/>
       <c r="C348">
         <v>1</v>
       </c>
       <c r="D348">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="E348">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F348">
-        <v>61</v>
+        <v>49</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>488</v>
       </c>
-      <c r="B349"/>
+      <c r="B349" t="s">
+        <v>489</v>
+      </c>
       <c r="C349">
         <v>1</v>
       </c>
       <c r="D349">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E349">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F349">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B350"/>
       <c r="C350">
         <v>1</v>
       </c>
       <c r="D350">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="E350">
-        <v>7</v>
+        <v>41</v>
       </c>
       <c r="F350">
-        <v>10</v>
+        <v>61</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B351"/>
       <c r="C351">
         <v>1</v>
       </c>
       <c r="D351">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="E351">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="F351">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B352"/>
       <c r="C352">
         <v>1</v>
       </c>
-      <c r="D352"/>
-[...1 lines deleted...]
-      <c r="F352"/>
+      <c r="D352">
+        <v>13</v>
+      </c>
+      <c r="E352">
+        <v>7</v>
+      </c>
+      <c r="F352">
+        <v>10</v>
+      </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B353"/>
       <c r="C353">
         <v>1</v>
       </c>
       <c r="D353">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E353">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F353">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B354"/>
       <c r="C354">
         <v>1</v>
       </c>
-      <c r="D354">
-[...7 lines deleted...]
-      </c>
+      <c r="D354"/>
+      <c r="E354"/>
+      <c r="F354"/>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B355"/>
       <c r="C355">
         <v>1</v>
       </c>
       <c r="D355">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E355">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F355">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B356"/>
       <c r="C356">
         <v>1</v>
       </c>
       <c r="D356">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="E356">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F356">
-        <v>27</v>
+        <v>21</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B357"/>
       <c r="C357">
         <v>1</v>
       </c>
       <c r="D357">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="E357">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F357">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B358"/>
       <c r="C358">
         <v>1</v>
       </c>
       <c r="D358">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="E358">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F358">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B359"/>
       <c r="C359">
         <v>1</v>
       </c>
       <c r="D359">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="E359">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F359">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B360"/>
       <c r="C360">
         <v>1</v>
       </c>
       <c r="D360">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="E360">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F360">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B361"/>
       <c r="C361">
         <v>1</v>
       </c>
       <c r="D361">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="E361">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F361">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B362"/>
       <c r="C362">
         <v>1</v>
       </c>
       <c r="D362">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="E362">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="F362">
-        <v>48</v>
+        <v>33</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B363"/>
       <c r="C363">
         <v>1</v>
       </c>
       <c r="D363">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E363">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F363">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B364"/>
       <c r="C364">
         <v>1</v>
       </c>
       <c r="D364">
-        <v>117</v>
+        <v>63</v>
       </c>
       <c r="E364">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="F364">
-        <v>88</v>
+        <v>48</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B365"/>
       <c r="C365">
         <v>1</v>
       </c>
       <c r="D365">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E365">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F365">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B366"/>
       <c r="C366">
         <v>1</v>
       </c>
       <c r="D366">
-        <v>137</v>
+        <v>117</v>
       </c>
       <c r="E366">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="F366">
-        <v>103</v>
+        <v>88</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B367"/>
       <c r="C367">
         <v>1</v>
       </c>
       <c r="D367">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="E367">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="F367">
-        <v>75</v>
+        <v>12</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B368"/>
       <c r="C368">
         <v>1</v>
       </c>
       <c r="D368">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="E368">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F368">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B369"/>
       <c r="C369">
         <v>1</v>
       </c>
       <c r="D369">
-        <v>7</v>
+        <v>100</v>
       </c>
       <c r="E369">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="F369">
-        <v>6</v>
+        <v>75</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="B370" t="s">
         <v>510</v>
       </c>
+      <c r="B370"/>
       <c r="C370">
         <v>1</v>
       </c>
       <c r="D370">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="E370">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="F370">
-        <v>20</v>
+        <v>105</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>511</v>
       </c>
-      <c r="B371" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B371"/>
       <c r="C371">
         <v>1</v>
       </c>
       <c r="D371">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="E371">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="F371">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
+        <v>512</v>
+      </c>
+      <c r="B372" t="s">
         <v>513</v>
       </c>
-      <c r="B372"/>
       <c r="C372">
         <v>1</v>
       </c>
       <c r="D372">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="E372">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F372">
-        <v>31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>514</v>
       </c>
-      <c r="B373"/>
+      <c r="B373" t="s">
+        <v>515</v>
+      </c>
       <c r="C373">
         <v>1</v>
       </c>
       <c r="D373">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="E373">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F373">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B374"/>
       <c r="C374">
         <v>1</v>
       </c>
       <c r="D374">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E374">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F374">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B375"/>
       <c r="C375">
         <v>1</v>
       </c>
       <c r="D375">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="E375">
+        <v>25</v>
+      </c>
+      <c r="F375">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B376"/>
       <c r="C376">
         <v>1</v>
       </c>
       <c r="D376">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="E376">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F376">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B377"/>
       <c r="C377">
         <v>1</v>
       </c>
       <c r="D377">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="E377">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="F377">
-        <v>27</v>
+        <v>57</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B378"/>
       <c r="C378">
         <v>1</v>
       </c>
       <c r="D378">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="E378">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F378">
-        <v>13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B379"/>
       <c r="C379">
         <v>1</v>
       </c>
       <c r="D379">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="E379">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="F379">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B380"/>
       <c r="C380">
         <v>1</v>
       </c>
       <c r="D380">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="E380">
+        <v>9</v>
+      </c>
+      <c r="F380">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B381"/>
       <c r="C381">
         <v>1</v>
       </c>
       <c r="D381">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="E381">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="F381">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B382"/>
       <c r="C382">
         <v>1</v>
       </c>
       <c r="D382">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="E382">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="F382">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B383"/>
       <c r="C383">
         <v>1</v>
       </c>
       <c r="D383">
-        <v>99</v>
+        <v>29</v>
       </c>
       <c r="E383">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="F383">
-        <v>75</v>
+        <v>22</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B384"/>
       <c r="C384">
         <v>1</v>
       </c>
       <c r="D384">
-        <v>119</v>
+        <v>70</v>
       </c>
       <c r="E384">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="F384">
-        <v>90</v>
+        <v>53</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B385"/>
       <c r="C385">
         <v>1</v>
       </c>
       <c r="D385">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="E385">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="F385">
-        <v>39</v>
+        <v>75</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B386"/>
       <c r="C386">
         <v>1</v>
       </c>
       <c r="D386">
-        <v>64</v>
+        <v>119</v>
       </c>
       <c r="E386">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="F386">
-        <v>48</v>
+        <v>90</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B387"/>
       <c r="C387">
         <v>1</v>
       </c>
       <c r="D387">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="E387">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="F387">
-        <v>0</v>
+        <v>39</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B388"/>
       <c r="C388">
         <v>1</v>
       </c>
       <c r="D388">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="E388">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="F388">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B389"/>
       <c r="C389">
         <v>1</v>
       </c>
       <c r="D389">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="E389">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="F389">
-        <v>51</v>
+        <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B390"/>
       <c r="C390">
         <v>1</v>
       </c>
       <c r="D390">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="E390">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="F390">
-        <v>72</v>
+        <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B391"/>
       <c r="C391">
         <v>1</v>
       </c>
       <c r="D391">
-        <v>111</v>
+        <v>67</v>
       </c>
       <c r="E391">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="F391">
-        <v>84</v>
+        <v>51</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B392"/>
       <c r="C392">
         <v>1</v>
       </c>
       <c r="D392">
-        <v>36</v>
+        <v>95</v>
       </c>
       <c r="E392">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="F392">
-        <v>27</v>
+        <v>72</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="B393" t="s">
         <v>535</v>
       </c>
+      <c r="B393"/>
       <c r="C393">
         <v>1</v>
       </c>
       <c r="D393">
-        <v>74</v>
+        <v>111</v>
       </c>
       <c r="E393">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="F393">
-        <v>56</v>
+        <v>84</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>536</v>
       </c>
       <c r="B394"/>
       <c r="C394">
         <v>1</v>
       </c>
       <c r="D394">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="E394">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F394">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>537</v>
       </c>
-      <c r="B395"/>
+      <c r="B395" t="s">
+        <v>538</v>
+      </c>
       <c r="C395">
         <v>1</v>
       </c>
       <c r="D395">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="E395">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="F395">
-        <v>15</v>
+        <v>56</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B396"/>
       <c r="C396">
         <v>1</v>
       </c>
       <c r="D396">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="E396">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="F396">
-        <v>72</v>
+        <v>19</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B397"/>
       <c r="C397">
         <v>1</v>
       </c>
       <c r="D397">
+        <v>19</v>
+      </c>
+      <c r="E397">
+        <v>10</v>
+      </c>
+      <c r="F397">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B398"/>
       <c r="C398">
         <v>1</v>
       </c>
       <c r="D398">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="E398">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F398">
-        <v>63</v>
+        <v>72</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B399"/>
       <c r="C399">
         <v>1</v>
       </c>
       <c r="D399">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="E399">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="F399">
-        <v>53</v>
+        <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B400"/>
       <c r="C400">
         <v>1</v>
       </c>
       <c r="D400">
+        <v>84</v>
+      </c>
+      <c r="E400">
+        <v>42</v>
+      </c>
+      <c r="F400">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B401"/>
       <c r="C401">
         <v>1</v>
       </c>
       <c r="D401">
-        <v>121</v>
+        <v>70</v>
       </c>
       <c r="E401">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="F401">
-        <v>91</v>
+        <v>53</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B402"/>
       <c r="C402">
         <v>1</v>
       </c>
       <c r="D402">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="E402">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="F402">
-        <v>0</v>
+        <v>48</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B403"/>
       <c r="C403">
         <v>1</v>
       </c>
       <c r="D403">
-        <v>20</v>
+        <v>121</v>
       </c>
       <c r="E403">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="F403">
-        <v>15</v>
+        <v>91</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B404"/>
       <c r="C404">
         <v>1</v>
       </c>
       <c r="D404">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="E404">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="F404">
-        <v>53</v>
+        <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B405"/>
       <c r="C405">
         <v>1</v>
       </c>
       <c r="D405">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="E405">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F405">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B406"/>
       <c r="C406">
         <v>1</v>
       </c>
       <c r="D406">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="E406">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F406">
-        <v>39</v>
+        <v>53</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B407"/>
       <c r="C407">
         <v>1</v>
       </c>
       <c r="D407">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="E407">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F407">
-        <v>43</v>
+        <v>30</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B408"/>
       <c r="C408">
         <v>1</v>
       </c>
       <c r="D408">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E408">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F408">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B409"/>
       <c r="C409">
         <v>1</v>
       </c>
       <c r="D409">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="E409">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="F409">
-        <v>15</v>
+        <v>43</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B410"/>
       <c r="C410">
         <v>1</v>
       </c>
       <c r="D410">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="E410">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="F410">
-        <v>12</v>
+        <v>44</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>553</v>
-[...1 lines deleted...]
-      <c r="B411" t="s">
         <v>554</v>
       </c>
+      <c r="B411"/>
       <c r="C411">
         <v>1</v>
       </c>
       <c r="D411">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="E411">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="F411">
-        <v>43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>555</v>
       </c>
       <c r="B412"/>
       <c r="C412">
         <v>1</v>
       </c>
       <c r="D412">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="E412">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="F412">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>556</v>
       </c>
-      <c r="B413"/>
+      <c r="B413" t="s">
+        <v>557</v>
+      </c>
       <c r="C413">
         <v>1</v>
       </c>
       <c r="D413">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="E413">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F413">
-        <v>0</v>
+        <v>43</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B414"/>
       <c r="C414">
         <v>1</v>
       </c>
       <c r="D414">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="E414">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F414">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B415"/>
       <c r="C415">
         <v>1</v>
       </c>
       <c r="D415">
         <v>0</v>
       </c>
       <c r="E415">
         <v>0</v>
       </c>
       <c r="F415">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B416"/>
       <c r="C416">
         <v>1</v>
       </c>
       <c r="D416">
-        <v>57</v>
+        <v>6</v>
       </c>
       <c r="E416">
-        <v>29</v>
+        <v>3</v>
       </c>
       <c r="F416">
-        <v>43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B417"/>
       <c r="C417">
         <v>1</v>
       </c>
       <c r="D417">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="E417">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="F417">
-        <v>87</v>
+        <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B418"/>
       <c r="C418">
         <v>1</v>
       </c>
       <c r="D418">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="E418">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="F418">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B419"/>
       <c r="C419">
         <v>1</v>
       </c>
       <c r="D419">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="E419">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="F419">
-        <v>0</v>
+        <v>18</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B420"/>
       <c r="C420">
         <v>1</v>
       </c>
       <c r="D420">
-        <v>0</v>
+        <v>81</v>
       </c>
       <c r="E420">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="F420">
-        <v>0</v>
+        <v>61</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B421"/>
       <c r="C421">
         <v>1</v>
       </c>
       <c r="D421">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="E421">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F421">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B422"/>
       <c r="C422">
         <v>1</v>
       </c>
       <c r="D422">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="E422">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="F422">
-        <v>45</v>
+        <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B423"/>
       <c r="C423">
         <v>1</v>
       </c>
       <c r="D423">
-        <v>81</v>
+        <v>31</v>
       </c>
       <c r="E423">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="F423">
-        <v>61</v>
+        <v>24</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B424"/>
       <c r="C424">
         <v>1</v>
       </c>
       <c r="D424">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E424">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F424">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B425"/>
       <c r="C425">
         <v>1</v>
       </c>
       <c r="D425">
-        <v>0</v>
+        <v>81</v>
       </c>
       <c r="E425">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="F425">
-        <v>0</v>
+        <v>61</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B426"/>
       <c r="C426">
         <v>1</v>
       </c>
       <c r="D426">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="E426">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F426">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B427"/>
       <c r="C427">
         <v>1</v>
       </c>
       <c r="D427">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="E427">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F427">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B428"/>
       <c r="C428">
         <v>1</v>
       </c>
       <c r="D428">
-        <v>109</v>
+        <v>60</v>
       </c>
       <c r="E428">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="F428">
-        <v>82</v>
+        <v>45</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B429"/>
       <c r="C429">
         <v>1</v>
       </c>
       <c r="D429">
-        <v>220</v>
+        <v>31</v>
       </c>
       <c r="E429">
-        <v>110</v>
+        <v>16</v>
       </c>
       <c r="F429">
-        <v>165</v>
+        <v>24</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B430"/>
       <c r="C430">
         <v>1</v>
       </c>
       <c r="D430">
-        <v>134</v>
+        <v>109</v>
       </c>
       <c r="E430">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="F430">
-        <v>101</v>
+        <v>82</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B431"/>
       <c r="C431">
         <v>1</v>
       </c>
       <c r="D431">
-        <v>100</v>
+        <v>220</v>
       </c>
       <c r="E431">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="F431">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="B432" t="s">
         <v>576</v>
       </c>
+      <c r="B432"/>
       <c r="C432">
         <v>1</v>
       </c>
       <c r="D432">
-        <v>29</v>
+        <v>134</v>
       </c>
       <c r="E432">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="F432">
-        <v>22</v>
+        <v>101</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>577</v>
       </c>
       <c r="B433"/>
       <c r="C433">
         <v>1</v>
       </c>
       <c r="D433">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="E433">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="F433">
-        <v>53</v>
+        <v>75</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>578</v>
       </c>
       <c r="B434" t="s">
         <v>579</v>
       </c>
       <c r="C434">
         <v>1</v>
       </c>
       <c r="D434">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="E434">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F434">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>580</v>
       </c>
       <c r="B435"/>
       <c r="C435">
         <v>1</v>
       </c>
       <c r="D435">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="E435">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="F435">
-        <v>41</v>
+        <v>53</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>581</v>
       </c>
-      <c r="B436"/>
+      <c r="B436" t="s">
+        <v>582</v>
+      </c>
       <c r="C436">
         <v>1</v>
       </c>
       <c r="D436">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E436">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F436">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B437"/>
       <c r="C437">
         <v>1</v>
       </c>
       <c r="D437">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="E437">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="F437">
-        <v>0</v>
+        <v>41</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B438"/>
       <c r="C438">
         <v>1</v>
       </c>
       <c r="D438">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="E438">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="F438">
-        <v>0</v>
+        <v>36</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B439"/>
       <c r="C439">
         <v>1</v>
       </c>
       <c r="D439">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="E439">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="F439">
-        <v>30</v>
+        <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="B440" t="s">
         <v>586</v>
       </c>
+      <c r="B440"/>
       <c r="C440">
         <v>1</v>
       </c>
       <c r="D440">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="E440">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="F440">
-        <v>70</v>
+        <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>587</v>
       </c>
       <c r="B441"/>
       <c r="C441">
         <v>1</v>
       </c>
       <c r="D441">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E441">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F441">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>588</v>
       </c>
-      <c r="B442"/>
+      <c r="B442" t="s">
+        <v>589</v>
+      </c>
       <c r="C442">
         <v>1</v>
       </c>
       <c r="D442">
-        <v>9</v>
+        <v>93</v>
       </c>
       <c r="E442">
-        <v>5</v>
+        <v>47</v>
       </c>
       <c r="F442">
-        <v>7</v>
+        <v>70</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B443"/>
       <c r="C443">
         <v>1</v>
       </c>
       <c r="D443">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="E443">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F443">
-        <v>53</v>
+        <v>32</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B444"/>
       <c r="C444">
         <v>1</v>
       </c>
       <c r="D444">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E444">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="F444">
-        <v>32</v>
+        <v>7</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B445"/>
       <c r="C445">
         <v>1</v>
       </c>
       <c r="D445">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="E445">
+        <v>35</v>
+      </c>
+      <c r="F445">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B446"/>
       <c r="C446">
         <v>1</v>
       </c>
       <c r="D446">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="E446">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="F446">
-        <v>7</v>
+        <v>32</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B447"/>
       <c r="C447">
         <v>1</v>
       </c>
       <c r="D447">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="E447">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="F447">
-        <v>13</v>
+        <v>80</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B448"/>
       <c r="C448">
         <v>1</v>
       </c>
       <c r="D448">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="E448">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="F448">
-        <v>27</v>
+        <v>7</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B449"/>
       <c r="C449">
         <v>1</v>
       </c>
       <c r="D449">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="E449">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F449">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B450"/>
       <c r="C450">
         <v>1</v>
       </c>
       <c r="D450">
-        <v>108</v>
+        <v>35</v>
       </c>
       <c r="E450">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="F450">
-        <v>81</v>
+        <v>27</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B451"/>
       <c r="C451">
         <v>1</v>
       </c>
       <c r="D451">
-        <v>134</v>
+        <v>45</v>
       </c>
       <c r="E451">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="F451">
-        <v>101</v>
+        <v>34</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B452"/>
       <c r="C452">
         <v>1</v>
       </c>
       <c r="D452">
-        <v>0</v>
+        <v>108</v>
       </c>
       <c r="E452">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="F452">
-        <v>0</v>
+        <v>81</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B453"/>
       <c r="C453">
         <v>1</v>
       </c>
       <c r="D453">
-        <v>45</v>
+        <v>134</v>
       </c>
       <c r="E453">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="F453">
-        <v>34</v>
+        <v>101</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B454"/>
       <c r="C454">
         <v>1</v>
       </c>
       <c r="D454">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="E454">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="F454">
-        <v>39</v>
+        <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B455"/>
       <c r="C455">
         <v>1</v>
       </c>
       <c r="D455">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="E455">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="F455">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B456"/>
       <c r="C456">
         <v>1</v>
       </c>
       <c r="D456">
-        <v>7</v>
+        <v>52</v>
       </c>
       <c r="E456">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="F456">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B457"/>
       <c r="C457">
         <v>1</v>
       </c>
       <c r="D457">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="E457">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="F457">
-        <v>73</v>
+        <v>15</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B458"/>
       <c r="C458">
         <v>1</v>
       </c>
       <c r="D458">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="E458">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F458">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>605</v>
-[...1 lines deleted...]
-      <c r="B459" t="s">
         <v>606</v>
       </c>
+      <c r="B459"/>
       <c r="C459">
         <v>1</v>
       </c>
       <c r="D459">
-        <v>18</v>
+        <v>97</v>
       </c>
       <c r="E459">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="F459">
-        <v>14</v>
+        <v>73</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>607</v>
       </c>
       <c r="B460"/>
       <c r="C460">
         <v>1</v>
       </c>
       <c r="D460">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="E460">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="F460">
-        <v>37</v>
+        <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>608</v>
       </c>
-      <c r="B461"/>
+      <c r="B461" t="s">
+        <v>609</v>
+      </c>
       <c r="C461">
         <v>1</v>
       </c>
       <c r="D461">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="E461">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F461">
-        <v>56</v>
+        <v>14</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B462"/>
       <c r="C462">
         <v>1</v>
       </c>
       <c r="D462">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="E462">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="F462">
-        <v>12</v>
+        <v>37</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>610</v>
-[...1 lines deleted...]
-      <c r="B463" t="s">
         <v>611</v>
       </c>
+      <c r="B463"/>
       <c r="C463">
         <v>1</v>
       </c>
       <c r="D463">
-        <v>112</v>
+        <v>74</v>
       </c>
       <c r="E463">
+        <v>37</v>
+      </c>
+      <c r="F463">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>612</v>
       </c>
       <c r="B464"/>
       <c r="C464">
         <v>1</v>
       </c>
       <c r="D464">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="E464">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="F464">
-        <v>54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>613</v>
       </c>
-      <c r="B465"/>
+      <c r="B465" t="s">
+        <v>614</v>
+      </c>
       <c r="C465">
         <v>1</v>
       </c>
       <c r="D465">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="E465">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="F465">
-        <v>18</v>
+        <v>84</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>615</v>
+      </c>
+      <c r="B466"/>
       <c r="C466">
         <v>1</v>
       </c>
       <c r="D466">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="E466">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="F466">
-        <v>34</v>
+        <v>54</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="B467" t="s">
         <v>616</v>
       </c>
+      <c r="B467"/>
       <c r="C467">
         <v>1</v>
       </c>
       <c r="D467">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="E467">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F467">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>617</v>
       </c>
-      <c r="B468"/>
+      <c r="B468" t="s">
+        <v>11</v>
+      </c>
       <c r="C468">
         <v>1</v>
       </c>
       <c r="D468">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="E468">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F468">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>618</v>
       </c>
-      <c r="B469"/>
+      <c r="B469" t="s">
+        <v>619</v>
+      </c>
       <c r="C469">
         <v>1</v>
       </c>
       <c r="D469">
+        <v>37</v>
+      </c>
+      <c r="E469">
+        <v>19</v>
+      </c>
+      <c r="F469">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>620</v>
+      </c>
+      <c r="B470"/>
+      <c r="C470">
+        <v>1</v>
+      </c>
+      <c r="D470">
+        <v>36</v>
+      </c>
+      <c r="E470">
+        <v>18</v>
+      </c>
+      <c r="F470">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>621</v>
+      </c>
+      <c r="B471"/>
+      <c r="C471">
+        <v>1</v>
+      </c>
+      <c r="D471">
         <v>67</v>
       </c>
-      <c r="E469">
+      <c r="E471">
         <v>34</v>
       </c>
-      <c r="F469">
+      <c r="F471">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A1"/>