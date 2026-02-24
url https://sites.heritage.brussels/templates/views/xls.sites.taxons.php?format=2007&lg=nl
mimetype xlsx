--- v1 (2025-12-31)
+++ v2 (2026-02-24)
@@ -16,56 +16,56 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="soort" sheetId="1" r:id="rId4"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId5"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="622">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="623">
   <si>
     <t>Brussels Hoofdstedelijk Gewest, Inventaris van de opmerkelijke bomen</t>
   </si>
   <si>
-    <t>https://sites.heritage.brussels | 2025-12-31</t>
+    <t>https://sites.heritage.brussels | 2026-02-24</t>
   </si>
   <si>
     <t>soort</t>
   </si>
   <si>
     <t>Frequentie in deze inventaris</t>
   </si>
   <si>
     <t>Fagus sylvatica f. purpurea</t>
   </si>
   <si>
     <t>Rode beuk</t>
   </si>
   <si>
     <t>Platanus x hispanica</t>
   </si>
   <si>
     <t>Gewone plataan</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Witte paardenkastanje</t>
   </si>
@@ -138,134 +138,134 @@
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
     <t>Gewone acacia</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Okkernoot</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Amerikaanse eik</t>
   </si>
   <si>
     <t>Sequoiadendron giganteum</t>
   </si>
   <si>
     <t>Mammoetboom</t>
   </si>
   <si>
+    <t>Acer platanoides</t>
+  </si>
+  <si>
+    <t>Noorse esdoorn</t>
+  </si>
+  <si>
     <t>Acer saccharinum</t>
   </si>
   <si>
     <t>Witte esdoorn</t>
   </si>
   <si>
-    <t>Acer platanoides</t>
-[...4 lines deleted...]
-  <si>
     <t>Fagus sylvatica f. pendula</t>
   </si>
   <si>
     <t>Treurbeuk</t>
   </si>
   <si>
     <t>Catalpa bignonioides</t>
   </si>
   <si>
     <t>Trompetboom</t>
   </si>
   <si>
     <t>Ailanthus altissima</t>
   </si>
   <si>
     <t>Hemelboom</t>
   </si>
   <si>
+    <t>Betula pendula</t>
+  </si>
+  <si>
+    <t>Ruwe, witte, gewone berk</t>
+  </si>
+  <si>
+    <t>Araucaria araucana</t>
+  </si>
+  <si>
+    <t>Apenboom, slangenden</t>
+  </si>
+  <si>
     <t>Salix alba</t>
   </si>
   <si>
     <t>Gewone wilg</t>
   </si>
   <si>
-    <t>Araucaria araucana</t>
-[...10 lines deleted...]
-  <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Kleinbladige linde</t>
   </si>
   <si>
     <t>Salix x sepulcralis</t>
   </si>
   <si>
     <t>Treurwilg</t>
   </si>
   <si>
+    <t>Liriodendron tulipifera</t>
+  </si>
+  <si>
+    <t>Tulpenboom</t>
+  </si>
+  <si>
     <t>Metasequoia glyptostroboides</t>
   </si>
   <si>
     <t>chineze sequoia</t>
   </si>
   <si>
-    <t>Liriodendron tulipifera</t>
-[...2 lines deleted...]
-    <t>Tulpenboom</t>
+    <t>Tilia x europaea</t>
+  </si>
+  <si>
+    <t>Hollandse linde</t>
   </si>
   <si>
     <t>Ginkgo biloba</t>
   </si>
   <si>
     <t>Japanse notenboom</t>
   </si>
   <si>
-    <t>Tilia x europaea</t>
-[...4 lines deleted...]
-  <si>
     <t>Populus x canadensis</t>
   </si>
   <si>
     <t>Canadese populier</t>
   </si>
   <si>
     <t>Magnolia x soulangeana</t>
   </si>
   <si>
     <t>Beverboom</t>
   </si>
   <si>
     <t>Cedrus deodara</t>
   </si>
   <si>
     <t>Himalayaceder</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Hulst</t>
   </si>
   <si>
     <t>Juglans nigra</t>
@@ -306,197 +306,197 @@
   <si>
     <t>Cedrus libani</t>
   </si>
   <si>
     <t>Libanonceder</t>
   </si>
   <si>
     <t>Taxodium distichum</t>
   </si>
   <si>
     <t>Moerascipres</t>
   </si>
   <si>
     <t>Pterocarya fraxinifolia</t>
   </si>
   <si>
     <t>Kaukasische vleugelnoot</t>
   </si>
   <si>
     <t>Acer negundo</t>
   </si>
   <si>
     <t>Californische esdoorn</t>
   </si>
   <si>
+    <t>Picea abies</t>
+  </si>
+  <si>
+    <t>Gewone spar</t>
+  </si>
+  <si>
+    <t>Populus nigra var. italica</t>
+  </si>
+  <si>
+    <t>Italiaanse populier</t>
+  </si>
+  <si>
     <t>Paulownia tomentosa</t>
   </si>
   <si>
     <t>Koninginneboom</t>
   </si>
   <si>
-    <t>Picea abies</t>
-[...10 lines deleted...]
-  <si>
     <t>Alnus cordata</t>
   </si>
   <si>
     <t>Italiaanse Hartbladige els</t>
   </si>
   <si>
+    <t>Acer palmatum</t>
+  </si>
+  <si>
+    <t>Japanse Esdoorn</t>
+  </si>
+  <si>
     <t>Chamaecyparis lawsoniana</t>
   </si>
   <si>
     <t>Dwerg- of schijncipres</t>
   </si>
   <si>
+    <t>Fraxinus excelsior f. pendula</t>
+  </si>
+  <si>
+    <t>Treures</t>
+  </si>
+  <si>
+    <t>Platanus orientalis</t>
+  </si>
+  <si>
+    <t>Oosterse plataan</t>
+  </si>
+  <si>
     <t>Aesculus x carnea</t>
   </si>
   <si>
     <t>Rode paardenkastanje</t>
   </si>
   <si>
-    <t>Acer palmatum</t>
-[...16 lines deleted...]
-  <si>
     <t>Thuja plicata</t>
   </si>
   <si>
     <t>Corylus colurna</t>
   </si>
   <si>
     <t>Boomhazelaar</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Spaanse aak of veldesdoorn</t>
   </si>
   <si>
     <t>Acer pseudoplatanus f. aureovariegatum</t>
   </si>
   <si>
     <t>Tilia sp</t>
   </si>
   <si>
+    <t>Abies grandis</t>
+  </si>
+  <si>
+    <t>Reuze zilverspar</t>
+  </si>
+  <si>
+    <t>Acer cappadocicum</t>
+  </si>
+  <si>
+    <t>Kolchische Esdoorn</t>
+  </si>
+  <si>
+    <t>Acer saccharinum var. laciniatum</t>
+  </si>
+  <si>
     <t>Gleditsia triacanthos</t>
   </si>
   <si>
     <t>Valse Christusdoorn</t>
   </si>
   <si>
-    <t>Abies grandis</t>
-[...11 lines deleted...]
-    <t>Acer saccharinum var. laciniatum</t>
+    <t>Pinus sylvestris</t>
+  </si>
+  <si>
+    <t>Grove den</t>
   </si>
   <si>
     <t>Acer pseudoplatanus 'Purpurascens'</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Zwarte els</t>
   </si>
   <si>
     <t>Cedrus atlantica</t>
   </si>
   <si>
     <t>Atlasceder</t>
   </si>
   <si>
+    <t>Phellodendron amurense</t>
+  </si>
+  <si>
+    <t>Pseudotsuga menziesii</t>
+  </si>
+  <si>
+    <t>Douglasspar</t>
+  </si>
+  <si>
+    <t>Calocedrus decurrens</t>
+  </si>
+  <si>
+    <t>Wierookceder</t>
+  </si>
+  <si>
+    <t>Chamaecyparis pisifera 'Plumosa'</t>
+  </si>
+  <si>
+    <t>Crataegus monogyna</t>
+  </si>
+  <si>
+    <t>Eenstijlige meidoorn</t>
+  </si>
+  <si>
     <t>Cryptomeria japonica</t>
   </si>
   <si>
     <t>Japanse ceder</t>
   </si>
   <si>
-    <t>Phellodendron amurense</t>
-[...28 lines deleted...]
-  <si>
     <t>Morus alba</t>
   </si>
   <si>
     <t>Witte moerbei</t>
   </si>
   <si>
     <t>Gleditsia triacanthos var. inermis</t>
   </si>
   <si>
     <t>Doornloze christusdoorn</t>
   </si>
   <si>
     <t>Tilia x euchlora</t>
   </si>
   <si>
     <t>Krimlinde</t>
   </si>
   <si>
     <t>Zelkova serrata</t>
   </si>
   <si>
     <t>Japanse zelkova</t>
   </si>
   <si>
     <t>Aesculus flava</t>
@@ -606,51 +606,54 @@
   <si>
     <t>Quercus palustris</t>
   </si>
   <si>
     <t>Moeraseik</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Meelbes</t>
   </si>
   <si>
     <t>Thuja plicata 'Zebrina'</t>
   </si>
   <si>
     <t>Tilia americana</t>
   </si>
   <si>
     <t>Buxus sempervirens</t>
   </si>
   <si>
     <t>Gewone palm</t>
   </si>
   <si>
-    <t>Carpinus betulus f. fastigiata</t>
+    <t>Carpinus betulus 'Fastigiata'</t>
+  </si>
+  <si>
+    <t>Zuilhaagbeuk</t>
   </si>
   <si>
     <t>Larix decidua</t>
   </si>
   <si>
     <t>Europese lork</t>
   </si>
   <si>
     <t>Morus nigra</t>
   </si>
   <si>
     <t>Zwarte moerbei</t>
   </si>
   <si>
     <t>Quercus frainetto</t>
   </si>
   <si>
     <t>Hongaarse Eik</t>
   </si>
   <si>
     <t>Tetradium daniellii</t>
   </si>
   <si>
     <t>Pinus nigra 'Austriaca'</t>
   </si>
@@ -1269,51 +1272,51 @@
   <si>
     <t>fagus sylvatica f. bornyensis</t>
   </si>
   <si>
     <t>Cotinus coggygria</t>
   </si>
   <si>
     <t>Pruikeboom</t>
   </si>
   <si>
     <t>Acer tataricum subsp. ginnala</t>
   </si>
   <si>
     <t>Ulmus x lobel</t>
   </si>
   <si>
     <t>Salix matsudana Tortuosa</t>
   </si>
   <si>
     <t>Olea europaea</t>
   </si>
   <si>
     <t>Ulmus x hollandica 'Lobel'</t>
   </si>
   <si>
-    <t xml:space="preserve">'Lobel' iep </t>
+    <t>Hybride iep 'Lobel'</t>
   </si>
   <si>
     <t>Acer x verhaegheanum</t>
   </si>
   <si>
     <t>Aesculus carnea f. briotii</t>
   </si>
   <si>
     <t>Aesculus chinensis</t>
   </si>
   <si>
     <t>Aesculus indica</t>
   </si>
   <si>
     <t>Acer davidii</t>
   </si>
   <si>
     <t>Acer davidii 'Grosseri'</t>
   </si>
   <si>
     <t>Acer dieckii</t>
   </si>
   <si>
     <t>Acer maximowiczianum</t>
   </si>
@@ -2318,134 +2321,134 @@
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="1" customFormat="1">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="D4">
         <v>573</v>
       </c>
       <c r="E4">
         <v>287</v>
       </c>
       <c r="F4">
         <v>430</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D5">
         <v>588</v>
       </c>
       <c r="E5">
         <v>294</v>
       </c>
       <c r="F5">
         <v>441</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6">
         <v>338</v>
       </c>
       <c r="D6">
         <v>523</v>
       </c>
       <c r="E6">
         <v>262</v>
       </c>
       <c r="F6">
         <v>393</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D7">
         <v>568</v>
       </c>
       <c r="E7">
         <v>284</v>
       </c>
       <c r="F7">
         <v>426</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D8">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E8">
         <v>222</v>
       </c>
       <c r="F8">
         <v>333</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
       </c>
       <c r="C9">
         <v>180</v>
       </c>
       <c r="D9">
         <v>600</v>
       </c>
       <c r="E9">
         <v>300</v>
       </c>
       <c r="F9">
@@ -2498,51 +2501,51 @@
       </c>
       <c r="B12" t="s">
         <v>21</v>
       </c>
       <c r="C12">
         <v>134</v>
       </c>
       <c r="D12">
         <v>465</v>
       </c>
       <c r="E12">
         <v>233</v>
       </c>
       <c r="F12">
         <v>349</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>22</v>
       </c>
       <c r="B13" t="s">
         <v>23</v>
       </c>
       <c r="C13">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D13">
         <v>457</v>
       </c>
       <c r="E13">
         <v>229</v>
       </c>
       <c r="F13">
         <v>343</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>24</v>
       </c>
       <c r="B14" t="s">
         <v>25</v>
       </c>
       <c r="C14">
         <v>103</v>
       </c>
       <c r="D14">
         <v>351</v>
       </c>
       <c r="E14">
@@ -2601,68 +2604,68 @@
       </c>
       <c r="C17">
         <v>83</v>
       </c>
       <c r="D17">
         <v>461</v>
       </c>
       <c r="E17">
         <v>231</v>
       </c>
       <c r="F17">
         <v>346</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
       <c r="C18">
         <v>82</v>
       </c>
       <c r="D18">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="E18">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F18">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>34</v>
       </c>
       <c r="B19" t="s">
         <v>35</v>
       </c>
       <c r="C19">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D19">
         <v>318</v>
       </c>
       <c r="E19">
         <v>159</v>
       </c>
       <c r="F19">
         <v>239</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>37</v>
       </c>
       <c r="C20">
         <v>78</v>
       </c>
       <c r="D20">
         <v>479</v>
       </c>
       <c r="E20">
@@ -2678,80 +2681,80 @@
       </c>
       <c r="B21" t="s">
         <v>39</v>
       </c>
       <c r="C21">
         <v>76</v>
       </c>
       <c r="D21">
         <v>767</v>
       </c>
       <c r="E21">
         <v>384</v>
       </c>
       <c r="F21">
         <v>576</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>41</v>
       </c>
       <c r="C22">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D22">
-        <v>480</v>
+        <v>372</v>
       </c>
       <c r="E22">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="F22">
-        <v>360</v>
+        <v>279</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>43</v>
       </c>
       <c r="C23">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23">
-        <v>372</v>
+        <v>427</v>
       </c>
       <c r="E23">
-        <v>186</v>
+        <v>214</v>
       </c>
       <c r="F23">
-        <v>279</v>
+        <v>321</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>45</v>
       </c>
       <c r="C24">
         <v>63</v>
       </c>
       <c r="D24">
         <v>457</v>
       </c>
       <c r="E24">
         <v>229</v>
       </c>
       <c r="F24">
         <v>343</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>46</v>
@@ -2781,97 +2784,97 @@
       </c>
       <c r="C26">
         <v>53</v>
       </c>
       <c r="D26">
         <v>409</v>
       </c>
       <c r="E26">
         <v>205</v>
       </c>
       <c r="F26">
         <v>307</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>50</v>
       </c>
       <c r="B27" t="s">
         <v>51</v>
       </c>
       <c r="C27">
         <v>51</v>
       </c>
       <c r="D27">
-        <v>631</v>
+        <v>291</v>
       </c>
       <c r="E27">
-        <v>316</v>
+        <v>146</v>
       </c>
       <c r="F27">
-        <v>474</v>
+        <v>219</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>52</v>
       </c>
       <c r="B28" t="s">
         <v>53</v>
       </c>
       <c r="C28">
         <v>49</v>
       </c>
       <c r="D28">
         <v>241</v>
       </c>
       <c r="E28">
         <v>121</v>
       </c>
       <c r="F28">
         <v>181</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>54</v>
       </c>
       <c r="B29" t="s">
         <v>55</v>
       </c>
       <c r="C29">
         <v>49</v>
       </c>
       <c r="D29">
-        <v>291</v>
+        <v>631</v>
       </c>
       <c r="E29">
-        <v>146</v>
+        <v>316</v>
       </c>
       <c r="F29">
-        <v>219</v>
+        <v>474</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>56</v>
       </c>
       <c r="B30" t="s">
         <v>57</v>
       </c>
       <c r="C30">
         <v>48</v>
       </c>
       <c r="D30">
         <v>326</v>
       </c>
       <c r="E30">
         <v>163</v>
       </c>
       <c r="F30">
         <v>245</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>58</v>
@@ -2881,117 +2884,117 @@
       </c>
       <c r="C31">
         <v>46</v>
       </c>
       <c r="D31">
         <v>468</v>
       </c>
       <c r="E31">
         <v>234</v>
       </c>
       <c r="F31">
         <v>351</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>60</v>
       </c>
       <c r="B32" t="s">
         <v>61</v>
       </c>
       <c r="C32">
         <v>45</v>
       </c>
       <c r="D32">
-        <v>356</v>
+        <v>482</v>
       </c>
       <c r="E32">
-        <v>178</v>
+        <v>241</v>
       </c>
       <c r="F32">
-        <v>267</v>
+        <v>362</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>62</v>
       </c>
       <c r="B33" t="s">
         <v>63</v>
       </c>
       <c r="C33">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D33">
-        <v>482</v>
+        <v>356</v>
       </c>
       <c r="E33">
-        <v>241</v>
+        <v>178</v>
       </c>
       <c r="F33">
-        <v>362</v>
+        <v>267</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>64</v>
       </c>
       <c r="B34" t="s">
         <v>65</v>
       </c>
       <c r="C34">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D34">
-        <v>411</v>
+        <v>394</v>
       </c>
       <c r="E34">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="F34">
-        <v>309</v>
+        <v>296</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
         <v>67</v>
       </c>
       <c r="C35">
         <v>41</v>
       </c>
       <c r="D35">
-        <v>392</v>
+        <v>411</v>
       </c>
       <c r="E35">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="F35">
-        <v>294</v>
+        <v>309</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>69</v>
       </c>
       <c r="C36">
         <v>40</v>
       </c>
       <c r="D36">
         <v>515</v>
       </c>
       <c r="E36">
         <v>258</v>
       </c>
       <c r="F36">
         <v>387</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>70</v>
@@ -3138,100 +3141,100 @@
       </c>
       <c r="B44" t="s">
         <v>85</v>
       </c>
       <c r="C44">
         <v>32</v>
       </c>
       <c r="D44">
         <v>441</v>
       </c>
       <c r="E44">
         <v>221</v>
       </c>
       <c r="F44">
         <v>331</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>86</v>
       </c>
       <c r="B45" t="s">
         <v>87</v>
       </c>
       <c r="C45">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D45">
         <v>197</v>
       </c>
       <c r="E45">
         <v>99</v>
       </c>
       <c r="F45">
         <v>148</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>88</v>
       </c>
       <c r="B46" t="s">
         <v>89</v>
       </c>
       <c r="C46">
         <v>29</v>
       </c>
       <c r="D46">
         <v>471</v>
       </c>
       <c r="E46">
         <v>236</v>
       </c>
       <c r="F46">
         <v>354</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>90</v>
       </c>
       <c r="B47" t="s">
         <v>91</v>
       </c>
       <c r="C47">
         <v>29</v>
       </c>
       <c r="D47">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="E47">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="F47">
-        <v>303</v>
+        <v>309</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>92</v>
       </c>
       <c r="B48" t="s">
         <v>93</v>
       </c>
       <c r="C48">
         <v>28</v>
       </c>
       <c r="D48">
         <v>397</v>
       </c>
       <c r="E48">
         <v>199</v>
       </c>
       <c r="F48">
         <v>298</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>94</v>
@@ -3241,233 +3244,233 @@
       </c>
       <c r="C49">
         <v>27</v>
       </c>
       <c r="D49">
         <v>286</v>
       </c>
       <c r="E49">
         <v>143</v>
       </c>
       <c r="F49">
         <v>215</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>96</v>
       </c>
       <c r="B50" t="s">
         <v>97</v>
       </c>
       <c r="C50">
         <v>26</v>
       </c>
       <c r="D50">
-        <v>328</v>
+        <v>281</v>
       </c>
       <c r="E50">
-        <v>164</v>
+        <v>141</v>
       </c>
       <c r="F50">
-        <v>246</v>
+        <v>211</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>98</v>
       </c>
       <c r="B51" t="s">
         <v>99</v>
       </c>
       <c r="C51">
         <v>26</v>
       </c>
       <c r="D51">
-        <v>281</v>
+        <v>481</v>
       </c>
       <c r="E51">
-        <v>141</v>
+        <v>241</v>
       </c>
       <c r="F51">
-        <v>211</v>
+        <v>361</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>100</v>
       </c>
       <c r="B52" t="s">
         <v>101</v>
       </c>
       <c r="C52">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D52">
-        <v>481</v>
+        <v>328</v>
       </c>
       <c r="E52">
-        <v>241</v>
+        <v>164</v>
       </c>
       <c r="F52">
-        <v>361</v>
+        <v>246</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>102</v>
       </c>
       <c r="B53" t="s">
         <v>103</v>
       </c>
       <c r="C53">
         <v>24</v>
       </c>
       <c r="D53">
         <v>251</v>
       </c>
       <c r="E53">
         <v>126</v>
       </c>
       <c r="F53">
         <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:8">
-      <c r="A54" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A54"/>
+      <c r="B54"/>
       <c r="C54">
         <v>24</v>
       </c>
       <c r="D54">
-        <v>364</v>
+        <v>375</v>
       </c>
       <c r="E54">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="F54">
-        <v>273</v>
+        <v>282</v>
       </c>
     </row>
     <row r="55" spans="1:8">
-      <c r="A55"/>
-      <c r="B55"/>
+      <c r="A55" t="s">
+        <v>104</v>
+      </c>
+      <c r="B55" t="s">
+        <v>105</v>
+      </c>
       <c r="C55">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D55">
-        <v>375</v>
+        <v>175</v>
       </c>
       <c r="E55">
-        <v>188</v>
+        <v>88</v>
       </c>
       <c r="F55">
-        <v>282</v>
+        <v>132</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>106</v>
       </c>
       <c r="B56" t="s">
         <v>107</v>
       </c>
       <c r="C56">
         <v>23</v>
       </c>
       <c r="D56">
-        <v>312</v>
+        <v>364</v>
       </c>
       <c r="E56">
-        <v>156</v>
+        <v>182</v>
       </c>
       <c r="F56">
-        <v>234</v>
+        <v>273</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>108</v>
       </c>
       <c r="B57" t="s">
         <v>109</v>
       </c>
       <c r="C57">
         <v>23</v>
       </c>
       <c r="D57">
-        <v>175</v>
+        <v>243</v>
       </c>
       <c r="E57">
-        <v>88</v>
+        <v>122</v>
       </c>
       <c r="F57">
-        <v>132</v>
+        <v>183</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>110</v>
       </c>
       <c r="B58" t="s">
         <v>111</v>
       </c>
       <c r="C58">
         <v>23</v>
       </c>
       <c r="D58">
-        <v>243</v>
+        <v>587</v>
       </c>
       <c r="E58">
-        <v>122</v>
+        <v>294</v>
       </c>
       <c r="F58">
-        <v>183</v>
+        <v>441</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>112</v>
       </c>
       <c r="B59" t="s">
         <v>113</v>
       </c>
       <c r="C59">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D59">
-        <v>587</v>
+        <v>312</v>
       </c>
       <c r="E59">
-        <v>294</v>
+        <v>156</v>
       </c>
       <c r="F59">
-        <v>441</v>
+        <v>234</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>114</v>
       </c>
       <c r="B60"/>
       <c r="C60">
         <v>22</v>
       </c>
       <c r="D60">
         <v>310</v>
       </c>
       <c r="E60">
         <v>155</v>
       </c>
       <c r="F60">
         <v>233</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>115</v>
       </c>
       <c r="B61" t="s">
@@ -3528,312 +3531,312 @@
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64"/>
       <c r="C64">
         <v>19</v>
       </c>
       <c r="D64">
         <v>278</v>
       </c>
       <c r="E64">
         <v>139</v>
       </c>
       <c r="F64">
         <v>209</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>121</v>
       </c>
       <c r="B65" t="s">
         <v>122</v>
       </c>
       <c r="C65">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D65">
-        <v>255</v>
+        <v>286</v>
       </c>
       <c r="E65">
-        <v>128</v>
+        <v>143</v>
       </c>
       <c r="F65">
-        <v>192</v>
+        <v>215</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>123</v>
       </c>
       <c r="B66" t="s">
         <v>124</v>
       </c>
       <c r="C66">
         <v>16</v>
       </c>
       <c r="D66">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="E66">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="F66">
-        <v>211</v>
+        <v>207</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>125</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B67"/>
       <c r="C67">
         <v>16</v>
       </c>
       <c r="D67">
-        <v>275</v>
+        <v>360</v>
       </c>
       <c r="E67">
-        <v>138</v>
+        <v>180</v>
       </c>
       <c r="F67">
-        <v>207</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>126</v>
+      </c>
+      <c r="B68" t="s">
         <v>127</v>
       </c>
-      <c r="B68"/>
       <c r="C68">
         <v>16</v>
       </c>
       <c r="D68">
-        <v>360</v>
+        <v>255</v>
       </c>
       <c r="E68">
-        <v>180</v>
+        <v>128</v>
       </c>
       <c r="F68">
-        <v>270</v>
+        <v>192</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>128</v>
       </c>
-      <c r="B69"/>
+      <c r="B69" t="s">
+        <v>129</v>
+      </c>
       <c r="C69">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D69">
-        <v>305</v>
+        <v>278</v>
       </c>
       <c r="E69">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="F69">
-        <v>229</v>
+        <v>209</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="B70" t="s">
         <v>130</v>
       </c>
+      <c r="B70"/>
       <c r="C70">
         <v>15</v>
       </c>
       <c r="D70">
-        <v>262</v>
+        <v>305</v>
       </c>
       <c r="E70">
-        <v>131</v>
+        <v>153</v>
       </c>
       <c r="F70">
-        <v>197</v>
+        <v>229</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>131</v>
       </c>
       <c r="B71" t="s">
         <v>132</v>
       </c>
       <c r="C71">
         <v>15</v>
       </c>
       <c r="D71">
-        <v>410</v>
+        <v>262</v>
       </c>
       <c r="E71">
-        <v>205</v>
+        <v>131</v>
       </c>
       <c r="F71">
-        <v>308</v>
+        <v>197</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>133</v>
       </c>
       <c r="B72" t="s">
         <v>134</v>
       </c>
       <c r="C72">
         <v>15</v>
       </c>
       <c r="D72">
-        <v>201</v>
+        <v>410</v>
       </c>
       <c r="E72">
-        <v>101</v>
+        <v>205</v>
       </c>
       <c r="F72">
-        <v>151</v>
+        <v>308</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>135</v>
       </c>
       <c r="B73"/>
       <c r="C73">
         <v>15</v>
       </c>
       <c r="D73">
         <v>268</v>
       </c>
       <c r="E73">
         <v>134</v>
       </c>
       <c r="F73">
         <v>201</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>136</v>
       </c>
       <c r="B74" t="s">
         <v>137</v>
       </c>
       <c r="C74">
         <v>15</v>
       </c>
       <c r="D74">
-        <v>278</v>
+        <v>332</v>
       </c>
       <c r="E74">
-        <v>139</v>
+        <v>166</v>
       </c>
       <c r="F74">
-        <v>209</v>
+        <v>249</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>138</v>
       </c>
       <c r="B75" t="s">
         <v>139</v>
       </c>
       <c r="C75">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D75">
-        <v>332</v>
+        <v>219</v>
       </c>
       <c r="E75">
-        <v>166</v>
+        <v>110</v>
       </c>
       <c r="F75">
-        <v>249</v>
+        <v>165</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>140</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B76"/>
       <c r="C76">
         <v>14</v>
       </c>
       <c r="D76">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="E76">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F76">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>141</v>
+      </c>
+      <c r="B77" t="s">
         <v>142</v>
       </c>
-      <c r="B77"/>
       <c r="C77">
         <v>14</v>
       </c>
       <c r="D77">
-        <v>222</v>
+        <v>194</v>
       </c>
       <c r="E77">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="F77">
-        <v>167</v>
+        <v>146</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>143</v>
       </c>
       <c r="B78" t="s">
         <v>144</v>
       </c>
       <c r="C78">
         <v>14</v>
       </c>
       <c r="D78">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E78">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F78">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>145</v>
       </c>
       <c r="B79" t="s">
         <v>146</v>
       </c>
       <c r="C79">
         <v>14</v>
       </c>
       <c r="D79">
         <v>218</v>
       </c>
       <c r="E79">
         <v>109</v>
       </c>
       <c r="F79">
         <v>164</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>147</v>
@@ -4117,57 +4120,57 @@
       </c>
       <c r="C94">
         <v>10</v>
       </c>
       <c r="D94">
         <v>290</v>
       </c>
       <c r="E94">
         <v>145</v>
       </c>
       <c r="F94">
         <v>218</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>174</v>
       </c>
       <c r="B95" t="s">
         <v>175</v>
       </c>
       <c r="C95">
         <v>10</v>
       </c>
       <c r="D95">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="E95">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F95">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>176</v>
       </c>
       <c r="B96" t="s">
         <v>177</v>
       </c>
       <c r="C96">
         <v>9</v>
       </c>
       <c r="D96">
         <v>256</v>
       </c>
       <c r="E96">
         <v>128</v>
       </c>
       <c r="F96">
         <v>192</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>178</v>
@@ -4378,6693 +4381,6695 @@
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>194</v>
       </c>
       <c r="B108" t="s">
         <v>195</v>
       </c>
       <c r="C108">
         <v>9</v>
       </c>
       <c r="D108">
         <v>63</v>
       </c>
       <c r="E108">
         <v>32</v>
       </c>
       <c r="F108">
         <v>48</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>196</v>
       </c>
-      <c r="B109"/>
+      <c r="B109" t="s">
+        <v>197</v>
+      </c>
       <c r="C109">
         <v>8</v>
       </c>
       <c r="D109">
         <v>247</v>
       </c>
       <c r="E109">
         <v>124</v>
       </c>
       <c r="F109">
         <v>186</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B110" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C110">
         <v>8</v>
       </c>
       <c r="D110">
         <v>269</v>
       </c>
       <c r="E110">
         <v>135</v>
       </c>
       <c r="F110">
         <v>202</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B111" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C111">
         <v>8</v>
       </c>
       <c r="D111">
         <v>190</v>
       </c>
       <c r="E111">
         <v>95</v>
       </c>
       <c r="F111">
         <v>143</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B112" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C112">
         <v>8</v>
       </c>
       <c r="D112">
         <v>398</v>
       </c>
       <c r="E112">
         <v>199</v>
       </c>
       <c r="F112">
         <v>299</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B113"/>
       <c r="C113">
         <v>8</v>
       </c>
       <c r="D113">
         <v>153</v>
       </c>
       <c r="E113">
         <v>77</v>
       </c>
       <c r="F113">
         <v>115</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B114"/>
       <c r="C114">
         <v>7</v>
       </c>
       <c r="D114">
         <v>258</v>
       </c>
       <c r="E114">
         <v>129</v>
       </c>
       <c r="F114">
         <v>194</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B115" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C115">
         <v>7</v>
       </c>
       <c r="D115">
         <v>189</v>
       </c>
       <c r="E115">
         <v>95</v>
       </c>
       <c r="F115">
         <v>142</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B116" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C116">
         <v>7</v>
       </c>
       <c r="D116">
         <v>122</v>
       </c>
       <c r="E116">
         <v>61</v>
       </c>
       <c r="F116">
         <v>92</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B117"/>
       <c r="C117">
         <v>7</v>
       </c>
       <c r="D117">
         <v>417</v>
       </c>
       <c r="E117">
         <v>209</v>
       </c>
       <c r="F117">
         <v>313</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B118" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C118">
         <v>7</v>
       </c>
       <c r="D118">
         <v>175</v>
       </c>
       <c r="E118">
         <v>88</v>
       </c>
       <c r="F118">
         <v>132</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B119"/>
       <c r="C119">
         <v>7</v>
       </c>
       <c r="D119">
         <v>288</v>
       </c>
       <c r="E119">
         <v>144</v>
       </c>
       <c r="F119">
         <v>216</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B120"/>
       <c r="C120">
         <v>7</v>
       </c>
       <c r="D120">
         <v>82</v>
       </c>
       <c r="E120">
         <v>41</v>
       </c>
       <c r="F120">
         <v>62</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B121"/>
       <c r="C121">
         <v>7</v>
       </c>
       <c r="D121">
         <v>164</v>
       </c>
       <c r="E121">
         <v>82</v>
       </c>
       <c r="F121">
         <v>123</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B122" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C122">
         <v>7</v>
       </c>
       <c r="D122">
         <v>255</v>
       </c>
       <c r="E122">
         <v>128</v>
       </c>
       <c r="F122">
         <v>192</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B123" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C123">
         <v>7</v>
       </c>
       <c r="D123">
         <v>239</v>
       </c>
       <c r="E123">
         <v>120</v>
       </c>
       <c r="F123">
         <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B124"/>
       <c r="C124">
         <v>6</v>
       </c>
       <c r="D124">
         <v>253</v>
       </c>
       <c r="E124">
         <v>127</v>
       </c>
       <c r="F124">
         <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B125" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C125">
         <v>6</v>
       </c>
       <c r="D125">
         <v>145</v>
       </c>
       <c r="E125">
         <v>73</v>
       </c>
       <c r="F125">
         <v>109</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B126" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C126">
         <v>6</v>
       </c>
       <c r="D126">
         <v>78</v>
       </c>
       <c r="E126">
         <v>39</v>
       </c>
       <c r="F126">
         <v>59</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B127"/>
       <c r="C127">
         <v>6</v>
       </c>
       <c r="D127">
         <v>431</v>
       </c>
       <c r="E127">
         <v>216</v>
       </c>
       <c r="F127">
         <v>324</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B128" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C128">
         <v>6</v>
       </c>
       <c r="D128">
         <v>61</v>
       </c>
       <c r="E128">
         <v>31</v>
       </c>
       <c r="F128">
         <v>46</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B129" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C129">
         <v>6</v>
       </c>
       <c r="D129">
         <v>430</v>
       </c>
       <c r="E129">
         <v>215</v>
       </c>
       <c r="F129">
         <v>323</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B130" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C130">
         <v>6</v>
       </c>
       <c r="D130">
         <v>240</v>
       </c>
       <c r="E130">
         <v>120</v>
       </c>
       <c r="F130">
         <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B131"/>
       <c r="C131">
         <v>6</v>
       </c>
       <c r="D131">
         <v>327</v>
       </c>
       <c r="E131">
         <v>164</v>
       </c>
       <c r="F131">
         <v>246</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B132"/>
       <c r="C132">
         <v>5</v>
       </c>
       <c r="D132">
         <v>220</v>
       </c>
       <c r="E132">
         <v>110</v>
       </c>
       <c r="F132">
         <v>165</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B133" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C133">
         <v>5</v>
       </c>
       <c r="D133">
         <v>283</v>
       </c>
       <c r="E133">
         <v>142</v>
       </c>
       <c r="F133">
         <v>213</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B134"/>
       <c r="C134">
         <v>5</v>
       </c>
       <c r="D134">
         <v>241</v>
       </c>
       <c r="E134">
         <v>121</v>
       </c>
       <c r="F134">
         <v>181</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B135"/>
       <c r="C135">
         <v>5</v>
       </c>
       <c r="D135">
         <v>151</v>
       </c>
       <c r="E135">
         <v>76</v>
       </c>
       <c r="F135">
         <v>114</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B136"/>
       <c r="C136">
         <v>5</v>
       </c>
       <c r="D136">
         <v>163</v>
       </c>
       <c r="E136">
         <v>82</v>
       </c>
       <c r="F136">
         <v>123</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B137"/>
       <c r="C137">
         <v>5</v>
       </c>
       <c r="D137">
         <v>128</v>
       </c>
       <c r="E137">
         <v>64</v>
       </c>
       <c r="F137">
         <v>96</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B138" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C138">
         <v>5</v>
       </c>
       <c r="D138">
         <v>209</v>
       </c>
       <c r="E138">
         <v>105</v>
       </c>
       <c r="F138">
         <v>157</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B139"/>
       <c r="C139">
         <v>5</v>
       </c>
       <c r="D139">
         <v>259</v>
       </c>
       <c r="E139">
         <v>130</v>
       </c>
       <c r="F139">
         <v>195</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B140" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C140">
         <v>5</v>
       </c>
       <c r="D140">
         <v>101</v>
       </c>
       <c r="E140">
         <v>51</v>
       </c>
       <c r="F140">
         <v>76</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B141" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C141">
         <v>5</v>
       </c>
       <c r="D141">
         <v>115</v>
       </c>
       <c r="E141">
         <v>58</v>
       </c>
       <c r="F141">
         <v>87</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B142"/>
       <c r="C142">
         <v>5</v>
       </c>
       <c r="D142">
         <v>148</v>
       </c>
       <c r="E142">
         <v>74</v>
       </c>
       <c r="F142">
         <v>111</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B143" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C143">
         <v>5</v>
       </c>
       <c r="D143">
         <v>470</v>
       </c>
       <c r="E143">
         <v>235</v>
       </c>
       <c r="F143">
         <v>353</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B144"/>
       <c r="C144">
         <v>5</v>
       </c>
       <c r="D144">
         <v>393</v>
       </c>
       <c r="E144">
         <v>197</v>
       </c>
       <c r="F144">
         <v>295</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B145"/>
       <c r="C145">
         <v>5</v>
       </c>
       <c r="D145">
         <v>158</v>
       </c>
       <c r="E145">
         <v>79</v>
       </c>
       <c r="F145">
         <v>119</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B146" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C146">
         <v>5</v>
       </c>
       <c r="D146">
         <v>116</v>
       </c>
       <c r="E146">
         <v>58</v>
       </c>
       <c r="F146">
         <v>87</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B147"/>
       <c r="C147">
         <v>5</v>
       </c>
       <c r="D147">
         <v>316</v>
       </c>
       <c r="E147">
         <v>158</v>
       </c>
       <c r="F147">
         <v>237</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B148"/>
       <c r="C148">
         <v>5</v>
       </c>
       <c r="D148">
         <v>172</v>
       </c>
       <c r="E148">
         <v>86</v>
       </c>
       <c r="F148">
         <v>129</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B149" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C149">
         <v>5</v>
       </c>
       <c r="D149">
         <v>172</v>
       </c>
       <c r="E149">
         <v>86</v>
       </c>
       <c r="F149">
         <v>129</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B150"/>
       <c r="C150">
         <v>5</v>
       </c>
       <c r="D150">
         <v>293</v>
       </c>
       <c r="E150">
         <v>147</v>
       </c>
       <c r="F150">
         <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B151"/>
       <c r="C151">
         <v>5</v>
       </c>
       <c r="D151">
         <v>258</v>
       </c>
       <c r="E151">
         <v>129</v>
       </c>
       <c r="F151">
         <v>194</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B152"/>
       <c r="C152">
         <v>4</v>
       </c>
       <c r="D152">
         <v>218</v>
       </c>
       <c r="E152">
         <v>109</v>
       </c>
       <c r="F152">
         <v>164</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B153"/>
       <c r="C153">
         <v>4</v>
       </c>
       <c r="D153">
         <v>256</v>
       </c>
       <c r="E153">
         <v>128</v>
       </c>
       <c r="F153">
         <v>192</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B154"/>
       <c r="C154">
         <v>4</v>
       </c>
       <c r="D154">
         <v>101</v>
       </c>
       <c r="E154">
         <v>51</v>
       </c>
       <c r="F154">
         <v>76</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B155"/>
       <c r="C155">
         <v>4</v>
       </c>
       <c r="D155">
         <v>136</v>
       </c>
       <c r="E155">
         <v>68</v>
       </c>
       <c r="F155">
         <v>102</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B156" t="s">
         <v>179</v>
       </c>
       <c r="C156">
         <v>4</v>
       </c>
       <c r="D156">
         <v>260</v>
       </c>
       <c r="E156">
         <v>130</v>
       </c>
       <c r="F156">
         <v>195</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B157"/>
       <c r="C157">
         <v>4</v>
       </c>
       <c r="D157">
         <v>161</v>
       </c>
       <c r="E157">
         <v>81</v>
       </c>
       <c r="F157">
         <v>121</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B158" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C158">
         <v>4</v>
       </c>
       <c r="D158">
         <v>152</v>
       </c>
       <c r="E158">
         <v>76</v>
       </c>
       <c r="F158">
         <v>114</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B159"/>
       <c r="C159">
         <v>4</v>
       </c>
       <c r="D159">
         <v>124</v>
       </c>
       <c r="E159">
         <v>62</v>
       </c>
       <c r="F159">
         <v>93</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B160" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C160">
         <v>4</v>
       </c>
       <c r="D160">
         <v>119</v>
       </c>
       <c r="E160">
         <v>60</v>
       </c>
       <c r="F160">
         <v>90</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B161" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C161">
         <v>4</v>
       </c>
       <c r="D161">
         <v>194</v>
       </c>
       <c r="E161">
         <v>97</v>
       </c>
       <c r="F161">
         <v>146</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B162"/>
       <c r="C162">
         <v>4</v>
       </c>
       <c r="D162">
         <v>152</v>
       </c>
       <c r="E162">
         <v>76</v>
       </c>
       <c r="F162">
         <v>114</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B163"/>
       <c r="C163">
         <v>4</v>
       </c>
       <c r="D163">
         <v>134</v>
       </c>
       <c r="E163">
         <v>67</v>
       </c>
       <c r="F163">
         <v>101</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B164" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C164">
         <v>4</v>
       </c>
       <c r="D164">
         <v>248</v>
       </c>
       <c r="E164">
         <v>124</v>
       </c>
       <c r="F164">
         <v>186</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B165" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C165">
         <v>4</v>
       </c>
       <c r="D165">
         <v>275</v>
       </c>
       <c r="E165">
         <v>138</v>
       </c>
       <c r="F165">
         <v>207</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B166"/>
       <c r="C166">
         <v>4</v>
       </c>
       <c r="D166">
         <v>262</v>
       </c>
       <c r="E166">
         <v>131</v>
       </c>
       <c r="F166">
         <v>197</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B167"/>
       <c r="C167">
         <v>4</v>
       </c>
       <c r="D167">
         <v>114</v>
       </c>
       <c r="E167">
         <v>57</v>
       </c>
       <c r="F167">
         <v>86</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B168"/>
       <c r="C168">
         <v>4</v>
       </c>
       <c r="D168">
         <v>239</v>
       </c>
       <c r="E168">
         <v>120</v>
       </c>
       <c r="F168">
         <v>180</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B169"/>
       <c r="C169">
         <v>3</v>
       </c>
       <c r="D169">
         <v>286</v>
       </c>
       <c r="E169">
         <v>143</v>
       </c>
       <c r="F169">
         <v>215</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B170"/>
       <c r="C170">
         <v>3</v>
       </c>
       <c r="D170">
         <v>170</v>
       </c>
       <c r="E170">
         <v>85</v>
       </c>
       <c r="F170">
         <v>128</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B171" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C171">
         <v>3</v>
       </c>
       <c r="D171">
         <v>17</v>
       </c>
       <c r="E171">
         <v>9</v>
       </c>
       <c r="F171">
         <v>13</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B172"/>
       <c r="C172">
         <v>3</v>
       </c>
       <c r="D172">
         <v>251</v>
       </c>
       <c r="E172">
         <v>126</v>
       </c>
       <c r="F172">
         <v>189</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B173"/>
       <c r="C173">
         <v>3</v>
       </c>
       <c r="D173">
         <v>41</v>
       </c>
       <c r="E173">
         <v>21</v>
       </c>
       <c r="F173">
         <v>31</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B174" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C174">
         <v>3</v>
       </c>
       <c r="D174">
         <v>267</v>
       </c>
       <c r="E174">
         <v>134</v>
       </c>
       <c r="F174">
         <v>201</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B175" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C175">
         <v>3</v>
       </c>
       <c r="D175">
         <v>136</v>
       </c>
       <c r="E175">
         <v>68</v>
       </c>
       <c r="F175">
         <v>102</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B176"/>
       <c r="C176">
         <v>3</v>
       </c>
       <c r="D176">
         <v>138</v>
       </c>
       <c r="E176">
         <v>69</v>
       </c>
       <c r="F176">
         <v>104</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B177"/>
       <c r="C177">
         <v>3</v>
       </c>
       <c r="D177">
         <v>152</v>
       </c>
       <c r="E177">
         <v>76</v>
       </c>
       <c r="F177">
         <v>114</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B178" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C178">
         <v>3</v>
       </c>
       <c r="D178">
         <v>113</v>
       </c>
       <c r="E178">
         <v>57</v>
       </c>
       <c r="F178">
         <v>85</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B179"/>
       <c r="C179">
         <v>3</v>
       </c>
       <c r="D179">
         <v>130</v>
       </c>
       <c r="E179">
         <v>65</v>
       </c>
       <c r="F179">
         <v>98</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B180"/>
       <c r="C180">
         <v>3</v>
       </c>
       <c r="D180">
         <v>66</v>
       </c>
       <c r="E180">
         <v>33</v>
       </c>
       <c r="F180">
         <v>50</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B181"/>
       <c r="C181">
         <v>3</v>
       </c>
       <c r="D181">
         <v>327</v>
       </c>
       <c r="E181">
         <v>164</v>
       </c>
       <c r="F181">
         <v>246</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B182"/>
       <c r="C182">
         <v>3</v>
       </c>
       <c r="D182">
         <v>72</v>
       </c>
       <c r="E182">
         <v>36</v>
       </c>
       <c r="F182">
         <v>54</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B183"/>
       <c r="C183">
         <v>3</v>
       </c>
       <c r="D183">
         <v>81</v>
       </c>
       <c r="E183">
         <v>41</v>
       </c>
       <c r="F183">
         <v>61</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B184" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C184">
         <v>3</v>
       </c>
       <c r="D184">
         <v>122</v>
       </c>
       <c r="E184">
         <v>61</v>
       </c>
       <c r="F184">
         <v>92</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B185"/>
       <c r="C185">
         <v>3</v>
       </c>
       <c r="D185">
         <v>79</v>
       </c>
       <c r="E185">
         <v>40</v>
       </c>
       <c r="F185">
         <v>60</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B186"/>
       <c r="C186">
         <v>3</v>
       </c>
       <c r="D186">
         <v>229</v>
       </c>
       <c r="E186">
         <v>115</v>
       </c>
       <c r="F186">
         <v>172</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B187"/>
       <c r="C187">
         <v>3</v>
       </c>
       <c r="D187">
         <v>178</v>
       </c>
       <c r="E187">
         <v>89</v>
       </c>
       <c r="F187">
         <v>134</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B188"/>
       <c r="C188">
         <v>3</v>
       </c>
       <c r="D188">
         <v>96</v>
       </c>
       <c r="E188">
         <v>48</v>
       </c>
       <c r="F188">
         <v>72</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B189" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C189">
         <v>3</v>
       </c>
       <c r="D189">
         <v>292</v>
       </c>
       <c r="E189">
         <v>146</v>
       </c>
       <c r="F189">
         <v>219</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B190"/>
       <c r="C190">
         <v>3</v>
       </c>
       <c r="D190">
         <v>101</v>
       </c>
       <c r="E190">
         <v>51</v>
       </c>
       <c r="F190">
         <v>76</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B191"/>
       <c r="C191">
         <v>3</v>
       </c>
       <c r="D191">
         <v>347</v>
       </c>
       <c r="E191">
         <v>174</v>
       </c>
       <c r="F191">
         <v>261</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B192"/>
       <c r="C192">
         <v>3</v>
       </c>
       <c r="D192">
         <v>179</v>
       </c>
       <c r="E192">
         <v>90</v>
       </c>
       <c r="F192">
         <v>135</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B193"/>
       <c r="C193">
         <v>3</v>
       </c>
       <c r="D193">
         <v>169</v>
       </c>
       <c r="E193">
         <v>85</v>
       </c>
       <c r="F193">
         <v>127</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B194" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C194">
         <v>3</v>
       </c>
       <c r="D194">
         <v>204</v>
       </c>
       <c r="E194">
         <v>102</v>
       </c>
       <c r="F194">
         <v>153</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B195" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C195">
         <v>3</v>
       </c>
       <c r="D195">
         <v>184</v>
       </c>
       <c r="E195">
         <v>92</v>
       </c>
       <c r="F195">
         <v>138</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B196" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C196">
         <v>3</v>
       </c>
       <c r="D196">
         <v>252</v>
       </c>
       <c r="E196">
         <v>126</v>
       </c>
       <c r="F196">
         <v>189</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B197"/>
       <c r="C197">
         <v>3</v>
       </c>
       <c r="D197">
         <v>269</v>
       </c>
       <c r="E197">
         <v>135</v>
       </c>
       <c r="F197">
         <v>202</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B198"/>
       <c r="C198">
         <v>3</v>
       </c>
       <c r="D198">
         <v>113</v>
       </c>
       <c r="E198">
         <v>57</v>
       </c>
       <c r="F198">
         <v>85</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B199"/>
       <c r="C199">
         <v>3</v>
       </c>
       <c r="D199">
         <v>82</v>
       </c>
       <c r="E199">
         <v>41</v>
       </c>
       <c r="F199">
         <v>62</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B200"/>
       <c r="C200">
         <v>3</v>
       </c>
       <c r="D200">
         <v>130</v>
       </c>
       <c r="E200">
         <v>65</v>
       </c>
       <c r="F200">
         <v>98</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B201"/>
       <c r="C201">
         <v>3</v>
       </c>
       <c r="D201">
         <v>120</v>
       </c>
       <c r="E201">
         <v>60</v>
       </c>
       <c r="F201">
         <v>90</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B202" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C202">
         <v>3</v>
       </c>
       <c r="D202">
         <v>121</v>
       </c>
       <c r="E202">
         <v>61</v>
       </c>
       <c r="F202">
         <v>91</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B203" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C203">
         <v>3</v>
       </c>
       <c r="D203">
         <v>122</v>
       </c>
       <c r="E203">
         <v>61</v>
       </c>
       <c r="F203">
         <v>92</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B204"/>
       <c r="C204">
         <v>3</v>
       </c>
       <c r="D204">
         <v>320</v>
       </c>
       <c r="E204">
         <v>160</v>
       </c>
       <c r="F204">
         <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B205"/>
       <c r="C205">
         <v>2</v>
       </c>
       <c r="D205">
         <v>53</v>
       </c>
       <c r="E205">
         <v>27</v>
       </c>
       <c r="F205">
         <v>40</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B206"/>
       <c r="C206">
         <v>2</v>
       </c>
       <c r="D206">
         <v>107</v>
       </c>
       <c r="E206">
         <v>54</v>
       </c>
       <c r="F206">
         <v>81</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B207"/>
       <c r="C207">
         <v>2</v>
       </c>
       <c r="D207">
         <v>157</v>
       </c>
       <c r="E207">
         <v>79</v>
       </c>
       <c r="F207">
         <v>118</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B208"/>
       <c r="C208">
         <v>2</v>
       </c>
       <c r="D208">
         <v>46</v>
       </c>
       <c r="E208">
         <v>23</v>
       </c>
       <c r="F208">
         <v>35</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B209" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C209">
         <v>2</v>
       </c>
       <c r="D209">
         <v>104</v>
       </c>
       <c r="E209">
         <v>52</v>
       </c>
       <c r="F209">
         <v>78</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B210"/>
       <c r="C210">
         <v>2</v>
       </c>
       <c r="D210">
         <v>177</v>
       </c>
       <c r="E210">
         <v>89</v>
       </c>
       <c r="F210">
         <v>133</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B211"/>
       <c r="C211">
         <v>2</v>
       </c>
       <c r="D211">
         <v>13</v>
       </c>
       <c r="E211">
         <v>7</v>
       </c>
       <c r="F211">
         <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B212"/>
       <c r="C212">
         <v>2</v>
       </c>
       <c r="D212">
         <v>93</v>
       </c>
       <c r="E212">
         <v>47</v>
       </c>
       <c r="F212">
         <v>70</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B213"/>
       <c r="C213">
         <v>2</v>
       </c>
       <c r="D213">
         <v>87</v>
       </c>
       <c r="E213">
         <v>44</v>
       </c>
       <c r="F213">
         <v>66</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B214"/>
       <c r="C214">
         <v>2</v>
       </c>
       <c r="D214">
         <v>66</v>
       </c>
       <c r="E214">
         <v>33</v>
       </c>
       <c r="F214">
         <v>50</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B215"/>
       <c r="C215">
         <v>2</v>
       </c>
       <c r="D215">
         <v>87</v>
       </c>
       <c r="E215">
         <v>44</v>
       </c>
       <c r="F215">
         <v>66</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B216"/>
       <c r="C216">
         <v>2</v>
       </c>
       <c r="D216">
         <v>59</v>
       </c>
       <c r="E216">
         <v>30</v>
       </c>
       <c r="F216">
         <v>45</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B217"/>
       <c r="C217">
         <v>2</v>
       </c>
       <c r="D217">
         <v>84</v>
       </c>
       <c r="E217">
         <v>42</v>
       </c>
       <c r="F217">
         <v>63</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B218"/>
       <c r="C218">
         <v>2</v>
       </c>
       <c r="D218">
         <v>119</v>
       </c>
       <c r="E218">
         <v>60</v>
       </c>
       <c r="F218">
         <v>90</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B219"/>
       <c r="C219">
         <v>2</v>
       </c>
       <c r="D219">
         <v>103</v>
       </c>
       <c r="E219">
         <v>52</v>
       </c>
       <c r="F219">
         <v>78</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B220"/>
       <c r="C220">
         <v>2</v>
       </c>
       <c r="D220">
         <v>31</v>
       </c>
       <c r="E220">
         <v>16</v>
       </c>
       <c r="F220">
         <v>24</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B221"/>
       <c r="C221">
         <v>2</v>
       </c>
       <c r="D221">
         <v>20</v>
       </c>
       <c r="E221">
         <v>10</v>
       </c>
       <c r="F221">
         <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B222"/>
       <c r="C222">
         <v>2</v>
       </c>
       <c r="D222">
         <v>79</v>
       </c>
       <c r="E222">
         <v>40</v>
       </c>
       <c r="F222">
         <v>60</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B223"/>
       <c r="C223">
         <v>2</v>
       </c>
       <c r="D223">
         <v>15</v>
       </c>
       <c r="E223">
         <v>8</v>
       </c>
       <c r="F223">
         <v>12</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B224"/>
       <c r="C224">
         <v>2</v>
       </c>
       <c r="D224">
         <v>98</v>
       </c>
       <c r="E224">
         <v>49</v>
       </c>
       <c r="F224">
         <v>74</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B225"/>
       <c r="C225">
         <v>2</v>
       </c>
       <c r="D225">
         <v>103</v>
       </c>
       <c r="E225">
         <v>52</v>
       </c>
       <c r="F225">
         <v>78</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B226"/>
       <c r="C226">
         <v>2</v>
       </c>
       <c r="D226">
         <v>91</v>
       </c>
       <c r="E226">
         <v>46</v>
       </c>
       <c r="F226">
         <v>69</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B227"/>
       <c r="C227">
         <v>2</v>
       </c>
       <c r="D227">
         <v>74</v>
       </c>
       <c r="E227">
         <v>37</v>
       </c>
       <c r="F227">
         <v>56</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B228"/>
       <c r="C228">
         <v>2</v>
       </c>
       <c r="D228">
         <v>217</v>
       </c>
       <c r="E228">
         <v>109</v>
       </c>
       <c r="F228">
         <v>163</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B229"/>
       <c r="C229">
         <v>2</v>
       </c>
       <c r="D229">
         <v>199</v>
       </c>
       <c r="E229">
         <v>100</v>
       </c>
       <c r="F229">
         <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B230"/>
       <c r="C230">
         <v>2</v>
       </c>
       <c r="D230">
         <v>126</v>
       </c>
       <c r="E230">
         <v>63</v>
       </c>
       <c r="F230">
         <v>95</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B231"/>
       <c r="C231">
         <v>2</v>
       </c>
       <c r="D231">
         <v>72</v>
       </c>
       <c r="E231">
         <v>36</v>
       </c>
       <c r="F231">
         <v>54</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B232"/>
       <c r="C232">
         <v>2</v>
       </c>
       <c r="D232">
         <v>77</v>
       </c>
       <c r="E232">
         <v>39</v>
       </c>
       <c r="F232">
         <v>58</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B233"/>
       <c r="C233">
         <v>2</v>
       </c>
       <c r="D233">
         <v>68</v>
       </c>
       <c r="E233">
         <v>34</v>
       </c>
       <c r="F233">
         <v>51</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B234"/>
       <c r="C234">
         <v>2</v>
       </c>
       <c r="D234">
         <v>195</v>
       </c>
       <c r="E234">
         <v>98</v>
       </c>
       <c r="F234">
         <v>147</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B235"/>
       <c r="C235">
         <v>2</v>
       </c>
       <c r="D235">
         <v>62</v>
       </c>
       <c r="E235">
         <v>31</v>
       </c>
       <c r="F235">
         <v>47</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B236" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C236">
         <v>2</v>
       </c>
       <c r="D236">
         <v>135</v>
       </c>
       <c r="E236">
         <v>68</v>
       </c>
       <c r="F236">
         <v>102</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B237"/>
       <c r="C237">
         <v>2</v>
       </c>
       <c r="D237">
         <v>69</v>
       </c>
       <c r="E237">
         <v>35</v>
       </c>
       <c r="F237">
         <v>52</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B238"/>
       <c r="C238">
         <v>2</v>
       </c>
       <c r="D238">
         <v>78</v>
       </c>
       <c r="E238">
         <v>39</v>
       </c>
       <c r="F238">
         <v>59</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B239"/>
       <c r="C239">
         <v>2</v>
       </c>
       <c r="D239">
-        <v>98</v>
+        <v>125</v>
       </c>
       <c r="E239">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="F239">
-        <v>74</v>
+        <v>94</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B240"/>
       <c r="C240">
         <v>2</v>
       </c>
       <c r="D240">
         <v>102</v>
       </c>
       <c r="E240">
         <v>51</v>
       </c>
       <c r="F240">
         <v>77</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B241"/>
       <c r="C241">
         <v>2</v>
       </c>
       <c r="D241">
         <v>56</v>
       </c>
       <c r="E241">
         <v>28</v>
       </c>
       <c r="F241">
         <v>42</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B242" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C242">
         <v>2</v>
       </c>
       <c r="D242">
         <v>130</v>
       </c>
       <c r="E242">
         <v>65</v>
       </c>
       <c r="F242">
         <v>98</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B243"/>
       <c r="C243">
         <v>2</v>
       </c>
       <c r="D243">
         <v>120</v>
       </c>
       <c r="E243">
         <v>60</v>
       </c>
       <c r="F243">
         <v>90</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B244"/>
       <c r="C244">
         <v>2</v>
       </c>
       <c r="D244">
         <v>84</v>
       </c>
       <c r="E244">
         <v>42</v>
       </c>
       <c r="F244">
         <v>63</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B245"/>
       <c r="C245">
         <v>2</v>
       </c>
       <c r="D245">
         <v>48</v>
       </c>
       <c r="E245">
         <v>24</v>
       </c>
       <c r="F245">
         <v>36</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B246"/>
       <c r="C246">
         <v>2</v>
       </c>
       <c r="D246">
         <v>0</v>
       </c>
       <c r="E246">
         <v>0</v>
       </c>
       <c r="F246">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B247" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C247">
         <v>2</v>
       </c>
       <c r="D247">
         <v>157</v>
       </c>
       <c r="E247">
         <v>79</v>
       </c>
       <c r="F247">
         <v>118</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B248"/>
       <c r="C248">
         <v>2</v>
       </c>
       <c r="D248">
         <v>184</v>
       </c>
       <c r="E248">
         <v>92</v>
       </c>
       <c r="F248">
         <v>138</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B249"/>
       <c r="C249">
         <v>2</v>
       </c>
       <c r="D249">
         <v>121</v>
       </c>
       <c r="E249">
         <v>61</v>
       </c>
       <c r="F249">
         <v>91</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B250"/>
       <c r="C250">
         <v>2</v>
       </c>
       <c r="D250">
         <v>161</v>
       </c>
       <c r="E250">
         <v>81</v>
       </c>
       <c r="F250">
         <v>121</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B251"/>
       <c r="C251">
         <v>2</v>
       </c>
       <c r="D251">
         <v>48</v>
       </c>
       <c r="E251">
         <v>24</v>
       </c>
       <c r="F251">
         <v>36</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B252"/>
       <c r="C252">
         <v>2</v>
       </c>
       <c r="D252">
         <v>252</v>
       </c>
       <c r="E252">
         <v>126</v>
       </c>
       <c r="F252">
         <v>189</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B253" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C253">
         <v>2</v>
       </c>
       <c r="D253">
         <v>322</v>
       </c>
       <c r="E253">
         <v>161</v>
       </c>
       <c r="F253">
         <v>242</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B254"/>
       <c r="C254">
         <v>2</v>
       </c>
       <c r="D254">
         <v>63</v>
       </c>
       <c r="E254">
         <v>32</v>
       </c>
       <c r="F254">
         <v>48</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B255"/>
       <c r="C255">
         <v>2</v>
       </c>
       <c r="D255">
         <v>35</v>
       </c>
       <c r="E255">
         <v>18</v>
       </c>
       <c r="F255">
         <v>27</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B256"/>
       <c r="C256">
         <v>2</v>
       </c>
       <c r="D256">
         <v>70</v>
       </c>
       <c r="E256">
         <v>35</v>
       </c>
       <c r="F256">
         <v>53</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B257"/>
       <c r="C257">
         <v>2</v>
       </c>
       <c r="D257">
         <v>114</v>
       </c>
       <c r="E257">
         <v>57</v>
       </c>
       <c r="F257">
         <v>86</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B258" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C258">
         <v>2</v>
       </c>
       <c r="D258">
         <v>62</v>
       </c>
       <c r="E258">
         <v>31</v>
       </c>
       <c r="F258">
         <v>47</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B259" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C259">
         <v>2</v>
       </c>
       <c r="D259">
         <v>92</v>
       </c>
       <c r="E259">
         <v>46</v>
       </c>
       <c r="F259">
         <v>69</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B260"/>
       <c r="C260">
         <v>2</v>
       </c>
       <c r="D260">
         <v>142</v>
       </c>
       <c r="E260">
         <v>71</v>
       </c>
       <c r="F260">
         <v>107</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B261"/>
       <c r="C261">
         <v>2</v>
       </c>
       <c r="D261">
         <v>29</v>
       </c>
       <c r="E261">
         <v>15</v>
       </c>
       <c r="F261">
         <v>22</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B262"/>
       <c r="C262">
         <v>2</v>
       </c>
       <c r="D262">
         <v>94</v>
       </c>
       <c r="E262">
         <v>47</v>
       </c>
       <c r="F262">
         <v>71</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B263"/>
       <c r="C263">
         <v>2</v>
       </c>
       <c r="D263">
         <v>134</v>
       </c>
       <c r="E263">
         <v>67</v>
       </c>
       <c r="F263">
         <v>101</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B264"/>
       <c r="C264">
         <v>2</v>
       </c>
       <c r="D264">
         <v>148</v>
       </c>
       <c r="E264">
         <v>74</v>
       </c>
       <c r="F264">
         <v>111</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B265"/>
       <c r="C265">
         <v>2</v>
       </c>
       <c r="D265">
         <v>27</v>
       </c>
       <c r="E265">
         <v>14</v>
       </c>
       <c r="F265">
         <v>21</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B266"/>
       <c r="C266">
         <v>2</v>
       </c>
       <c r="D266">
         <v>50</v>
       </c>
       <c r="E266">
         <v>25</v>
       </c>
       <c r="F266">
         <v>38</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B267"/>
       <c r="C267">
         <v>2</v>
       </c>
       <c r="D267">
         <v>134</v>
       </c>
       <c r="E267">
         <v>67</v>
       </c>
       <c r="F267">
         <v>101</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B268" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C268">
         <v>2</v>
       </c>
       <c r="D268">
         <v>103</v>
       </c>
       <c r="E268">
         <v>52</v>
       </c>
       <c r="F268">
         <v>78</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B269" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C269">
         <v>2</v>
       </c>
       <c r="D269">
         <v>105</v>
       </c>
       <c r="E269">
         <v>53</v>
       </c>
       <c r="F269">
         <v>79</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B270"/>
       <c r="C270">
         <v>2</v>
       </c>
       <c r="D270">
         <v>140</v>
       </c>
       <c r="E270">
         <v>70</v>
       </c>
       <c r="F270">
         <v>105</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B271"/>
       <c r="C271">
         <v>2</v>
       </c>
       <c r="D271">
         <v>154</v>
       </c>
       <c r="E271">
         <v>77</v>
       </c>
       <c r="F271">
         <v>116</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B272" t="s">
         <v>179</v>
       </c>
       <c r="C272">
         <v>2</v>
       </c>
       <c r="D272">
         <v>124</v>
       </c>
       <c r="E272">
         <v>62</v>
       </c>
       <c r="F272">
         <v>93</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B273"/>
       <c r="C273">
         <v>2</v>
       </c>
       <c r="D273">
         <v>185</v>
       </c>
       <c r="E273">
         <v>93</v>
       </c>
       <c r="F273">
         <v>139</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B274"/>
       <c r="C274">
         <v>2</v>
       </c>
       <c r="D274">
         <v>274</v>
       </c>
       <c r="E274">
         <v>137</v>
       </c>
       <c r="F274">
         <v>206</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B275"/>
       <c r="C275">
         <v>2</v>
       </c>
       <c r="D275">
         <v>101</v>
       </c>
       <c r="E275">
         <v>51</v>
       </c>
       <c r="F275">
         <v>76</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B276"/>
       <c r="C276">
         <v>2</v>
       </c>
       <c r="D276">
         <v>55</v>
       </c>
       <c r="E276">
         <v>28</v>
       </c>
       <c r="F276">
         <v>42</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B277"/>
       <c r="C277">
         <v>2</v>
       </c>
       <c r="D277">
         <v>272</v>
       </c>
       <c r="E277">
         <v>136</v>
       </c>
       <c r="F277">
         <v>204</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B278" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C278">
         <v>2</v>
       </c>
       <c r="D278">
         <v>29</v>
       </c>
       <c r="E278">
         <v>15</v>
       </c>
       <c r="F278">
         <v>22</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B279"/>
       <c r="C279">
         <v>2</v>
       </c>
       <c r="D279">
         <v>31</v>
       </c>
       <c r="E279">
         <v>16</v>
       </c>
       <c r="F279">
         <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B280"/>
       <c r="C280">
         <v>2</v>
       </c>
       <c r="D280">
         <v>70</v>
       </c>
       <c r="E280">
         <v>35</v>
       </c>
       <c r="F280">
         <v>53</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B281"/>
       <c r="C281">
         <v>2</v>
       </c>
       <c r="D281">
         <v>78</v>
       </c>
       <c r="E281">
         <v>39</v>
       </c>
       <c r="F281">
         <v>59</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B282"/>
       <c r="C282">
         <v>2</v>
       </c>
       <c r="D282">
         <v>31</v>
       </c>
       <c r="E282">
         <v>16</v>
       </c>
       <c r="F282">
         <v>24</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B283" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C283">
         <v>2</v>
       </c>
       <c r="D283">
         <v>70</v>
       </c>
       <c r="E283">
         <v>35</v>
       </c>
       <c r="F283">
         <v>53</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B284"/>
       <c r="C284">
         <v>1</v>
       </c>
       <c r="D284">
         <v>104</v>
       </c>
       <c r="E284">
         <v>52</v>
       </c>
       <c r="F284">
         <v>78</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B285"/>
       <c r="C285">
         <v>1</v>
       </c>
       <c r="D285">
         <v>95</v>
       </c>
       <c r="E285">
         <v>48</v>
       </c>
       <c r="F285">
         <v>72</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B286"/>
       <c r="C286">
         <v>1</v>
       </c>
       <c r="D286">
         <v>66</v>
       </c>
       <c r="E286">
         <v>33</v>
       </c>
       <c r="F286">
         <v>50</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B287"/>
       <c r="C287">
         <v>1</v>
       </c>
       <c r="D287">
         <v>58</v>
       </c>
       <c r="E287">
         <v>29</v>
       </c>
       <c r="F287">
         <v>44</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B288"/>
       <c r="C288">
         <v>1</v>
       </c>
       <c r="D288">
         <v>30</v>
       </c>
       <c r="E288">
         <v>15</v>
       </c>
       <c r="F288">
         <v>23</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B289"/>
       <c r="C289">
         <v>1</v>
       </c>
       <c r="D289">
         <v>38</v>
       </c>
       <c r="E289">
         <v>19</v>
       </c>
       <c r="F289">
         <v>29</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B290"/>
       <c r="C290">
         <v>1</v>
       </c>
       <c r="D290">
         <v>116</v>
       </c>
       <c r="E290">
         <v>58</v>
       </c>
       <c r="F290">
         <v>87</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B291"/>
       <c r="C291">
         <v>1</v>
       </c>
       <c r="D291">
         <v>0</v>
       </c>
       <c r="E291">
         <v>0</v>
       </c>
       <c r="F291">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B292"/>
       <c r="C292">
         <v>1</v>
       </c>
       <c r="D292">
         <v>19</v>
       </c>
       <c r="E292">
         <v>10</v>
       </c>
       <c r="F292">
         <v>15</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B293"/>
       <c r="C293">
         <v>1</v>
       </c>
       <c r="D293">
         <v>61</v>
       </c>
       <c r="E293">
         <v>31</v>
       </c>
       <c r="F293">
         <v>46</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B294"/>
       <c r="C294">
         <v>1</v>
       </c>
       <c r="D294">
         <v>103</v>
       </c>
       <c r="E294">
         <v>52</v>
       </c>
       <c r="F294">
         <v>78</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B295"/>
       <c r="C295">
         <v>1</v>
       </c>
       <c r="D295">
         <v>70</v>
       </c>
       <c r="E295">
         <v>35</v>
       </c>
       <c r="F295">
         <v>53</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B296"/>
       <c r="C296">
         <v>1</v>
       </c>
       <c r="D296">
         <v>61</v>
       </c>
       <c r="E296">
         <v>31</v>
       </c>
       <c r="F296">
         <v>46</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B297"/>
       <c r="C297">
         <v>1</v>
       </c>
       <c r="D297">
         <v>7</v>
       </c>
       <c r="E297">
         <v>4</v>
       </c>
       <c r="F297">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B298"/>
       <c r="C298">
         <v>1</v>
       </c>
       <c r="D298">
         <v>35</v>
       </c>
       <c r="E298">
         <v>18</v>
       </c>
       <c r="F298">
         <v>27</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B299"/>
       <c r="C299">
         <v>1</v>
       </c>
       <c r="D299">
         <v>42</v>
       </c>
       <c r="E299">
         <v>21</v>
       </c>
       <c r="F299">
         <v>32</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B300"/>
       <c r="C300">
         <v>1</v>
       </c>
       <c r="D300">
         <v>51</v>
       </c>
       <c r="E300">
         <v>26</v>
       </c>
       <c r="F300">
         <v>39</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B301"/>
       <c r="C301">
         <v>1</v>
       </c>
       <c r="D301">
         <v>11</v>
       </c>
       <c r="E301">
         <v>6</v>
       </c>
       <c r="F301">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B302"/>
       <c r="C302">
         <v>1</v>
       </c>
       <c r="D302">
         <v>0</v>
       </c>
       <c r="E302">
         <v>0</v>
       </c>
       <c r="F302">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B303" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C303">
         <v>1</v>
       </c>
       <c r="D303">
         <v>71</v>
       </c>
       <c r="E303">
         <v>36</v>
       </c>
       <c r="F303">
         <v>54</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B304" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C304">
         <v>1</v>
       </c>
       <c r="D304">
         <v>33</v>
       </c>
       <c r="E304">
         <v>17</v>
       </c>
       <c r="F304">
         <v>25</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B305"/>
       <c r="C305">
         <v>1</v>
       </c>
       <c r="D305">
         <v>0</v>
       </c>
       <c r="E305">
         <v>0</v>
       </c>
       <c r="F305">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B306"/>
       <c r="C306">
         <v>1</v>
       </c>
       <c r="D306">
         <v>50</v>
       </c>
       <c r="E306">
         <v>25</v>
       </c>
       <c r="F306">
         <v>38</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B307"/>
       <c r="C307">
         <v>1</v>
       </c>
       <c r="D307">
         <v>27</v>
       </c>
       <c r="E307">
         <v>14</v>
       </c>
       <c r="F307">
         <v>21</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B308"/>
       <c r="C308">
         <v>1</v>
       </c>
       <c r="D308">
         <v>15</v>
       </c>
       <c r="E308">
         <v>8</v>
       </c>
       <c r="F308">
         <v>12</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B309"/>
       <c r="C309">
         <v>1</v>
       </c>
       <c r="D309">
         <v>54</v>
       </c>
       <c r="E309">
         <v>27</v>
       </c>
       <c r="F309">
         <v>41</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B310" t="s">
         <v>179</v>
       </c>
       <c r="C310">
         <v>1</v>
       </c>
       <c r="D310">
         <v>34</v>
       </c>
       <c r="E310">
         <v>17</v>
       </c>
       <c r="F310">
         <v>26</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B311"/>
       <c r="C311">
         <v>1</v>
       </c>
       <c r="D311">
         <v>59</v>
       </c>
       <c r="E311">
         <v>30</v>
       </c>
       <c r="F311">
         <v>45</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B312"/>
       <c r="C312">
         <v>1</v>
       </c>
       <c r="D312">
         <v>17</v>
       </c>
       <c r="E312">
         <v>9</v>
       </c>
       <c r="F312">
         <v>13</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B313"/>
       <c r="C313">
         <v>1</v>
       </c>
       <c r="D313">
         <v>17</v>
       </c>
       <c r="E313">
         <v>9</v>
       </c>
       <c r="F313">
         <v>13</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B314"/>
       <c r="C314">
         <v>1</v>
       </c>
       <c r="D314">
         <v>44</v>
       </c>
       <c r="E314">
         <v>22</v>
       </c>
       <c r="F314">
         <v>33</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B315"/>
       <c r="C315">
         <v>1</v>
       </c>
       <c r="D315">
         <v>25</v>
       </c>
       <c r="E315">
         <v>13</v>
       </c>
       <c r="F315">
         <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B316"/>
       <c r="C316">
         <v>1</v>
       </c>
       <c r="D316">
         <v>0</v>
       </c>
       <c r="E316">
         <v>0</v>
       </c>
       <c r="F316">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B317"/>
       <c r="C317">
         <v>1</v>
       </c>
       <c r="D317">
         <v>23</v>
       </c>
       <c r="E317">
         <v>12</v>
       </c>
       <c r="F317">
         <v>18</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B318" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C318">
         <v>1</v>
       </c>
       <c r="D318">
         <v>0</v>
       </c>
       <c r="E318">
         <v>0</v>
       </c>
       <c r="F318">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B319"/>
       <c r="C319">
         <v>1</v>
       </c>
       <c r="D319">
         <v>23</v>
       </c>
       <c r="E319">
         <v>12</v>
       </c>
       <c r="F319">
         <v>18</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B320"/>
       <c r="C320">
         <v>1</v>
       </c>
       <c r="D320">
         <v>40</v>
       </c>
       <c r="E320">
         <v>20</v>
       </c>
       <c r="F320">
         <v>30</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B321"/>
       <c r="C321">
         <v>1</v>
       </c>
       <c r="D321">
         <v>48</v>
       </c>
       <c r="E321">
         <v>24</v>
       </c>
       <c r="F321">
         <v>36</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B322"/>
       <c r="C322">
         <v>1</v>
       </c>
       <c r="D322">
         <v>47</v>
       </c>
       <c r="E322">
         <v>24</v>
       </c>
       <c r="F322">
         <v>36</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B323"/>
       <c r="C323">
         <v>1</v>
       </c>
       <c r="D323">
         <v>23</v>
       </c>
       <c r="E323">
         <v>12</v>
       </c>
       <c r="F323">
         <v>18</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B324"/>
       <c r="C324">
         <v>1</v>
       </c>
       <c r="D324">
         <v>30</v>
       </c>
       <c r="E324">
         <v>15</v>
       </c>
       <c r="F324">
         <v>23</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B325"/>
       <c r="C325">
         <v>1</v>
       </c>
       <c r="D325">
         <v>75</v>
       </c>
       <c r="E325">
         <v>38</v>
       </c>
       <c r="F325">
         <v>57</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B326"/>
       <c r="C326">
         <v>1</v>
       </c>
       <c r="D326">
         <v>36</v>
       </c>
       <c r="E326">
         <v>18</v>
       </c>
       <c r="F326">
         <v>27</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B327"/>
       <c r="C327">
         <v>1</v>
       </c>
       <c r="D327">
         <v>84</v>
       </c>
       <c r="E327">
         <v>42</v>
       </c>
       <c r="F327">
         <v>63</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B328" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C328">
         <v>1</v>
       </c>
       <c r="D328">
         <v>34</v>
       </c>
       <c r="E328">
         <v>17</v>
       </c>
       <c r="F328">
         <v>26</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B329"/>
       <c r="C329">
         <v>1</v>
       </c>
       <c r="D329">
         <v>32</v>
       </c>
       <c r="E329">
         <v>16</v>
       </c>
       <c r="F329">
         <v>24</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B330"/>
       <c r="C330">
         <v>1</v>
       </c>
       <c r="D330">
         <v>17</v>
       </c>
       <c r="E330">
         <v>9</v>
       </c>
       <c r="F330">
         <v>13</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B331"/>
       <c r="C331">
         <v>1</v>
       </c>
       <c r="D331">
         <v>8</v>
       </c>
       <c r="E331">
         <v>4</v>
       </c>
       <c r="F331">
         <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B332"/>
       <c r="C332">
         <v>1</v>
       </c>
       <c r="D332">
         <v>46</v>
       </c>
       <c r="E332">
         <v>23</v>
       </c>
       <c r="F332">
         <v>35</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B333"/>
       <c r="C333">
         <v>1</v>
       </c>
       <c r="D333">
         <v>53</v>
       </c>
       <c r="E333">
         <v>27</v>
       </c>
       <c r="F333">
         <v>40</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B334"/>
       <c r="C334">
         <v>1</v>
       </c>
       <c r="D334">
         <v>101</v>
       </c>
       <c r="E334">
         <v>51</v>
       </c>
       <c r="F334">
         <v>76</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B335"/>
       <c r="C335">
         <v>1</v>
       </c>
       <c r="D335">
         <v>104</v>
       </c>
       <c r="E335">
         <v>52</v>
       </c>
       <c r="F335">
         <v>78</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B336"/>
       <c r="C336">
         <v>1</v>
       </c>
       <c r="D336">
         <v>78</v>
       </c>
       <c r="E336">
         <v>39</v>
       </c>
       <c r="F336">
         <v>59</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B337"/>
       <c r="C337">
         <v>1</v>
       </c>
       <c r="D337">
         <v>107</v>
       </c>
       <c r="E337">
         <v>54</v>
       </c>
       <c r="F337">
         <v>81</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B338"/>
       <c r="C338">
         <v>1</v>
       </c>
       <c r="D338">
         <v>98</v>
       </c>
       <c r="E338">
         <v>49</v>
       </c>
       <c r="F338">
         <v>74</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B339"/>
       <c r="C339">
         <v>1</v>
       </c>
       <c r="D339">
         <v>32</v>
       </c>
       <c r="E339">
         <v>16</v>
       </c>
       <c r="F339">
         <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B340"/>
       <c r="C340">
         <v>1</v>
       </c>
       <c r="D340">
         <v>32</v>
       </c>
       <c r="E340">
         <v>16</v>
       </c>
       <c r="F340">
         <v>24</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B341"/>
       <c r="C341">
         <v>1</v>
       </c>
       <c r="D341">
         <v>57</v>
       </c>
       <c r="E341">
         <v>29</v>
       </c>
       <c r="F341">
         <v>43</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B342"/>
       <c r="C342">
         <v>1</v>
       </c>
       <c r="D342">
         <v>50</v>
       </c>
       <c r="E342">
         <v>25</v>
       </c>
       <c r="F342">
         <v>38</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B343"/>
       <c r="C343">
         <v>1</v>
       </c>
       <c r="D343">
         <v>111</v>
       </c>
       <c r="E343">
         <v>56</v>
       </c>
       <c r="F343">
         <v>84</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B344"/>
       <c r="C344">
         <v>1</v>
       </c>
       <c r="D344">
         <v>20</v>
       </c>
       <c r="E344">
         <v>10</v>
       </c>
       <c r="F344">
         <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B345"/>
       <c r="C345">
         <v>1</v>
       </c>
       <c r="D345">
         <v>59</v>
       </c>
       <c r="E345">
         <v>30</v>
       </c>
       <c r="F345">
         <v>45</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B346"/>
       <c r="C346">
         <v>1</v>
       </c>
       <c r="D346">
         <v>70</v>
       </c>
       <c r="E346">
         <v>35</v>
       </c>
       <c r="F346">
         <v>53</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B347" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C347">
         <v>1</v>
       </c>
       <c r="D347">
         <v>81</v>
       </c>
       <c r="E347">
         <v>41</v>
       </c>
       <c r="F347">
         <v>61</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B348"/>
       <c r="C348">
         <v>1</v>
       </c>
       <c r="D348">
         <v>65</v>
       </c>
       <c r="E348">
         <v>33</v>
       </c>
       <c r="F348">
         <v>49</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B349" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C349">
         <v>1</v>
       </c>
       <c r="D349">
         <v>39</v>
       </c>
       <c r="E349">
         <v>20</v>
       </c>
       <c r="F349">
         <v>30</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B350"/>
       <c r="C350">
         <v>1</v>
       </c>
       <c r="D350">
         <v>81</v>
       </c>
       <c r="E350">
         <v>41</v>
       </c>
       <c r="F350">
         <v>61</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B351"/>
       <c r="C351">
         <v>1</v>
       </c>
       <c r="D351">
         <v>37</v>
       </c>
       <c r="E351">
         <v>19</v>
       </c>
       <c r="F351">
         <v>28</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B352"/>
       <c r="C352">
         <v>1</v>
       </c>
       <c r="D352">
         <v>13</v>
       </c>
       <c r="E352">
         <v>7</v>
       </c>
       <c r="F352">
         <v>10</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B353"/>
       <c r="C353">
         <v>1</v>
       </c>
       <c r="D353">
         <v>14</v>
       </c>
       <c r="E353">
         <v>7</v>
       </c>
       <c r="F353">
         <v>11</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B354"/>
       <c r="C354">
         <v>1</v>
       </c>
       <c r="D354"/>
       <c r="E354"/>
       <c r="F354"/>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B355"/>
       <c r="C355">
         <v>1</v>
       </c>
       <c r="D355">
         <v>20</v>
       </c>
       <c r="E355">
         <v>10</v>
       </c>
       <c r="F355">
         <v>15</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B356"/>
       <c r="C356">
         <v>1</v>
       </c>
       <c r="D356">
         <v>27</v>
       </c>
       <c r="E356">
         <v>14</v>
       </c>
       <c r="F356">
         <v>21</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B357"/>
       <c r="C357">
         <v>1</v>
       </c>
       <c r="D357">
         <v>17</v>
       </c>
       <c r="E357">
         <v>9</v>
       </c>
       <c r="F357">
         <v>13</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B358"/>
       <c r="C358">
         <v>1</v>
       </c>
       <c r="D358">
         <v>36</v>
       </c>
       <c r="E358">
         <v>18</v>
       </c>
       <c r="F358">
         <v>27</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B359"/>
       <c r="C359">
         <v>1</v>
       </c>
       <c r="D359">
         <v>34</v>
       </c>
       <c r="E359">
         <v>17</v>
       </c>
       <c r="F359">
         <v>26</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B360"/>
       <c r="C360">
         <v>1</v>
       </c>
       <c r="D360">
         <v>25</v>
       </c>
       <c r="E360">
         <v>13</v>
       </c>
       <c r="F360">
         <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B361"/>
       <c r="C361">
         <v>1</v>
       </c>
       <c r="D361">
         <v>40</v>
       </c>
       <c r="E361">
         <v>20</v>
       </c>
       <c r="F361">
         <v>30</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B362"/>
       <c r="C362">
         <v>1</v>
       </c>
       <c r="D362">
         <v>44</v>
       </c>
       <c r="E362">
         <v>22</v>
       </c>
       <c r="F362">
         <v>33</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B363"/>
       <c r="C363">
         <v>1</v>
       </c>
       <c r="D363">
         <v>53</v>
       </c>
       <c r="E363">
         <v>27</v>
       </c>
       <c r="F363">
         <v>40</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B364"/>
       <c r="C364">
         <v>1</v>
       </c>
       <c r="D364">
         <v>63</v>
       </c>
       <c r="E364">
         <v>32</v>
       </c>
       <c r="F364">
         <v>48</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B365"/>
       <c r="C365">
         <v>1</v>
       </c>
       <c r="D365">
         <v>17</v>
       </c>
       <c r="E365">
         <v>9</v>
       </c>
       <c r="F365">
         <v>13</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B366"/>
       <c r="C366">
         <v>1</v>
       </c>
       <c r="D366">
         <v>117</v>
       </c>
       <c r="E366">
         <v>58</v>
       </c>
       <c r="F366">
         <v>88</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B367"/>
       <c r="C367">
         <v>1</v>
       </c>
       <c r="D367">
         <v>16</v>
       </c>
       <c r="E367">
         <v>8</v>
       </c>
       <c r="F367">
         <v>12</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B368"/>
       <c r="C368">
         <v>1</v>
       </c>
       <c r="D368">
         <v>137</v>
       </c>
       <c r="E368">
         <v>69</v>
       </c>
       <c r="F368">
         <v>103</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B369"/>
       <c r="C369">
         <v>1</v>
       </c>
       <c r="D369">
         <v>100</v>
       </c>
       <c r="E369">
         <v>50</v>
       </c>
       <c r="F369">
         <v>75</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B370"/>
       <c r="C370">
         <v>1</v>
       </c>
       <c r="D370">
         <v>140</v>
       </c>
       <c r="E370">
         <v>70</v>
       </c>
       <c r="F370">
         <v>105</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B371"/>
       <c r="C371">
         <v>1</v>
       </c>
       <c r="D371">
         <v>7</v>
       </c>
       <c r="E371">
         <v>4</v>
       </c>
       <c r="F371">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B372" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C372">
         <v>1</v>
       </c>
       <c r="D372">
         <v>26</v>
       </c>
       <c r="E372">
         <v>13</v>
       </c>
       <c r="F372">
         <v>20</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B373" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C373">
         <v>1</v>
       </c>
       <c r="D373">
         <v>34</v>
       </c>
       <c r="E373">
         <v>17</v>
       </c>
       <c r="F373">
         <v>26</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B374"/>
       <c r="C374">
         <v>1</v>
       </c>
       <c r="D374">
         <v>41</v>
       </c>
       <c r="E374">
         <v>21</v>
       </c>
       <c r="F374">
         <v>31</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B375"/>
       <c r="C375">
         <v>1</v>
       </c>
       <c r="D375">
         <v>50</v>
       </c>
       <c r="E375">
         <v>25</v>
       </c>
       <c r="F375">
         <v>38</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B376"/>
       <c r="C376">
         <v>1</v>
       </c>
       <c r="D376">
         <v>32</v>
       </c>
       <c r="E376">
         <v>16</v>
       </c>
       <c r="F376">
         <v>24</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B377"/>
       <c r="C377">
         <v>1</v>
       </c>
       <c r="D377">
         <v>75</v>
       </c>
       <c r="E377">
         <v>38</v>
       </c>
       <c r="F377">
         <v>57</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B378"/>
       <c r="C378">
         <v>1</v>
       </c>
       <c r="D378">
         <v>0</v>
       </c>
       <c r="E378">
         <v>0</v>
       </c>
       <c r="F378">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B379"/>
       <c r="C379">
         <v>1</v>
       </c>
       <c r="D379">
         <v>35</v>
       </c>
       <c r="E379">
         <v>18</v>
       </c>
       <c r="F379">
         <v>27</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B380"/>
       <c r="C380">
         <v>1</v>
       </c>
       <c r="D380">
         <v>17</v>
       </c>
       <c r="E380">
         <v>9</v>
       </c>
       <c r="F380">
         <v>13</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B381"/>
       <c r="C381">
         <v>1</v>
       </c>
       <c r="D381">
         <v>15</v>
       </c>
       <c r="E381">
         <v>8</v>
       </c>
       <c r="F381">
         <v>12</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B382"/>
       <c r="C382">
         <v>1</v>
       </c>
       <c r="D382">
         <v>26</v>
       </c>
       <c r="E382">
         <v>13</v>
       </c>
       <c r="F382">
         <v>20</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B383"/>
       <c r="C383">
         <v>1</v>
       </c>
       <c r="D383">
         <v>29</v>
       </c>
       <c r="E383">
         <v>15</v>
       </c>
       <c r="F383">
         <v>22</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B384"/>
       <c r="C384">
         <v>1</v>
       </c>
       <c r="D384">
         <v>70</v>
       </c>
       <c r="E384">
         <v>35</v>
       </c>
       <c r="F384">
         <v>53</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B385"/>
       <c r="C385">
         <v>1</v>
       </c>
       <c r="D385">
         <v>99</v>
       </c>
       <c r="E385">
         <v>50</v>
       </c>
       <c r="F385">
         <v>75</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B386"/>
       <c r="C386">
         <v>1</v>
       </c>
       <c r="D386">
         <v>119</v>
       </c>
       <c r="E386">
         <v>60</v>
       </c>
       <c r="F386">
         <v>90</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B387"/>
       <c r="C387">
         <v>1</v>
       </c>
       <c r="D387">
         <v>52</v>
       </c>
       <c r="E387">
         <v>26</v>
       </c>
       <c r="F387">
         <v>39</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B388"/>
       <c r="C388">
         <v>1</v>
       </c>
       <c r="D388">
         <v>64</v>
       </c>
       <c r="E388">
         <v>32</v>
       </c>
       <c r="F388">
         <v>48</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B389"/>
       <c r="C389">
         <v>1</v>
       </c>
       <c r="D389">
         <v>0</v>
       </c>
       <c r="E389">
         <v>0</v>
       </c>
       <c r="F389">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B390"/>
       <c r="C390">
         <v>1</v>
       </c>
       <c r="D390">
         <v>0</v>
       </c>
       <c r="E390">
         <v>0</v>
       </c>
       <c r="F390">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B391"/>
       <c r="C391">
         <v>1</v>
       </c>
       <c r="D391">
         <v>67</v>
       </c>
       <c r="E391">
         <v>34</v>
       </c>
       <c r="F391">
         <v>51</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B392"/>
       <c r="C392">
         <v>1</v>
       </c>
       <c r="D392">
         <v>95</v>
       </c>
       <c r="E392">
         <v>48</v>
       </c>
       <c r="F392">
         <v>72</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B393"/>
       <c r="C393">
         <v>1</v>
       </c>
       <c r="D393">
         <v>111</v>
       </c>
       <c r="E393">
         <v>56</v>
       </c>
       <c r="F393">
         <v>84</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B394"/>
       <c r="C394">
         <v>1</v>
       </c>
       <c r="D394">
         <v>36</v>
       </c>
       <c r="E394">
         <v>18</v>
       </c>
       <c r="F394">
         <v>27</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B395" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C395">
         <v>1</v>
       </c>
       <c r="D395">
         <v>74</v>
       </c>
       <c r="E395">
         <v>37</v>
       </c>
       <c r="F395">
         <v>56</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B396"/>
       <c r="C396">
         <v>1</v>
       </c>
       <c r="D396">
         <v>25</v>
       </c>
       <c r="E396">
         <v>13</v>
       </c>
       <c r="F396">
         <v>19</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B397"/>
       <c r="C397">
         <v>1</v>
       </c>
       <c r="D397">
         <v>19</v>
       </c>
       <c r="E397">
         <v>10</v>
       </c>
       <c r="F397">
         <v>15</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B398"/>
       <c r="C398">
         <v>1</v>
       </c>
       <c r="D398">
         <v>96</v>
       </c>
       <c r="E398">
         <v>48</v>
       </c>
       <c r="F398">
         <v>72</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B399"/>
       <c r="C399">
         <v>1</v>
       </c>
       <c r="D399">
         <v>15</v>
       </c>
       <c r="E399">
         <v>8</v>
       </c>
       <c r="F399">
         <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B400"/>
       <c r="C400">
         <v>1</v>
       </c>
       <c r="D400">
         <v>84</v>
       </c>
       <c r="E400">
         <v>42</v>
       </c>
       <c r="F400">
         <v>63</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B401"/>
       <c r="C401">
         <v>1</v>
       </c>
       <c r="D401">
         <v>70</v>
       </c>
       <c r="E401">
         <v>35</v>
       </c>
       <c r="F401">
         <v>53</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B402"/>
       <c r="C402">
         <v>1</v>
       </c>
       <c r="D402">
         <v>63</v>
       </c>
       <c r="E402">
         <v>32</v>
       </c>
       <c r="F402">
         <v>48</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B403"/>
       <c r="C403">
         <v>1</v>
       </c>
       <c r="D403">
         <v>121</v>
       </c>
       <c r="E403">
         <v>61</v>
       </c>
       <c r="F403">
         <v>91</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B404"/>
       <c r="C404">
         <v>1</v>
       </c>
       <c r="D404">
         <v>0</v>
       </c>
       <c r="E404">
         <v>0</v>
       </c>
       <c r="F404">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B405"/>
       <c r="C405">
         <v>1</v>
       </c>
       <c r="D405">
         <v>20</v>
       </c>
       <c r="E405">
         <v>10</v>
       </c>
       <c r="F405">
         <v>15</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B406"/>
       <c r="C406">
         <v>1</v>
       </c>
       <c r="D406">
         <v>70</v>
       </c>
       <c r="E406">
         <v>35</v>
       </c>
       <c r="F406">
         <v>53</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B407"/>
       <c r="C407">
         <v>1</v>
       </c>
       <c r="D407">
         <v>40</v>
       </c>
       <c r="E407">
         <v>20</v>
       </c>
       <c r="F407">
         <v>30</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B408"/>
       <c r="C408">
         <v>1</v>
       </c>
       <c r="D408">
         <v>52</v>
       </c>
       <c r="E408">
         <v>26</v>
       </c>
       <c r="F408">
         <v>39</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B409"/>
       <c r="C409">
         <v>1</v>
       </c>
       <c r="D409">
         <v>57</v>
       </c>
       <c r="E409">
         <v>29</v>
       </c>
       <c r="F409">
         <v>43</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B410"/>
       <c r="C410">
         <v>1</v>
       </c>
       <c r="D410">
         <v>58</v>
       </c>
       <c r="E410">
         <v>29</v>
       </c>
       <c r="F410">
         <v>44</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B411"/>
       <c r="C411">
         <v>1</v>
       </c>
       <c r="D411">
         <v>20</v>
       </c>
       <c r="E411">
         <v>10</v>
       </c>
       <c r="F411">
         <v>15</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B412"/>
       <c r="C412">
         <v>1</v>
       </c>
       <c r="D412">
         <v>16</v>
       </c>
       <c r="E412">
         <v>8</v>
       </c>
       <c r="F412">
         <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B413" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C413">
         <v>1</v>
       </c>
       <c r="D413">
         <v>57</v>
       </c>
       <c r="E413">
         <v>29</v>
       </c>
       <c r="F413">
         <v>43</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B414"/>
       <c r="C414">
         <v>1</v>
       </c>
       <c r="D414">
         <v>0</v>
       </c>
       <c r="E414">
         <v>0</v>
       </c>
       <c r="F414">
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B415"/>
       <c r="C415">
         <v>1</v>
       </c>
       <c r="D415">
         <v>0</v>
       </c>
       <c r="E415">
         <v>0</v>
       </c>
       <c r="F415">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B416"/>
       <c r="C416">
         <v>1</v>
       </c>
       <c r="D416">
         <v>6</v>
       </c>
       <c r="E416">
         <v>3</v>
       </c>
       <c r="F416">
         <v>5</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B417"/>
       <c r="C417">
         <v>1</v>
       </c>
       <c r="D417">
         <v>0</v>
       </c>
       <c r="E417">
         <v>0</v>
       </c>
       <c r="F417">
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B418"/>
       <c r="C418">
         <v>1</v>
       </c>
       <c r="D418">
         <v>116</v>
       </c>
       <c r="E418">
         <v>58</v>
       </c>
       <c r="F418">
         <v>87</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B419"/>
       <c r="C419">
         <v>1</v>
       </c>
       <c r="D419">
         <v>24</v>
       </c>
       <c r="E419">
         <v>12</v>
       </c>
       <c r="F419">
         <v>18</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B420"/>
       <c r="C420">
         <v>1</v>
       </c>
       <c r="D420">
         <v>81</v>
       </c>
       <c r="E420">
         <v>41</v>
       </c>
       <c r="F420">
         <v>61</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B421"/>
       <c r="C421">
         <v>1</v>
       </c>
       <c r="D421">
         <v>0</v>
       </c>
       <c r="E421">
         <v>0</v>
       </c>
       <c r="F421">
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B422"/>
       <c r="C422">
         <v>1</v>
       </c>
       <c r="D422">
         <v>0</v>
       </c>
       <c r="E422">
         <v>0</v>
       </c>
       <c r="F422">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B423"/>
       <c r="C423">
         <v>1</v>
       </c>
       <c r="D423">
         <v>31</v>
       </c>
       <c r="E423">
         <v>16</v>
       </c>
       <c r="F423">
         <v>24</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B424"/>
       <c r="C424">
         <v>1</v>
       </c>
       <c r="D424">
         <v>59</v>
       </c>
       <c r="E424">
         <v>30</v>
       </c>
       <c r="F424">
         <v>45</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B425"/>
       <c r="C425">
         <v>1</v>
       </c>
       <c r="D425">
         <v>81</v>
       </c>
       <c r="E425">
         <v>41</v>
       </c>
       <c r="F425">
         <v>61</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B426"/>
       <c r="C426">
         <v>1</v>
       </c>
       <c r="D426">
         <v>54</v>
       </c>
       <c r="E426">
         <v>27</v>
       </c>
       <c r="F426">
         <v>41</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B427"/>
       <c r="C427">
         <v>1</v>
       </c>
       <c r="D427">
         <v>0</v>
       </c>
       <c r="E427">
         <v>0</v>
       </c>
       <c r="F427">
         <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B428"/>
       <c r="C428">
         <v>1</v>
       </c>
       <c r="D428">
         <v>60</v>
       </c>
       <c r="E428">
         <v>30</v>
       </c>
       <c r="F428">
         <v>45</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B429"/>
       <c r="C429">
         <v>1</v>
       </c>
       <c r="D429">
         <v>31</v>
       </c>
       <c r="E429">
         <v>16</v>
       </c>
       <c r="F429">
         <v>24</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B430"/>
       <c r="C430">
         <v>1</v>
       </c>
       <c r="D430">
         <v>109</v>
       </c>
       <c r="E430">
         <v>55</v>
       </c>
       <c r="F430">
         <v>82</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B431"/>
       <c r="C431">
         <v>1</v>
       </c>
       <c r="D431">
         <v>220</v>
       </c>
       <c r="E431">
         <v>110</v>
       </c>
       <c r="F431">
         <v>165</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B432"/>
       <c r="C432">
         <v>1</v>
       </c>
       <c r="D432">
         <v>134</v>
       </c>
       <c r="E432">
         <v>67</v>
       </c>
       <c r="F432">
         <v>101</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B433"/>
       <c r="C433">
         <v>1</v>
       </c>
       <c r="D433">
         <v>100</v>
       </c>
       <c r="E433">
         <v>50</v>
       </c>
       <c r="F433">
         <v>75</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B434" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C434">
         <v>1</v>
       </c>
       <c r="D434">
         <v>29</v>
       </c>
       <c r="E434">
         <v>15</v>
       </c>
       <c r="F434">
         <v>22</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B435"/>
       <c r="C435">
         <v>1</v>
       </c>
       <c r="D435">
         <v>70</v>
       </c>
       <c r="E435">
         <v>35</v>
       </c>
       <c r="F435">
         <v>53</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B436" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C436">
         <v>1</v>
       </c>
       <c r="D436">
         <v>51</v>
       </c>
       <c r="E436">
         <v>26</v>
       </c>
       <c r="F436">
         <v>39</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B437"/>
       <c r="C437">
         <v>1</v>
       </c>
       <c r="D437">
         <v>54</v>
       </c>
       <c r="E437">
         <v>27</v>
       </c>
       <c r="F437">
         <v>41</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B438"/>
       <c r="C438">
         <v>1</v>
       </c>
       <c r="D438">
         <v>48</v>
       </c>
       <c r="E438">
         <v>24</v>
       </c>
       <c r="F438">
         <v>36</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B439"/>
       <c r="C439">
         <v>1</v>
       </c>
       <c r="D439">
         <v>0</v>
       </c>
       <c r="E439">
         <v>0</v>
       </c>
       <c r="F439">
         <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B440"/>
       <c r="C440">
         <v>1</v>
       </c>
       <c r="D440">
         <v>0</v>
       </c>
       <c r="E440">
         <v>0</v>
       </c>
       <c r="F440">
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B441"/>
       <c r="C441">
         <v>1</v>
       </c>
       <c r="D441">
         <v>40</v>
       </c>
       <c r="E441">
         <v>20</v>
       </c>
       <c r="F441">
         <v>30</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B442" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C442">
         <v>1</v>
       </c>
       <c r="D442">
         <v>93</v>
       </c>
       <c r="E442">
         <v>47</v>
       </c>
       <c r="F442">
         <v>70</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B443"/>
       <c r="C443">
         <v>1</v>
       </c>
       <c r="D443">
         <v>42</v>
       </c>
       <c r="E443">
         <v>21</v>
       </c>
       <c r="F443">
         <v>32</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B444"/>
       <c r="C444">
         <v>1</v>
       </c>
       <c r="D444">
         <v>9</v>
       </c>
       <c r="E444">
         <v>5</v>
       </c>
       <c r="F444">
         <v>7</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B445"/>
       <c r="C445">
         <v>1</v>
       </c>
       <c r="D445">
         <v>70</v>
       </c>
       <c r="E445">
         <v>35</v>
       </c>
       <c r="F445">
         <v>53</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B446"/>
       <c r="C446">
         <v>1</v>
       </c>
       <c r="D446">
         <v>42</v>
       </c>
       <c r="E446">
         <v>21</v>
       </c>
       <c r="F446">
         <v>32</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B447"/>
       <c r="C447">
         <v>1</v>
       </c>
       <c r="D447">
         <v>106</v>
       </c>
       <c r="E447">
         <v>53</v>
       </c>
       <c r="F447">
         <v>80</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B448"/>
       <c r="C448">
         <v>1</v>
       </c>
       <c r="D448">
         <v>9</v>
       </c>
       <c r="E448">
         <v>5</v>
       </c>
       <c r="F448">
         <v>7</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B449"/>
       <c r="C449">
         <v>1</v>
       </c>
       <c r="D449">
         <v>17</v>
       </c>
       <c r="E449">
         <v>9</v>
       </c>
       <c r="F449">
         <v>13</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B450"/>
       <c r="C450">
         <v>1</v>
       </c>
       <c r="D450">
         <v>35</v>
       </c>
       <c r="E450">
         <v>18</v>
       </c>
       <c r="F450">
         <v>27</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B451"/>
       <c r="C451">
         <v>1</v>
       </c>
       <c r="D451">
         <v>45</v>
       </c>
       <c r="E451">
         <v>23</v>
       </c>
       <c r="F451">
         <v>34</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B452"/>
       <c r="C452">
         <v>1</v>
       </c>
       <c r="D452">
         <v>108</v>
       </c>
       <c r="E452">
         <v>54</v>
       </c>
       <c r="F452">
         <v>81</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B453"/>
       <c r="C453">
         <v>1</v>
       </c>
       <c r="D453">
         <v>134</v>
       </c>
       <c r="E453">
         <v>67</v>
       </c>
       <c r="F453">
         <v>101</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B454"/>
       <c r="C454">
         <v>1</v>
       </c>
       <c r="D454">
         <v>0</v>
       </c>
       <c r="E454">
         <v>0</v>
       </c>
       <c r="F454">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B455"/>
       <c r="C455">
         <v>1</v>
       </c>
       <c r="D455">
         <v>45</v>
       </c>
       <c r="E455">
         <v>23</v>
       </c>
       <c r="F455">
         <v>34</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B456"/>
       <c r="C456">
         <v>1</v>
       </c>
       <c r="D456">
         <v>52</v>
       </c>
       <c r="E456">
         <v>26</v>
       </c>
       <c r="F456">
         <v>39</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B457"/>
       <c r="C457">
         <v>1</v>
       </c>
       <c r="D457">
         <v>19</v>
       </c>
       <c r="E457">
         <v>10</v>
       </c>
       <c r="F457">
         <v>15</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B458"/>
       <c r="C458">
         <v>1</v>
       </c>
       <c r="D458">
         <v>7</v>
       </c>
       <c r="E458">
         <v>4</v>
       </c>
       <c r="F458">
         <v>6</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B459"/>
       <c r="C459">
         <v>1</v>
       </c>
       <c r="D459">
         <v>97</v>
       </c>
       <c r="E459">
         <v>49</v>
       </c>
       <c r="F459">
         <v>73</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B460"/>
       <c r="C460">
         <v>1</v>
       </c>
       <c r="D460">
         <v>0</v>
       </c>
       <c r="E460">
         <v>0</v>
       </c>
       <c r="F460">
         <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B461" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C461">
         <v>1</v>
       </c>
       <c r="D461">
         <v>18</v>
       </c>
       <c r="E461">
         <v>9</v>
       </c>
       <c r="F461">
         <v>14</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B462"/>
       <c r="C462">
         <v>1</v>
       </c>
       <c r="D462">
         <v>49</v>
       </c>
       <c r="E462">
         <v>25</v>
       </c>
       <c r="F462">
         <v>37</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B463"/>
       <c r="C463">
         <v>1</v>
       </c>
       <c r="D463">
         <v>74</v>
       </c>
       <c r="E463">
         <v>37</v>
       </c>
       <c r="F463">
         <v>56</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B464"/>
       <c r="C464">
         <v>1</v>
       </c>
       <c r="D464">
         <v>16</v>
       </c>
       <c r="E464">
         <v>8</v>
       </c>
       <c r="F464">
         <v>12</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B465" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C465">
         <v>1</v>
       </c>
       <c r="D465">
         <v>112</v>
       </c>
       <c r="E465">
         <v>56</v>
       </c>
       <c r="F465">
         <v>84</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B466"/>
       <c r="C466">
         <v>1</v>
       </c>
       <c r="D466">
         <v>71</v>
       </c>
       <c r="E466">
         <v>36</v>
       </c>
       <c r="F466">
         <v>54</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B467"/>
       <c r="C467">
         <v>1</v>
       </c>
       <c r="D467">
         <v>24</v>
       </c>
       <c r="E467">
         <v>12</v>
       </c>
       <c r="F467">
         <v>18</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B468" t="s">
         <v>11</v>
       </c>
       <c r="C468">
         <v>1</v>
       </c>
       <c r="D468">
         <v>45</v>
       </c>
       <c r="E468">
         <v>23</v>
       </c>
       <c r="F468">
         <v>34</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B469" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C469">
         <v>1</v>
       </c>
       <c r="D469">
         <v>37</v>
       </c>
       <c r="E469">
         <v>19</v>
       </c>
       <c r="F469">
         <v>28</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B470"/>
       <c r="C470">
         <v>1</v>
       </c>
       <c r="D470">
         <v>36</v>
       </c>
       <c r="E470">
         <v>18</v>
       </c>
       <c r="F470">
         <v>27</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B471"/>
       <c r="C471">
         <v>1</v>
       </c>
       <c r="D471">
         <v>67</v>
       </c>
       <c r="E471">
         <v>34</v>
       </c>
       <c r="F471">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>